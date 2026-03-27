--- v0 (2026-02-05)
+++ v1 (2026-03-27)
@@ -1,13213 +1,15037 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb214ac73a3b4cdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3aec7f0bb2f49b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R0a962b12da06434a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="produkter" sheetId="1" r:id="Rfd76db3ee4c946b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0a962b12da06434a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfd76db3ee4c946b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Varumärke</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensinnehavare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ort</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Cleano Professional Handdisk, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Diskmedel Parfymfri, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Freash Lime Handdishmedel, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Clean Dishes Forest Garden, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dish Soap Opvaskemiddel, 1 l (Estell)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Diskmedel utan färg och parfym, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zefir Hand Dish Wash Midnight Forest, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zefir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Naturlig Diskmedel Parfymfri, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nila Handdisk Citron, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Handdisk Oparfymerat, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Herobility Diskmedel, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herobility</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado Handdiskmedel Original, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Max Power, 450 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenShine Handdisk, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Naturals Äpple, 1250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Diskmedel MFD, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado Handdiskmedel Citrus, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sensitive for you diskmedel, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sensitive for you</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Hand Disk, 1 l (Lundbergs)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5025 0031</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lundbergs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>ABENA Puri-Line Diskmedel, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Max Power med frisk doft av Citron, 660 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Handdisk Original, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Diskmedel Natur, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2025 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Handdisk Eco + Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Diskmedel Parfymfri, 650 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original, 900 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Fri Disk Natur, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3025 0036</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordexia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 20001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bromma</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sensitive for you diskmedel, 500 ml</x:v>
+        <x:v>PLS Handdisk Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Hand Dishwash, 500ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rue Moulin Masure 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estaimpuis</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original, 1250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stina Handdisk, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Handdisk Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin dishwashing liquid ORIGINAL, 750 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5025 0044</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Sensitive for you</x:v>
+        <x:v>Refin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA Skona Diskmedel Parfymfri, 400 ml</x:v>
+        <x:v>YES Naturals Granatäpple, 520 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Easyclean Brilliant Sensitive, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0063, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Diskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4025 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HETI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Fresh Lime Handdiskmedel, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Asteri, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4025 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lawinex Diskmedel lemon, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Capasal IduDish Soft Swan, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Capasal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecover Diskmedel Grapefruit &amp; Green tea, 450 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecover Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steenovenstraat 1a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Waves sensitive Dish Wash, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Waves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häxan Diskmedel, 650 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häxan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Handdisk Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;Ren Handdisk Parfymerad 1000ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Diskmedel Citron, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0063, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Clean Dishes Forest Garden, 490 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AllOffice Diskmedel, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0063, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AllOffice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Effekt Fri diskmedel, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Effekt Fri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Handdisk Utan Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES 0% Parfym &amp; Färgämnen, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Diskmedel Natur, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2025 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mira Sensitive 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;Ren Handdisk utan parfym 1000ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Handdisk Oparfymerat, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Opal Handdisk Fresh, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Diskmedel, UDF, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Easyclean Brilliant, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0063, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>W5 Sensitive Washing Up Liquid, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>W5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Handdisk Apple Explosion, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5025 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene Dish Wash Clean Harmony with organic Aloe Vera, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Estell Baby Nappdisk, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prime Source Håndopvask Mild 10, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Herobility diskmedel, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herobility</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Handdisk, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Max Power med frisk doft av Granatäpple, 660 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Naturals Äpple, 520 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Diskmedel Parfymfri refill, 800 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>ICA Skona</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PLS Handdisk Oparfymerad, 5 l</x:v>
+        <x:v>SINI Diskmedelstablett, refill</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4025 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Handdisk Parfymerad, 0,5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3025 0054, 3025 0054</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PLS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NSI Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fjärrvärmevägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skövde</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>GreenShine Handdisk, 500 ml</x:v>
+        <x:v>Disky Diskmedel, 1 l (Ciroc AB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Selefa Handdisk, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3025 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Selefa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Diskmedel Citrus refill, 800 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Diskmedel Citrus, 650 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clean &amp; Fair Opvaskemiddel (P. Lindberg). 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clean &amp; Fair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Clean Dishes Blossom Breeze, 490 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Handdisk Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop X-tra Diskmedel, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Xtra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum, 800 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Diskmedel Neutral, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0063, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Clean Dishes Herbal Nest, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Washing Up Liquid (perfume), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Handdisk Eco + Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Handdiskmedel Rabarber, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Handdiskmedel Äpple, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecover Diskmedel Zero, 450 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecover Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steenovenstraat 1a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Handdisk Oparfymerad, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EasyClean DishWash Liquid Manual, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2025 0051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unitor EasyClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Diskmedel Hav, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2025 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Max Power, 660 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liv Washing Up Flytande diskmedel, 1L (Clemondo)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Diskmedel, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0063, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zefir Hand Dish Wash Citrus, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zefir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Handdiskmedel Rabarber, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ManualDish, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Handdisk, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Handdisk, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>GREENSHINE</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin dishwashing liquid LEMON, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Refin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tvättex handdisk, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Diskmedel Äppelblom 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2025 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Handdiskmedel Vårblom, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älgarås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Neutral Hand Dishwash, 500ml</x:v>
-[...2 lines deleted...]
-        <x:v>3025 0045</x:v>
+        <x:v>SINI Diskmedelstablett, start</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4025 0069</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Diskmedel Citrus, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Handdisk Utan Färg och Parfym (Tvättex), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Hand Dish Wash, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Handdisk citron, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mira Sensitive 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Clean Dishes Blossom Breeze, 1000 ml (Refill)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Estell Dish Soap, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Handdisk Med Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hemfrid Handdisk, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemfrid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>We Clean Dish Wash Next, 5 l (Stadsing)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Opal Handdisk Fresh, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Handdiskmedel Daggdroppe, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Naturals Citron, 820 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Diskmedel Vattenlilja, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro Handdisk, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenPro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Easyclean Brilliant Lemon, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0063, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Diskmedel MFD, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original, 520 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Opticare Neutral Håndopvask, 0,5 l (Opticare Nordic)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Opticare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Naturals Äpple, 820 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Clean Dishes Herbal Nest, 490 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häxan Diskmedel, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häxan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gemini, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Diskmedel utan färg och parfym, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lawinex Diskmedel Original, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Basic Handdisk, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Opal Handdisk Free, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecover Diskmedel Lemon &amp; Aloe Vera, 450 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecover Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steenovenstraat 1a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Naturals Citron, 520 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tvättex handdisk, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Normal Super Dish Swan, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Normal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Handdiskmedel oparfymerat, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Handdisk Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Handdiskmedel Havsbris, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Diskmedel Skogsbris, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Diskmedel Skogsbris, 650 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Handdisk. 500 ml (Sunda)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Handdiskmedel Oparfymerat, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Clean Dishes Blossom Breeze, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Handdisk Frozen Raspberry, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nila Handdisk Orginal, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Handdisk, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Diskmedel Hav, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2025 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Capasal IduDish Soft Swan, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Capasal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Handdisk Citron, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Handdisk original, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rent Handdisk, 1 l (Teampac)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel för professionell användning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teampac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swan Hand Dishwashing (Triple Trading), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel för professionell användning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Triple Trading</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Asteri, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4025 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel för professionell användning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Manu 940, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel för professionell användning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Manu 940, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel för professionell användning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Handdisk Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel för professionell användning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Handdish (Nordic Cleaner), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel för professionell användning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Biodish, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4025 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel för professionell användning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Dishwashing Soap (Diskmedel) (1 l)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel för professionell användning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Biodish, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4025 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel för professionell användning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Washing up Liquid, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel för professionell användning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Handdish (Nordic Cleaner), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel för professionell användning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Dishwasher Tablets All-in-One, 120 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Maskindisk Tabletter Parfymfri Allt i Ett, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 84 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>62527649 Dimax Maskindisk Tabs, 70 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0075</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 63 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ânglamark all-in-one Dishwasher Tablets, 40 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecover Zero All-In-One Diskmaskinstabletter, 72 tabs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Englandsvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 105 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 94 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Maskindisktabletter, 30 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 34 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 40 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Powder Green, 1,6 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4017 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Classic Dishwasher Tablets, 100 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Neutral</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>McBride SA</x:v>
-[...57 lines deleted...]
-        <x:v>6</x:v>
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Englandsvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 55 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 78 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 51 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 70 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Green Easy Tabs, 100 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4017 0073, 4017 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 39 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 70 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Maskindisk Tabletter Allt i Ett, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto hajusteeton All in 1 Koneastianpesutabletti, 42 kpl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4017 0073, 4017 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 27 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 80 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Maskindiskpulver, 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0077</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>62555478 Nila Maskindisk All in 1 Tab, 70 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0075</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Värna All-In-One Opvasketabs, 40 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 42 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop All In One Maskindisktabletter, 30 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Englandsvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Miele UltraTabs All in 1 ECO, 60 tabs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Miele</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Miele &amp; Cie. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carl-Miele-Straße 29</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guetersloh</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Disktabs All-in-one, 80 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Englandsvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASKO Dishwasher gel, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASKO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Maskindisk tabletter allt i ett, 70 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Maskindisktabletter Allt i Ett, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 99 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 59 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Maskindisk Tabletter, 40 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto hajusteeton All in 1 Koneastianpesutabletti, 15 kpl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4017 0073, 4017 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 26 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Maskin Disktabletter, 60 stycken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Maskin Disktabletter, 30 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Dish Tabs all-in-one, 80 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liv By Clemondo Maskindisktabletter 4 i 1, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0075</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop All-in-1 Dishwasher, 30 tabs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Englandsvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 58 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Maskindisk Tabletter, 70 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ocean DubbelDryg Maskindisktabletter, 100 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ocean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemibolaget Ocean AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smedjegatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nacka</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral All-in-1 Dishwasher Tablets, 28 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Englandsvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Dishwasher Tablets Fast Dissolving, 120 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Maskindisk Tabletter Allt i Ett, 70 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecover Zero All-In-One Diskmaskinstabletter, 24 tabs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Englandsvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 114 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 45 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 48 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Diskfix, 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0077</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Dishwasher Tablets Mini, 120 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 65 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HELLO% Sensitive All-in-One Opvasketabs, 30 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hello sensitive</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Englandsvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Dish Tabs, 100 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Maskindisk tabletter allt i ett, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Maskindisk tabletter parfymfri, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 38 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Disktabs Standard, 100 st 1,4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Englandsvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto hajusteeton All in 1 Koneastianpesutabletti, 68 kpl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4017 0073, 4017 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Maskindisktabletter, 60 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme allt-i-ett maskindisk tabletter, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2017 0072</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Miele PowerDisk All in 1 ECO, 400 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Miele</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Miele &amp; Cie. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carl-Miele-Straße 29</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guetersloh</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sun Professional Rinse Aid, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SUN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Jade Pur-Eco L8, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OPTIMAX RINÇAGE VAISSELLE ÉCO, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Forte Plus Pur-Eco L54 SafePack, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/003, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskinopvask PrimeSource Mild Alu uden klor, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Ultra Pur-Eco L2 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Nova Pur-Eco L6, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Nova Pur-Eco L6, 950 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/004, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SURE Machine Dishwash Detergent, 2X5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Select Pur-Eco A7 SafePack, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Revoflow Max Pur-Eco P2, 3x4.5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/004, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Base Pur-Eco M4, 8x1.5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/007, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Revoflow Max Pur-Eco 0P P2, 3x4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/004, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Special L4 PE, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>We Clean Green Lavastoviglie, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WE CLEAN green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Jade Pur-Eco L8 SafePack, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Ultra Pur-Eco L2, 950 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/003, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Ultra Pur-Eco L2 SafePack, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/003, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sun Professional Liquid, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SUN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Nova Pur-Eco L6, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Select Pur-Eco A7, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>We Clean Green Lavastoviglie, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WE CLEAN green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Unison Special G4, 3x4.5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/003, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Crystal Pur-Eco A8, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Select Pur-Eco A7, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/003, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Crystal Pur-Eco SafePack A8, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SURE Machine Dishwash Detergent SafePack, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Unison Clar free A2, 3x4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/004, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Nova Pur-Eco L6, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Special L4 PE, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Revoflow Safe PE P10, 3x4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/004, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Med Alu Pur-Eco L10, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Select Pur-Eco A7, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Ultra Pur-Eco L2d, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Nova Pur-Eco L6 SafePack, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Afspӕnding PrimeSource Frisk neutral, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/005, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Crystal Pur-Eco A8, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Ultra Pur-Eco L2 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Ultra Pur-Eco L2 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SURE Machine Dishwash Rinse Aid, 2X5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Ultra Pur-Eco L2, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/003, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Nova Pur-Eco L6, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Alu Pur-Eco L10, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Ultra Pur-Eco L2 SafePack, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Rewoflow Pristine Pur-Eco A18, 3x4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/006, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SURE Machine Dishwash Rinse Aid SafePack, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Revoflow Perfect Pur-Eco A17, 3x4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/004, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OPTIMAX LV TOUTES EAUX ÉCO, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Unison Diamond PE G10, 3x4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/004, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Jade Pur-Eco L8, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Alu Pur-Eco L10, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Forte Plus Pur-Eco L54 SafePack, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Afspӕnding PrimeSource frisk neutral, 6x1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/005, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Nova Pur-Eco L6 Safepack, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/003, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Crystal Pur-Eco A8, 2x5 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Med Alu Pur-Eco L10, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/038/002, SE/038/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU38 Maskindiskmedel för industriellt och institutionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Clean Green 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Block S, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solid Clean S 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Afspaendingsmiddel off (Stadsing), 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Passad, 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älgarås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>YES Original, 1250 ml</x:v>
-[...49 lines deleted...]
-        <x:v>ICA</x:v>
+        <x:v>ABENA Puri-Line Maskinopvask, 10 l (161082)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flydende Maskinopvaskemiddel uden klor off. (Stadsing), 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD 10+ Green, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskindisk Fast Antikalk, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordisk Glass, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Clean Solutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Dishwash (Nordic Cleaner), 6 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 200 l (161084)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Topmatic Clean 250 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kroghjälpen MD-20, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 20 l (160030)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pollux 08 flytande 800 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Topmatic Clean 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygiengruppen Maskindiskmedel WB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jasteko Maxiblock Green Maskindisk, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jasteko</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RV Maskinopvask uden klor, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Velfyld ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adelers Allé 155</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårevejle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ABENA Puri-Line Diskmedel, 1000 ml</x:v>
-[...14 lines deleted...]
-        <x:v>6</x:v>
+        <x:v>Libra 05 800 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Maskinopvask uden klor, 11,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pollux 08 flytande 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Block Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Powder 743, 8 kg (41871)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro Maskindisk Standard, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenPro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tornado, 12,4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Green, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Levante, 6,1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD 10+ Green, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Twister 5,6 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskindisk Fast Aluminium, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Alu Green, 1000L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Keystone Solid Diswasher Detergent, 4,5kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Keystone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 19+ Maskindisk Steg A, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0013, 3080 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro Maskindisk Extra, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenPro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Keystone Dishwasher Detergent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Keystone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Maskindiskmedel för mjukt till medelhårt vatten 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Topmatic Clean 12 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hercules, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Maskindiskmedel för aluminium 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro Maskindisk Advance, 3,8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenPro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Maskinopvask uden klor, 230 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solid Clean H 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Diskgruppen Maskindisk, 10 l (102030)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskgruppen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskgruppen Syd AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Syrengången 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vellinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Maskindiskmedel för hårt vatten 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RV Maskinopvask uden klor, 6 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flydende Maskinopvaskemiddel uden klor off. (Stadsing), 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solid Clean H Pro, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskindisk, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>NOPA Nordic A/S</x:v>
-[...28 lines deleted...]
-        <x:v>Stina</x:v>
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 20 l (161083)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Capasal Idumatic CF Soft Swan, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Capasal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Washtek MD-20, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Puri-Line Maskinopvask, 20 l (1000026424)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tyfon 10,1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älgarås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>YES Max Power med frisk doft av Citron, 660 ml</x:v>
-[...14 lines deleted...]
-        <x:v>6</x:v>
+        <x:v>Brilliant Maskinopvask uden klor til Alu, 11,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>W9 Maskindisk, 6 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 1000 l (1000013860)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swan Dishwasher Without Chlorine (Triple Trading), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Triple Trading</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solid Clean M 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 907S, 3 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0121, 3080 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Procter &amp; Gamble Sverige AB</x:v>
-[...28 lines deleted...]
-        <x:v>Liv</x:v>
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>R-Ett Vega, 4 kg kapsel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rent Torkmedel, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flydende Maskinopvaskemiddel uden klor off. (Stadsing), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Coop Änglamark Handdisk, 500 ml</x:v>
-[...17 lines deleted...]
-        <x:v>Änglamark</x:v>
+        <x:v>Kiilto Pro MD Alu Green, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD 10+ Green, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Maskinopvask uden klor til Alu, 230 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Alu 742, 20 l (12541)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tyfon Plus 10,2 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älgarås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EasyClean DishWash Liquid Manual, 1 l</x:v>
-[...145 lines deleted...]
-        <x:v>Staples</x:v>
+        <x:v>GreenPro Maskindisk Extra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenPro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Wash Box, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>R-Ett Dione, 4 kg kapsel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Citro No. 1, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Topmatic Clean 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskinopvask uden klor, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Maskindiskmedel för medelhårt vatten 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskindisk, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Velfyld ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adelers Allé 155</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårevejle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PLS Handdisk Oparfymerad, 0,5 l</x:v>
-[...81 lines deleted...]
-        <x:v>Änglamark</x:v>
+        <x:v>Monsun, 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älgarås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Änglamark Handdiskmedel Vårblom, 500 ml</x:v>
-[...17 lines deleted...]
-        <x:v>Änglamark</x:v>
+        <x:v>Bistro Powder 743, 3,2 kg (41868)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 600 l (1999918602)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Maskindiskmedel för mjukt till medelhårt vatten 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älgarås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>W5 Dishwashing Liquid, 500 ml</x:v>
-[...78 lines deleted...]
-        <x:v>6</x:v>
+        <x:v>ABENA Puri-Line Maskindisk, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Block Extra, 4,95 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Alu Green, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pollux 08 flytande 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>REKAL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rekal Svenska AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GNESTA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>GreenPro Handdisk, 5 l</x:v>
-[...14 lines deleted...]
-        <x:v>6</x:v>
+        <x:v>Hurricane Grov, 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 5 l (160046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygiengruppen maskindiskmedel MD-20 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygiengruppen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 918S Maskindisk Steg B, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0013, 3080 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Rinse 780, 5 l (22105)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Green, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strovels Flytande Maskindiskmedel, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strovels by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Washtek Maxiblock Alu, 5kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PRO maskindisk, 12,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teampac Maskindisk, 12,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teampac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jasteko Maskindisk MD-20 Green, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jasteko</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hercules, 800 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 912S, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0013, 3080 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Green, 800 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>R-Ett Titan, 4 kg, kapsel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 10 l (160032)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Green, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libra 05 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Pro IQ Dish Wash D, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0114</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østre Fælledvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nørresundby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Citro No. 1, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 10 l (1999911733)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kroghjälp Maskindiskmedel Solid Professionell, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordisk Wash, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Clean Solutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Topmatic Clean 800 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Maskindiskmedel för hårt vatten 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libra 05 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD 10+ Green, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD 10+ Green, 800 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Basic Maskindisk, 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hercules, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swan Dishwasher Detergent Without Chlorine (Triple Trading), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Triple Trading</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Respekt Maskinopvask, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solid Protect 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teampac Rent Maskindisk, 12,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teampac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Maskindiskmedel för hårt vatten 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskindisk, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carepa Big Block Extra, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carepa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jasteko Maskindisk MD-20 Green, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jasteko</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Alu 742, 10 l (41843)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Alu Green Box, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smartpower Power Clean 2,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flydende Maskinopvaskemiddel uden klor off. (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pac Maskindiskmedel Classic Granulerat, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Rinse 780, 1 l (22104)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskindisk, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 5 l (1000013859)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Powder 743, 1,5 kg (41867)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro Maskindisk Standard, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GreenPro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rekal Svenska AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GNESTA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>YES Naturals Äpple, 820 ml</x:v>
-[...78 lines deleted...]
-        <x:v>6</x:v>
+        <x:v>Keystone Dishwasher Rinse Aid, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Keystone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskinopvask uden klor, 12,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>W9 Maskindisk, 12 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Rinse 780, 10 l (22108)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solid Power XL 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rent Maskindisk, 12,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygiengruppen Famous Maskindiskmedel GL 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygiengruppen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jasteko Maxiblock Pro Maskindisk, 5kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jasteko</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Maskinopvask uden klor til Alu, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carepa Briljant, 12,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carepa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tyfon 5,0 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älgarås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA Skona Diskmedel Parfymfri refill, 800 ml</x:v>
-[...110 lines deleted...]
-        <x:v>6</x:v>
+        <x:v>Abena Puri-Line Maskinopvask, 10 l (1000026423)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Capasal Idumatic CF Soft Swan, 12,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Capasal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smartpower Ultra Clean 2,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskindisk til blødt vand, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mistral Maskindisk, 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Storm, 12 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carepa Big Block Extra Alu, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carepa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>R-Ett Alumi, 3,8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pac Maskindiskmedel Standard Flytande, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>R-Ett Atlas, 3,8 kg, kapsel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Maskinopvask uden klor, 23 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libra 05 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro Maskindisk Classic, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenPro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskindisk Fast Original, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lawinex</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Lawinex</x:v>
-[...1 lines deleted...]
-      <x:c t="str">
         <x:v>Transportgatan 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ängelholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ABENA Puri-Line Diskmedel utan färg och parfym, 1000 ml</x:v>
-[...81 lines deleted...]
-        <x:v>Activa</x:v>
+        <x:v>Citro No. 1, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Levante, 12,1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Maskindiskmedel för mjukt vatten 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Maskinopvask uden klor til Alu, 23 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RV Maskinopvask uden klor, 12 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Velfyld ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adelers Allé 155</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårevejle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PLS Handdisk Parfymerad, 5 l</x:v>
-[...209 lines deleted...]
-        <x:v>ABENA Puri-Line</x:v>
+        <x:v>Hercules, 3,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD 10+ Green Box 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Power 4.5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MaxiBlock Aluminium, 5kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Storm, 6 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Respekt Maskinopvask, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Velfyld ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adelers Allé 155</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårevejle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>AllOffice Diskmedel, 1 l</x:v>
-[...113 lines deleted...]
-        <x:v/>
+        <x:v>Pollux 08 flytande 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rekal Svenska AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GNESTA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Activa Fresh Lime Handdiskmedel, 5 l</x:v>
-[...209 lines deleted...]
-        <x:v>Estell</x:v>
+        <x:v>Hercules, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Dishwash (Nordic Cleaner), 12 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Disky Diskmedel, 1 l (Ciroc AB)</x:v>
-[...17 lines deleted...]
-        <x:v>Ciroc</x:v>
+        <x:v>Kiilto Pro MD Block S, 4,95 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Keystone Dishwasher Rinse Aid, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Keystone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Neutral Rinse-Aid Box, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Diskgruppen Maskindisk, 5 l (102004)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskgruppen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskgruppen Syd AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Syrengången 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vellinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flydende Maskinopvaskemiddel uden klor off. (Stadsing), 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Handdisk. 500 ml (Sunda)</x:v>
-[...17 lines deleted...]
-        <x:v>Sunda</x:v>
+        <x:v>Swan Dishwasher Detergent Without Chlorine (Triple Trading), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Triple Trading</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Handdisk Utan Färg och Parfym (Tvättex), 5 l</x:v>
-[...846 lines deleted...]
-        <x:v>6</x:v>
+        <x:v>Keystone Dishwasher Detergent, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Keystone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORWA Maskindisk, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2080 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenex AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriveien 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Clean Green 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kiilto Pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KiiltoClean Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PL 250</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampere</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ABENA Puri Line Diskmedel, UDF, 5 l</x:v>
-[...2161 lines deleted...]
-        <x:v>Kiilto Pro</x:v>
+        <x:v>TOPCLIN Machine Detergent 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Topclin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Washtek Maxiblock GL, 5kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Maskindiskmedel för professionellt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTek</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KiiltoClean Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PL 250</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampere</x:v>
-      </x:c>
-[...8222 lines deleted...]
-        <x:v>GNESTA</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>