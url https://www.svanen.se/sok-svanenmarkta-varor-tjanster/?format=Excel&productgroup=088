--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -1,5343 +1,32430 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca210b80e6874dee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4af4a17115944966" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R5f07423cccaf4f99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="Rec0506c9d5754aec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5f07423cccaf4f99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec0506c9d5754aec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Varumärke</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensinnehavare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ort</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 10 x 6,8 cm, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR Blockljus Stearin, Ø68x100 mm, vita och färgade</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 664</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALINGSÅS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR Blockljus, Stearin vit Ø68x180 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 664</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALINGSÅS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR Blockljus Stearin, Ø68x150 mm, vita och färgade</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 664</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALINGSÅS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vinding 100% Stearinlys rød, Ø70x75 mm, 12 stk., 94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STEARIN BLOCKLJUS, KRONE TOP, Ø 4,5 CM (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OVERDYPPEDE STEARIN BLOCKLJUS, Ø 5,8 CM (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus Pillar Candle Ren Stearin, presset Ø: 5,8 x 10 cm - Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0009, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lagerhaus, Stearin candle, Ø70x150 mm (white), 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Klotljus, Ø 8 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdyppede Stearin Blockljus, 7x15 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ahlens Blockljus 100% Stearin Ø60x200 mm, 173</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HANSA from Nature blockljus 7x15 cm Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Blockljus 68x130 mm Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Bloklys by Løgum Kloster Lys est. 1970, Ø: 70 x 200 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>100% stearin Pillar candle Ø67x140mm (Plantagen), ufarvet, 189</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plantagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin cylinder, Pfister, 100% stearin, white, Ø 70x100 cm (Balthasar), 208</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balthasar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin cylinder, Pfister, 100% stearin, coloured, Ø 70x100 cm (Balthasar), 209</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balthasar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin cylinder, Pfister, 100% stearin, white, Ø 70x150 cm (Balthasar), 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balthasar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>No Place  - stearin bloklys, VIO Ljusfabrik AB, Ø: 70 x 150 mm m. 1-farvet tryk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin cylinder, white, Ø 40x100 mm (Tell me more), 311</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tell Me More</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VIO Ljusfabrik AB Kronljus, Ø 2,2 x 28 cm, farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VIO Ljusfabrik AB Blokljus, Ø 7 x 15 cm, farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin groved cylinder, 100% stearin, white, Ø57x150 mm (Lagerhaus), 323</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tell Me More Stearin Bloklys, 4 x 10 cm, ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tell Me More</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plantagen - Stearin Bloklys - 6,8x15 cm - Ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plantagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plantagen - Stearin Bloklys - 6,8x10 cm - Ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plantagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vinding - Stearin Kronelys - 2,2x28 cm - Ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta Pillar Candle 7x13 Beige Stearin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candle - 2,2x24 cm. - Set of 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin cylinder, Stearin,  white, Ø 40x250 mm (Lagerhaus), 365</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x15cm honey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x10cm honey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 5,8x13cm dusty grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Shea Candle 67x100 mm, Nougat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Shea Candle 67x150 mm, Mallow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Midnight Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Lime Beige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - Set of 4 - Dark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Dusty Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - Set of 4 - Pastel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - Set of 4 - Green &amp; Blues</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Cream &amp; Sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Blockljus 68x100 mm Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Soft Style støbt stearinbloklys, Ø 60 x 100 mm, ufarvet, 8 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft Style</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Bloklys by Løgum Kloster Lys est. 1970, Ø 58 x 100 mm, farvet, 12 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0009, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Bloklys by Løgum Kloster Lys est. 1970, Ø 58 x 150 mm, farvet, 12 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0009, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Light Pink, Bordeaux &amp; Dark Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Small - 6,8x15 cm. - Off White &amp; Blues</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Medium - 7,8x20 cm. - Light Green &amp; Army Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x10 cm. - Stillenat - Farvet - Creme - 12-PAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stillenat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x20 cm. - Celia - Farvet m. tryk - Mistelten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x10 cm plain, Dusty Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Blockljus 68x100mm vinröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living - 5x20 cm. - Dryp - Pillar Candle - Dark Chocolate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Bloklys - 5x25 cm. - Stillenat - Kalenderlys - Hør</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Støbt - Stearin Kugle - Celia - Ø8 cm. - Hør</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Støbt - Stearin Kugle - Celia - Ø10 cm. - Hør</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit - 6,8x15 cm. - Stearin Bloklys - Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Raspberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Ultramarine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Wine and Bordeaux</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Large - 9,6x25 cm. - Off-White, Green, Bordeaux and Silver</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Small - 6,8x15 cm. - Light Pink with Bordeaux Grid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus Glänsa sand stearin MIO Ø6,7x18 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kotikulta, Blockljus 200mm ø100mm 100% stearin, grey (Dollarstore AB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kotikulta, Blockljus 250mm ø 100mm 100% stearin, black (Dollarstore AB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indiska Stearin Candle 100% Stearin, Ø 70x100 mm, 79</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indiska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hexagon stearin, Ø 50x150mm, 12 stk. Box (Lagerhaus), 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Reluminus Bloklys, Ø 70x100 mm, 12 stk. (Refillsystem), 68</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reluminus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Georg Jensen Stearin cylinder, Ø 70x250 mm, 1 stk. (Vinding), 86</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Georg Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OVERDYPPEDE STEARIN BLOCKLJUS, Ø 6 CM (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OVERDYPPEDE STEARIN BLOCKLJUS, Ø 6,8 CM (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lagerhaus, Stearin candle, Ø70x150 mm (colored), 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdyppede Stearin Blockljus, 5x21 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Inicio by beson 100% stearin 67x150mm (Beson gross), farvet, 188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Selection Blockljus Ø67x150 mm 100% stearin white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Selection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HANSA form Nature blockljus 7x15 cm, vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BLOCKLJUS ca. 45 timmars brinntid, Ø: 6,8 x H: 14 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0009, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK International Interior</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Burn - stearin bloklys, VIO Ljusfabrik AB, Ø: 70 x 150 mm m. 1-farvet tryk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdipped stearin cylinder, 100% stearin, white, Ø5.7x12 cm (Besongross), 281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin cylinder, white, Ø 40x150 mm (Tell me more), 312</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tell Me More</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x10 Candle Stearin FIXA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kid/Hemtex Stearin Bloklys, 6,8 x 10 cm, farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemtex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plantagen - Stearin Bloklys - 6,8x15 cm - Farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plantagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vinding - Stearin Kronelys - 2,2x28 cm - Farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kid/Hemtex Stearin Kirkelys, 7x30 cm, ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemtex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kid/Hemtex Stearin Bloklys, Farvet m. overhæld, 6,8 x 15 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemtex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candle - 2,2x24 cm. - 24 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Medium - 7,8x20 cm.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x15cm white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x15cm pistachios</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x15cm dusty pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 5,8x13cm dove blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 5,8x13cm mallow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Shea Candle 67x100 mm, Dusty pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Annaljus 39x360mm Pine 1 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Off White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Bordeaux</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Bordeaux</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Light Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Light Blue &amp; Dusty Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Large - 9,6x25 cm. - Light Pink, Bordeaux &amp; Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x20 cm. - Celia - Ufarvet - White - 36 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Bloklys - 9,6x10 cm. - Celia - Farvet - Hør</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x20 cm. - Celia - Farvet - Honey - 36 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x10 cm. - Celia - Farvet - Kit - 12-PAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Bloklys - 9,6x20 cm. - Celia - Ufarvet - Hvid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Bloklys - 9,6x10 cm. - Celia - Ufarvet - Hvid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vio Lys - Carl Larsson - Stearin Bloklys - 6,8x15 cm. - Ufarvet m. tryk - Kaprifol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vio Lys - Carl Larsson - Stearin Bloklys - 6,8x15 cm. - Ufarvet m. tryk - Släktträd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 6x15 Candle Stearin (M&amp;S 457699) SWAN Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x15 Candle Stearin "Kotikulta" 17687 Red /1/12/90 product code 734984 ,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Blockljus 58x130mm vinröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living - 5x30 cm. - Dryp - Pillar Candle - Dark Chocolate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living - 5x30 cm. - Dryp - Pillar Candle - Beige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit - 6,8x10 cm. - Stearin Bloklys - Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit - 6,8x15 cm. - Stearin Bloklys - Beige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Raspberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Sky Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kotikulta, Blockljus 200mm ø100mm 100% stearin, black (Dollarstore AB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Bloklys by Løgum Kloster Lys est. 1970, Ø 68 x 150 mm, farvet, 12 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0009, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Bloklys by Løgum Kloster Lysest. 1970, Ø 58 x 100 mm, ufarvet, 12 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0009, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus 100 % stearin, ø 70x150 mm (Ahlens), 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIXA presset blockljus i stearin 68 x 150 mm, ufarvet, 6 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0009, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Fest bloklys 100% stearin 5 x 27,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 10x6,8 cm, lilac 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kupéljus 4-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x20 cm. - Celia - Farvet - Cornflower - 36 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x20 cm. - Celia - Farvet - Green Tea - 36 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x20 cm. - Celia - Farvet - Rust - 36 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x20 cm. - Celia - Farvet m. tryk - Gran</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living - 5x30 cm. - Dryp - Pillar Candle - Olive Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living - 5x20 cm. - Dryp - Pillar Candle - Deep Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Støbt - Stearin Kugle - Celia - Ø8 cm. - Kit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Støbt - Stearin Kugle - Celia - Ø8 cm. - Honey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Lime White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Light Blue with Blue Grid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Off-White with Green Check</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Off-White, Green, Bordeaux and Silver</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - Set of 4 - Reds and Bordeaux</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - Set of 4 - Blues and Bordeaux</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Velora, Blockljus, vit stearin Ø6,7H10 cm (Mio AB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus i stearin by Løgum Kloster Lys est. 1970, Ø 68 x 150 mm, ufarvet, 12 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0009, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Bloklys by Løgum Kloster Lys est. 1970, Ø 70 x 150 mm, ufarvet, 12 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Unik presset stearinbloklys, Ø 68 mm x 100, ufarvet, 6 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0009, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus, Ahlens stearin, 80x250 mm, 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pillar candles stearin, Ø 60x175 mm (Clas Ohlson), 54</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pillar Candle RenStearin lys, Ø 60x90 mm (Clas Ohlson), 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pillar candles stearin, Ø 40x150 mm, 24 stk. box (Lagerhaus), 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Georg Jensen Stearin cylinder, Ø 60x250 mm, 2 stk. (Vinding), 84</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Georg Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vinding 100% Stearinlys rød, Ø70x120 mm, 12 stk., 95</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STEARIN BLOCKLJUS, FLAD TOP, Ø 7 CM (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus Ahlens, stearin, ø100x100 mm, 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Refill, Ø57x 24mm hvid (Baltic Candles), 109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ahlens Blockljus 100% Stearin Ø60x140 mm, 172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>100% stearin Pillar candle Ø67x140mm (Plantagen), farvet, 190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plantagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin cylinder, Pfister, 100% stearin, white, Ø 70x200 cm (Balthasar), 210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balthasar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdipped stearin cylinder, 100% stearin, 67x140mm, coloured (RUSTA), 214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x10 Candle Stearin FIXA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Silence  - stearin bloklys, VIO Ljusfabrik AB, Ø: 70 x 150 mm m. 1-farvet tryk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VIO Ljusfabrik AB Kronljus, Ø 2,2 x 28 cm, ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hay Stripe Candle, 2,2 x 24 cm, colored, 4 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta Pillar Candle 7x13 Red Stearin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta Pillar Candle 7x9 Red Stearin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Small - 6,8x15 cm.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Large - 9,6x25 cm.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Humdakin - Kalenderlys - 5x25 cm. - Mistletoe - Farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Humdakin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x15cm pine green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x15cm yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x10cm white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x10cm pistachios</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x10cm terracota</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 5,8x13cm white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 5,8x13cm terracota</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 7,8x25cm white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Shea Candle 67x150 mm, Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Annaljus 39x360mm Calendar 1 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Light Pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Light Green &amp; Army Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p Vit 50x200mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven Blockljus 10x6,8 cm 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 10x6,8 cm, grey, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moda Kubbelys stearin turkis, Ø70x150 mm 100% Svanemerket stearin (Tradeway), 166</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles MODA for your home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moda Kubbelys stearin turkis, Ø70x100 mm 100% Svanemerket stearin (Tradeway), 165</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles MODA for your home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdyppede Stearin Blockljus, 3x40 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdyppede Stearin Blockljus, 5x11 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moda Kubbelys stearin, Ø 60x120 mm, 360 stk. (Tradeway), white-178, coloured-179</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles MODA for your home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin bloklys, VIO Ljusfabrik AB, 100% stearin, Ø: 70 x 150 mm, farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdipped stearin cylinder, 100% stearin, Ø 67x100mm, white (Plantagen), 215</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plantagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HANSA form Nature blockljus, 6x13 cm, vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Balance - stearin bloklys, VIO Ljusfabrik AB, Ø: 70 x 150 mm m. 1-farvet tryk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Handmade Vegan Candle, Ø 6 x 13 cm, white (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Handmade Vegan Candle, Ø 6 x 16 cm, white (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HANSA from Nature pillar candles 7x22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hay Stripe Candle, 2,2 x 24 cm, colored</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plantagen - Stearin Bloklys - 6,8x10 cm - Farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plantagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta Pillar Candle 7x9 Beige Stearin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HANSA from Nature block ljus 7x18 cm, vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Humdakin - Kalenderlys - 5x25 cm. - Maroon Stripes - Farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Humdakin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x15cm dusty grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x10cm mallow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x18cm white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Shea Candle 67x100 mm, Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Shea Candle 67x150 mm, Nougat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Annaljus 39x360mm Dove Blue 1 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - Set of 4 - Fresh</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Lavender</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Large - 9,6x25 cm. - Milky Green &amp; Dark Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Medium - 7,8x20 cm. - Anthracite &amp; Bordeaux</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x10 cm. - Celia - Farvet - Green Tea - 12-PAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x20 cm. - Celia - Farvet - Malva - 36 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x20 cm. - Celia - Farvet - Kit - 36 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x20 cm. - Celia - Farvet - Linen - 36 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x20 cm. - Celia - Farvet m. tryk - Hjerter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vio Lys - Carl Larsson - Stearin Bloklys - 6,8x15 cm. - Ufarvet m. tryk - Blomster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vio Lys - Carl Larsson - Stearin Bloklys - 6,8x15 cm. - Ufarvet m. tryk - Blomsterhare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Blockljus 68x150 mm Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Unik støbt stearinbloklys, Ø 70 x 200 mm, ufarvet, 8 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Soft Style støbt stearinbloklys, Ø 70 x 100 mm, ufarvet, 8 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft Style</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Soft Style støbt stearinbloklys, Ø 50 x 200 mm, ufarvet, 8 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft Style</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Soft Style støbt stearinbloklys, Ø 50 x 250 mm, ufarvet, 8 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft Style</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pillar Candle Ren Stearin lys, Ø 60x120 (Clas Ohlson), 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indiska Stearin Candle 100% Stearin, Ø 70x150 mm, 80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indiska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus Hangjorda, Pillar candles stearin, Ø 40x250 mm, 24 stk. box (Lagerhaus), 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad Blockljus, Ø 70x150 mm, 12 stk., 90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad Blockljus, Ø 80x200 mm, 6 stk., 91</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad Blockljus, Ø 80x300 mm, 6 stk., 92</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Georg Jensen Stearin cylinder, Ø 70x100 mm, 1 stk. (Vinding), 85</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Georg Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vinding 100% Stearinlys hvid, Ø70x75 mm, 12 stk., 94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin cylinder, Ø50x100mm, hvid, (Baltic candles), 176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 8x15 Candle Stearin (M&amp;S 457972)  SWAN Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x10 Candle Stearin "Kotikulta" 17685 Black /1/12/135 product code 734979,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x15 Candle Stearin "Kotikulta" 17686 Black /1/12/90 product code 734981,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living - 5x30 cm. - Dryp - Pillar Candle - Warm Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit - 6,8x20 cm. - Stearin Bloklys - Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit - 6,8x15 cm. - Stearin Bloklys - White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Cherry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Light Pink with Red Grid Check</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Off-White with Blue Swirl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Off-White with Red Grid Check </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Wine and Bordeaux Blocks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - Set of 4 - Greens and Bordeaux</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - Set of 4 - Red and Bordeaux</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Large - 9,6x25 cm. - Off-White with Red Grid Check</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Large - 9,6x25 cm. - Light Blue with Blue Grid Check</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Small - 6,8x15 cm. - Green with Dark Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - Set of 4 - Reds and Bordeaux</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kotikulta, Blockljus 250mm ø 100mm 100% stearin, grey (Dollarstore AB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Fest bloklys 100% stearin 5 x 35 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p med färg 50x120 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p Vit 50x275mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p Vit 50X350mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kupeljus 2-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Advents Fest bloklys med spyd 5 x 20 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 5,8x13cm nougat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 5,8x13cm pistachios</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 5,8x13cm honey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Shea Candle 67x100 mm, Pine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Shea Candle 67x150 mm, Dusty pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Annaljus 39x360mm Dusty Grey 1 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - Set of 4 - Fresh</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Dusty Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - Set of 4 - Dark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Dark Sand &amp; Dark Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Grey &amp; Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Milky Green &amp; Dark Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Off White &amp; Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Off White, Green &amp; Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x20 cm. - Celia - Farvet - Rød - 36 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x20 cm. - Celia - Farvet - Mosgrøn - 36 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Bloklys - 9,6x20 cm. - Celia - Farvet - Hør</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vio Lys - Carl Larsson - Stearin Bloklys - 6,8x15 cm. - Ufarvet m. tryk - Sänghimmel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x15 cm plain, Reed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 6x10 Candle Stearin (M&amp;S 457737) SWAN Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x10 Candle Stearin "Kotikulta" 17683 Yellow /1/12/135 Product code 734978,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x15 Candle Stearin "Kotikulta" 17678 Beige /1/12/90 product code 734960,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living - 5x30 cm. - Dryp - Pillar Candle - Deep Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living - 5x20 cm. - Dryp - Pillar Candle - Olive Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Bloklys - 6,8x15 cm. - Stillenat - ADVENT - Hør</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Støbt - Stearin Kugle - Celia - Ø10 cm. - Kit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Pale Pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - Set of 4 - Greens and Whites</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Eggshell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Light Blue with Light Blue Check</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Large - 9,6x25 cm. - Wine with Bordeaux Large Check</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Ultramarine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Green and Dark Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus stearin colored Ø6.7x12 cm Glänsa MIO (East import), 360</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus Glänsa vit stearin MIO Ø6,7x18 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kotikulta, Blockljus 200mm ø100mm 100% stearin, red (Dollarstore AB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kotikulta, Blockljus 200mm ø100mm 100% stearin, white (Dollarstore AB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kotikulta, Blockljus 250mm ø 100mm 100% stearin, red (Dollarstore AB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Unik presset stearinbloklys, Ø 68 mm x 150, ufarvet, 6 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0009, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Unik støbt stearinbloklys, Ø 70 x 100 mm, ufarvet, 8 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hexagon stearin, Ø 50x100mm, 12 stk. Box (Lagerhaus), 39</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Georg Jensen Stearin cylinder, Ø 60x250 mm, 1 stk. (Vinding), 83</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Georg Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vinding 100% Stearinlys hvid, Ø70x120 mm, 12 stk., 93</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OVERDYPPEDE STEARIN BLOCKLJUS, Ø 7 CM (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-friendly, Pure Stearin, Ø 100x100 mm, 6 stk. (Broste), 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broste Copenhagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR Stearin Cylinder Ø70x150 mm, 160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Klotljus, Ø 6 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Klotljus, Ø 10 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdyppede Stearin Blockljus, 5x10 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdyppede Stearin Blockljus, 5x30 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdyppede Stearin Blockljus, 6x10 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdyppede Stearin Blockljus, 6x16 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdyppede Stearin Blockljus, 7x20 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdyppede Stearin Blockljus, 7x25 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ahlens Blockljus 100% Stearin Ø60x90 mm, 171</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HANSA form Nature block ljus 6x10 cm, vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abstrakt - stearin bloklys, VIO Ljusfabrik AB, Ø: 70 x 150 mm m. 1-farvet tryk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdipped stearin cylinder, white, Ø6.7x18 cm (East import), 286</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin groved cylinder, 100% stearin, colored, Ø57x100 mm (Lagerhaus), 321</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tradeway (COOP) Stearin Bloklys, 6 x 12 cm, farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Olive oil stearin cylinder candle, white, 60x120mm (ICA Sverige), 336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Collection - Stearin Bloklys - 7,8x19 cm. - Ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Collection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tine K Home - Stearin Bloklys - 6,8x20 cm - Farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tine K Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ÖoB - Stearin Kyrkansljus - 5x25 cm. - Stearin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖoB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x10cm nougat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Fest bloklys 100% stearin 5 x 20 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven Blockljus 15x6,8 cm 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bergendahls, Blockljus 100x68 mm, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bergendahl's</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 15x6,8 cm, lilac 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 15 x 6,8 red cm, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kupéljus 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Fest bloklys 100% stearin 5 x 27,5 cm, 4 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p med färg 50x200 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin bloklys støbt, VIO Ljusfabrik AB, Ø: 70 x 100 mm, ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin bloklys støbt, VIO Ljusfabrik AB, Ø: 70 x 200 mm, ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdipped stearin cylinder, 100% stearin, white, Ø6.7x18 cm (Besongross), 282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kid/Hemtex Stearin Bloklys, 6,8 x 15 cm, farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemtex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tell Me More Stearin Bloklys, 4 x 15 cm, ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tell Me More</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tell Me More Stearin Bloklys, 5 x 15 cm, ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tell Me More</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Moments  Stearin Kronelys (Kid/Hemtex), 2,2x24 cm, ufarvet, 6-pak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemtex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta Pillar Candle 7x13 White Stearin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kid/Hemtex Stearin Kirkelys, 5x25 cm, farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemtex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kid/Hemtex Stearin Kirkelys, 7x30 cm, farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemtex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdipped stearin cylinder, colored, Ø6.7x18 cm (MIO/East import), 359</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Gradient Candle - 2,2x30 cm. - Set of 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin cylinder, Advent pilar candles, white, Ø60x90/60x120/60x140/60x175mm (Clas Ohlson), 368</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x15cm dove blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x15cm mallow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x15cm terracota</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x10cm dove blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x10cm pine green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x10cm yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 5,8x13cm red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 5,8x13cm pine green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Shea Candle 67x100mm, Mallow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Shea Candle 67x100 mm, Reed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Shea Candle 67x150 mm, Reed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Annaljus 39x360mm Cream 1 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Anthracite &amp; Dark Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Off White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Dark Peach</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Light Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - Set of 4 - Pastel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Lavender</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Emerald Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Dark Peach</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - Set of 4 - Light Pink &amp; Blues</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Small - 6,8x15 cm. - Cream &amp; Sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Large - 9,6x25 cm. - Light Blue &amp; Dusty Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x10 cm. - Ufarvet - Stillenat - Hvid - 12-PAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stillenat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Bloklys - 9,6x15 cm. - Celia - Ufarvet - Hvid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x20 cm. - Celia - Farvet - French Grey - 36 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x10 cm. - Celia - Farvet - Malva - 12-PAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Advent Blockljus 67x110 mm 4-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 5,8x13cm cm plain, Reed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x10 Candle Stearin "Kotikulta" 17677 Beige /1/12/135 product code 734970,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x15 Candle Stearin "Kotikulta" 17680 Greish Green /1/12/90 product code 734962,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x15 Candle Stearin "Kotikulta" 17682 Peach /1/12/90 product code 734963,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x15 Candle Stearin "Kotikulta" 17684 Yellow /1/12/90 product code 734964,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x15 Candle Stearin "Kotikulta White" /1/12/90 product code 734982.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Annaljus 39x360mm 1-p röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living - 5x20 cm. - Dryp - Pillar Candle - Tea Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit - 6,8x10 cm. - Stearin Bloklys - Beige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Eggshell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Lime White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - Set of 4 - Greens and Whites</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Medium - 7,8x20 cm. - Off-White with Blue Grid Check</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Large - 9,6x25 cm. - Green and Dark Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Army</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Unik støbt stearinbloklys, Ø 50 x 250 mm, ufarvet, 8 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Bloklys by Løgum Kloster Lys est. 1970, Ø 58 x 150 mm, ufarvet, 12 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0009, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Bloklys by Løgum Kloster Lys est. 1970, Ø 68 x 100 mm, farvet, 12 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0009, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus 100 % stearin, ø 70x100 mm (Ahlens), 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STEARIN BLOCKLJUS, FLAD TOP, Ø 6 CM (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-friendly, Pure Stearin, Ø 100x200 mm, 6 stk. (Broste), 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broste Copenhagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdyppede Stearin Blockljus, 3,5x cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdyppede Stearin Blockljus, 4,5x cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdyppede Stearin Blockljus, 6x12 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven 100% stearin Ø67x 100mm (white), 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven 100% stearin Ø67x 150mm (white), 176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Bloklys by Løgum Kloster Lys est. 1970, Ø 60 x 100 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Bloklys by Løgum Kloster Lys est. 1970, Ø 60 x 140 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Bloklys by Løgum Kloster Lys est. 1970, Ø: 60 x 180 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Bloklys by Løgum Kloster Lys est. 1970, Ø: 70 x 150 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin cylinder, inicio by beson, 100% stearin, white, 67x100mm (beson gross), 207</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin cylinder, Pfister, 100% stearin, coloured, Ø 70x200 cm (Balthasar), 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balthasar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Annaljus 39x360mm Dusty Pink 1 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Annaljus 39x360mm Sage 1 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - Set of 4 - Cream &amp; Dark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Light Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Light Pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Emerald Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Nougat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Lime Beige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Medium - 7,8x20 cm. - Off White, Green &amp; Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x20 cm. - Celia - Farvet - Creme - 36 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x10 cm. - Stillenat - Farvet - Rød - 12-PAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stillenat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vio Lys - Carl Larsson - Stearin Bloklys - 6,8x15 cm. - Ufarvet m. tryk - Kärlekens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Advent Blockljus 67x90 mm 4-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Advent Blockljus 67x150 mm 4-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x15 cm plain, Dusty Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x10 Candle Stearin "Kotikulta" 17687 Red /1/12/135 product code 734983</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x10 Candle Stearin "Kotikulta" 17679 Greish Green /1/12/135 product code 734980,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x15 Candle Stearin "Kotikulta" 17676 Grey /1/12/90 product code 734959 ,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Blockljus 68x150mm vinröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living - 5x20 cm. - Dryp - Pillar Candle - Beige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living - 5x20 cm. - Dryp - Pillar Candle - Warm Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Støbt - Stearin Kugle - Celia - Ø10 cm. - Honey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - Set of 4 - Blues</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Cherry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Pale Pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Off-White with Red Block</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Small - 6,8x15 cm. - Wine and Bordeaux</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Medium - 7,8x20 cm. - Light Pink, Red, Bordeaux and Dark Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus stearin white Ø6,7x12 cm Glänsa MIO (East import), 287</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kotikulta, Blockljus 250mm ø 100mm 100% stearin, white (Dollarstore AB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Velora, Blockljus, vit stearin, Ø6,7H15 cm (Mio AB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Soft Style støbt stearinbloklys, Ø 60 x 150 mm, ufarvet, 8 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft Style</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Unik støbt stearinbloklys, Ø 70 x 150 mm, ufarvet, 8 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Soft Style støbt stearinbloklys, Ø 70 x 150 mm, ufarvet, 8 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft Style</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Unik støbt stearinbloklys, Ø 50 x 150 mm, ufarvet, 8 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus100 % stearin, ø 70x200 mm (Ahlens), 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pillar candles stearin, Ø 70x100 mm (Lagerhaus), 55</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Hvid kugle/ball, 12 stk. Ø 80 mm (Papstar), 87</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Reluminus Bloklys, Ø 70x200 mm, 12 stk. (Refillsystem), 70</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reluminus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STEARIN KLOTLJUS, Ø 8 CM (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-friendly, Pure Stearin, Ø 100x150 mm, 6 stk. (Broste), 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broste Copenhagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pillar candle, ø68 x 14 cm, 100% stearin (RUSTA), 121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Blockljus 100% Stearin Ø 70x200 mm, (Coop Sweeden)154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lagerhaus, Stearin candle, Ø70x200 mm (white), 157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lagerhaus, Stearin candle, Ø70x200 mm (colored), 158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdyppede Stearin Blockljus, 5x25 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Inicio preseet stearin ljus, Ø67x150 mm, 100 % stearin, by beson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Selection Blockljus Ø67x100 mm 100% stearin white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Selection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin cylinder, Pfister, 100% stearin, coloured, Ø 70x150 cm (Balthasar), 213</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balthasar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus 100% stearin ca. 60 timmars brinntid Ø: 7 x 15 cm, ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK International Interior</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Light - stearin bloklys, VIO Ljusfabrik AB, Ø: 70 x 150 mm m. 1-farvet tryk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Handmade Vegan Candle, Ø 6 x 10 cm, white (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin cylinder, white, Ø 50x150 mm (Tell me more), 313</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tell Me More</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jysk Pillar Candle GUNVALD, Ø 6,8 x 12 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0009, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Handmade Vegan Candle, Ø 6 x 10 cm, coloured (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Handmade Vegan Candle, Ø 6 x 16 cm, coloured (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Humdakin Kalenderlys, 5 x 25 cm, farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Humdakin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vinding - Stearin Bloklys - 6,8x15 cm - Ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vinding - Stearin Bloklys - 6,8x15 cm - Farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Moments  Stearin Kronelys (Kid/Hemtex), 2,2x24 cm, farvet, 6-pak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemtex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Collection - Stearin Bloklys - 6x14 cm. - Ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Collection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tine K Home - Stearin Bloklys - 6,8x15 cm - Farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tine K Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x15cm cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x15cm nougat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x15cm red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x10cm dusty pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 50x200 mm 16-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bergendahls, Blockljus 150x68 mm 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bergendahl's</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 15 x 6,8 cm, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p Vit 50x120mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kupeljus 2-p Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 15x6,8 cm, grey, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 10x6,8 cm red, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Blockljus 58x130 mm Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIXA presset blockljus i stearin 68 x 100 mm, ufarvet, 6 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0009, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Unik støbt stearinbloklys, Ø 60 x 100 mm, ufarvet, 8 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Unik støbt stearinbloklys, Ø 60 x 150 mm, ufarvet, 8 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Unik støbt stearinbloklys, Ø 50 x 200 mm, ufarvet, 8 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus i stearin by Løgum Kloster Lys est. 1970, Ø 68 x 100 mm, ufarvet, 12 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0009, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Bloklys by Løgum Kloster Lys est. 1970, Ø 70 x 100 mm, ufarvet, 12 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Light Pink &amp; Dark Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Small - 6,8x15 cm. - Grey &amp; Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x10 cm. - Celia - Farvet - Linen - 12-PAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Kertelys - 1,3x20 cm. - Celia  - Farvet m. tryk - Sne-Krystaller</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Bloklys - 9,6x15 cm. - Celia - Farvet - Hør</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Celia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Advent Blockljus 67x130 mm 4-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Humdakin - Kalenderlys - 5x25 cm. - Recipe of Traditions - Farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Humdakin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 5,8x13cm cm plain, Dusty Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x10 cm plain, Reed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kotikulta Pillar SWAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x10 Candle Stearin "Kotikulta" WHITE /1/12/135 product code 734985</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x10 Candle Stearin "Kotikulta" 17681 Peach /1/12/135 product code 734977,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x10 Candle Stearin "Kotikulta" 17675 Grey /1/12/135 product code 734967,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living - 5x30 cm. - Dryp - Pillar Candle - Tea Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Bloklys - 6,8x15 cm. - Stillenat - HYGGE - Hør</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit - 6,8x20 cm. - Stearin Bloklys - Khaki Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit - 6,8x20 cm. - Stearin Bloklys - White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Sky Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - Set of 4 - Blues</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Column Candle - Medium - 7,8x20 cm. - Off-White, Bordeaux, Blue and Silver</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Hexagon Candle - 2,2x24 cm. - 24 pcs. - Army</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus Glänsa Mörkröd stearin MIO Ø6,7x18 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus, Ahlens stearin, 80x200 mm, 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blockljus, Ahlens stearin, 80x300 mm, 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Ljus, Ø 7x15 cm 100% Stearin (Coop Sweden), 48</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Reluminus Bloklys, Ø 70x150 mm, 12 stk. (Refillsystem), 69</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reluminus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STEARIN BLOCKLJUS, KRONE TOP, Ø 7 CM (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STEARIN KLOTLJUS, Ø 10 CM (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OVERDYPPEDE STEARIN BLOCKLJUS, Ø 5 CM (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR Stearin Cylinder Ø70x100 mm, 159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Cylinder Ø40x200, 100% stearin, Lagerhaus, 162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdyppede Stearin Blockljus, 7x10 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdyppede Stearin Blockljus, 7x12 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Inicio presset stearin ljus, Ø67x100 mm, 100 % stearin, by beson, 169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Bloklys by Løgum Kloster Lys est. 1970, Ø: 70 x 100 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Selection Blockljus  Ø67x150 mm 100% stearin coloured</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Selection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BLOCKLJUS ca. 38 timmars brinntid, Ø: 6,8 x H: 11 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0009, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK International Interior</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdipped stearin cylinder, 100% stearin, white, Ø6.7x13 cm (Besongross), 283</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdipped stearin cylinder, white, Ø6.7x10 cm (Lagerhaus), 301</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PILLAR 7x15 Candle Stearin FIXA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin groved cylinder, 100% stearin, white, Ø57x100 mm (Lagerhaus), 322</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin groved cylinder, 100% stearin, colored, Ø57x150 mm (Lagerhaus), 324</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vinding - Stearin Bloklys - 6,8x10 cm - Farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vinding - Stearin Bloklys - 6,8x10 cm - Ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta Pillar Candle 7x18 White Stearin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta Pillar Candle 7x9 White Stearin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kid/Hemtex Stearin Kirkelys, 5x25 cm, ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemtex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Collection - Stearin Bloklys - 7,8x15 cm. - Ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Collection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Collection - Stearin Bloklys - 6x9 cm. - Ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Collection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pillar Candle Ren Stearin lys, Ø 60x170 (Clas Ohlson), 327</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x10cm cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x10cm dusty grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 6,8x10cm red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 5,8x13cm cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 5,8x13cm dusty pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Stearin 5,8x13cm yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Shea Candle 67x100 mm, White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Shea Candle 67x150mm, White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Shea Candle 67x150 mm, Pine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Annaljus 39x360mm Apricot 1 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik Annaljus 39x360mm White 1 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slotsmarken 10 st.tv.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hørsholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Light Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Midnight Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Square Candle - 2,2x24 cm. - 24 pcs. - Nougat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Pattern Candles - 2,2x24 cm. - 24 pcs. - Light Blue &amp; Steel Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blockljus och klotljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Gravlykta, 28h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gravljus och andra utomhusljus  </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graveyard candle, 28h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gravljus och andra utomhusljus  </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Gravlykta (röd), 28h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gravljus och andra utomhusljus  </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Compo oil +/- 48h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gravljus och andra utomhusljus  </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Graveyard candle with lid +/- 33h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gravljus och andra utomhusljus  </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Kerzen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kronelys 50 pak - 20 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Christinaljus 8-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kanalljus 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lagerhaus, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Varumaerkesgrossisten, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, Crown candles 300x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GEKAS, Crown candles 350x22mm, 10pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gekås Ullared</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta, Crown candles 190x22mm, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åhléns, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Inicio, antikljus, 8 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Antikljus, 50-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens S:t Erik 23x600 mm 40-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Wasa 30x250 mm 30-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 50x400 mm 12-p (borrat)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Christinaljus, 8-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åhléns, kronljus, 20 st, 19-35 cm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, kronljus, 50 st, 19-35 cm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Affari, kronljus, 30 st, 19-35 cm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Affari of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Affari, antikljus, 8 st, 21-25 cm, färgade
+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Affari of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark, kronljus, 30 st, 19-35 cm, färgade</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark, kronljus, 30 st, 19-35 cm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark, kronljus, 10 st, 19-35 cm, färgade
+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, Crown candles, 350x22 mm, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Extra Crown candles, 190x22 mm, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moda, 8 stk. overdyppede kronelys 100% stearin, Ø 23x240 mm (Tradeway), 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles MODA for your home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Kroneljus 100 % Stearin, Ø 22x190 mm, 30 stk., 114</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Crowntop candles, Ø 22x300 mm 100% renewable material/stearin, 8 stk., 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni 100% Renewable Stearin Crowntop Candles, Ø22x250 mm, 4 stk., 174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdripped Stearin Classic Candle (RUSTA), 100% stearin, coloured 8 stk. 23x280 mm, 216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, 100% stearin, white, 22x200 mm (Lagerhaus), 251</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, 100% stearin, white, 22x350 mm, 8pcs. (Clas ohlson), 252</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, 100% stearin, white, 22x280 mm, 8pcs. (Clas ohlson), 253</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, 100% stearin, white, 22x190 mm, 20pcs (Clas ohlson), 255</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 4 ST. PINK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 4 ST. BJÖRKGRÖN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI KRUUNU 10 KPL PL  264x10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene - Stearin Kronelys - 2,2x19 cm - Farvet - Dip Dye - 2-PAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene - Stearin Kronelys - 2,2x25 cm. - 6-PAK - Farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, white, 22x240 mm, 1 pcs. (BE:son Gross), 366</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>H&amp;M Home - Stearin Kronelys - 2,2x25 cm. - 2-PAK - Polka - 10-202 + 09-090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H&amp;M Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>H&amp;M Home - Stearin Kronelys - 2,2x25 cm. - 2-PAK - Polka - 52-109 + 39-219</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H&amp;M Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Kronelys - 2,2x29 cm. - 4-PAK - Stillenat - Farvet - Rød - Advent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stillenat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living - Mura Candle - Calendar - 5x25 cm. - Farvet - Artichoke</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Kertelys - 1,3x30 cm. - Celia - Cornflower</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havi antikljus 20 p, färgade</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>24 stk 100% Stearin kronelys, Ø 22x290 mm (Indiska), 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indiska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vinding Stearin kronelys, Ø 24x240 mm, overdyppet, 1 stk. (Vinding), 89</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hampshire Kronljus, 100 % Stearin, Gennemfarvet Ø 22x380 mm, 4 stk. (Work 4 dreams), 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronljus 100% stearin, Runsven, Ø22x200mm, 30 stk, 177</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin kronljus, 2,2x35 cm, ofärgad, (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, 100% stearin, colored, 22x280 mm, 8pcs (Clas ohlson), 256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kroonkaarsen/Crown candles/Krone Kerzen/Bougies Couronne/Swieca Korona 240 mm / 24 mm wit (doos 24 stuks)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2088 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bolsius</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bolsius International BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkendijk 126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Schijndel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, 100% stearin Migros, white, 22x180 mm, 8pcs. (Balthasar), 308</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balthasar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, eco friendly, white, 22x200 mm, 16pcs. (Baltic candles), 318</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living Kalenderlys 5 x 30 cm, farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 4 ST. GUL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 4 ST. KOLA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI KRUUNU 8 ST. PUDER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI KRUUNU 10 ST. RÖD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 2 KPL ITSENÄISYYS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI JUHLAKRUUNU 30 ST.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, colored, 22x280 mm, (RUSTA), 342</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living Pure Candles, Stearin Kronelys, 2,2 x 30 cm, 4-PAK, farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kid/Hemtex Stearin Kronelys, 2,2x29 cm, ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemtex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Collection Stearin Kronelys, 2,2x29 cm, Ufarvet m. striber, 4-PAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Collection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, colored, 22x240 mm, 4pcs. (Balthasar), 362</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balthasar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, colored, 22x180 mm, 4pcs. (Balthasar), 364</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balthasar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene - 2,2x19 cm. - Stearin Kronelys - 2-PAK - Rose</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene - 2,2x25 cm. - Stearin Kronelys - Cream/Green/Grey - 2-PAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, colored, 22x280 mm, (Tindra Mio/East import), 285</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living - 1,2x12 cm. - Ombre Candle - Set of 24 - Dark Grape</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Kertelys - 1,3x30 cm. - Celia - Kit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Kertelys - 1,3x30 cm. - Celia - Green Tea</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit - 2,2x27,5 cm. - Stearin Kronelys - Saffron</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit - 2,2x27,5 cm. - Stearin Kronelys - Khaki Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havin antiikki 4-pack , valkoinen tai väritön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havi antiikki 2-pack, värilliset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronljus Lagerhaus stearin, Ø 22x140 mm, 4 stk. box, 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronljus Lagerhaus, stearin, Ø 22x380 mm, 4 stk. box, 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 50 st, 19-35 cm, vita </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore, Kronjlus, 350x22 mm, 8 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moments Kronljus 20 cm, 20 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 1 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus Korta 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kanalljus 30-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GEKAS, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gekås Ullared</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, Crown candles, 250x22 mm, 120pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beson, Crown candles 280x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BE:son Gross</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Home Kronljus 8-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åhléns, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Inicio, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havi antikljus 4-pack, färgade</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STEARIN KRONLJUS, 2,3x30 CM (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OVERDYPPEDE STEARIN KRONLJUS, 2,3x24 cm (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Kroneljus 100 % Stearin, Ø 22x200 mm, 30 stk., 115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dinner Candles Kronljus 100 % stearin (farvet), Ø 22x28 cm, 4 stk. (Rusta), 119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR Kronljus Ø22x200mm 100% stearin, 30pcs., 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR Stearin classic candle Ø 22x240 mm, 10 pcs., 161</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>100% stearin, Handmade Candle Ø70x100 mm, coloured (Lagerhaus)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Genomfärgade stearin julgransljus, 1,2x11 cm (Papstar)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Genomfärgade Stearin Kronljus, 2,3x25 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Genomfärgade Stearin Kronljus, 2,3x28 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havi kruunu 20 cm 10-pack, valkoinen tai väritön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin kronljus, 2,2x24 cm, ofärgad, (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjenneomfarget stearin kronelys, 2,3 x 27,5 (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dinner candles, 28 cm 100% stearin, 8 pack, white  (RUSTA), 257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kroonkaarsen/Crown candles/Krone Kerzen/Bougies Couronne/Swieca Korona 200 mm / 24 mm wit (doos 60 stuks)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2088 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bolsius</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bolsius International BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkendijk 126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Schijndel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, 100% stearin, white, 22x300 mm, 10 pcs. (Coop Sweden), 278</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, 100% stearin Migros, colored, 22x180 mm, 8pcs. (Balthasar), 309</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balthasar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, groved, white, 22x280 mm, (Lagerhaus), 316</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ÖoB Kalenderlys, 2,2 x 24 cm, ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖoB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plantagen - Stearin Kronelys - 2,2x27,5 cm - Ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plantagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plantagen - Stearin Kronelys - 2,2x27,5 cm - Farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plantagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 4 ST. GRÅ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 20 ST. RÖD 5X20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI KRUUNU VALK.  Kamp 438x5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 20 ST. VIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI JUHLAKRUUNU 10 ST.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen Stearin Kronelys, 2,2 x 29 cm, 4-PAK, Farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdipped stearin classic candle, colored, 23x240 mm, 8 pcs. (Tradeway), 347</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles MODA for your home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, grooved, white, 4 pcs, 22x240 mm, (Tradeway), 348</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles MODA for your home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Collection - Stearin Kronelys - 2,2x30 cm - Farvet - 4-PAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Collection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, white, 22x280 mm, (Lagerhaus), 366</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene - 2,2x19 cm. - Stearin Kronelys - Skrå - 2-PAK - Blue/Bordeaux</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>H&amp;M Home - Stearin Kronelys - 2,2x25 cm. - 2-PAK - Polka - 19-213 + 49-302</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H&amp;M Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene - 2,2x25 cm. - Stearin Kronelys - Coral/Blue - 2-PAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene - 2,2x30 cm. - Stearin Kronelys - Rille - Rose Mix - 2-PAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Kronelys - 2,2x29 cm. - 4-PAK - Stillenat - Farvet - Støvgrøn - Advent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stillenat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit - 2,2x27,5 cm. - Stearin Kronelys - Fudge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kotikulta, Kronljus, 10 st, 20 cm, 100% stearin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skånska Stearinljusfabriken, S:t Erik Ljus, 24x370, 60-P, 24370</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0014, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skånska stearinljusfabriken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kronelys 20 pak - 24 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Birgittaljus 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Lampettljus 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Crown candles 200x22mm, 10pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, Crown candles 200x22mm, 50pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Tingstad, Crown candles 200x22mm, 150pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
+        <x:v>Kronljus och antikljus </x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tingstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>VIO Ljusfabrik AB Kronljus, Ø 2,2 x 28 cm, ufarvet</x:v>
+        <x:v>Delsbo Candle, antikljus, 8 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ica Home, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lagerhaus, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ica Home, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ica Home, antikljus, 30 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, kanalljus, 30 st, 20cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papstar, kanalljus, 4 st, 20cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens S:t Erik 21x400 mm 40-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 38x500 mm 12-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 45x300 mm 10-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus, 4-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Affari, kronljus, 8 st, 19-35 cm, vita </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Affari of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Seremonies No 8 Glödbädd, kronljus, 15 st, 19-35 cm, färgade
+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Seremonies No 9 Fyr, antikljus, 15 st, 21-25 cm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, Crown candles, 200x22 mm, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prisma 4-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronljus 8-p Vit  Kirrat och Klart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirrat och klart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havi Juhlakruunu 24 cm  30 pack, valkoinen tai väritön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Genomfärgade Stearin Julgransljus, 1,2x10,5 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STEARIN BLOCKLJUS, KRONE TOP, Ø 5 CM (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR Kronljus Ø22x240mm 100% stearin, 30pcs., 150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin kronljus, 2,2x30 cm, ofärgad, (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havi kruunu 8-pack, värilliset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STEARIN KRONLJUS, 2,3x20 CM (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dinner candles, white, 22x190 mm, 48 pcs. (RUSTA), 334</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dinner candles, white, 22x190 mm, 20 pcs. (RUSTA), 333</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, Crown candles, white, 30 pcs, 22x240 mm,  (Baltic candles), 354</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Overdipped stearin classic candle, colored, 23x240 mm, 20 pcs. (Tradeway), 346</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles MODA for your home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen Kalenderlys, 6 x 30 cm, Ufarvet</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5088 0010, 5088 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>VIO</x:v>
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster Lys A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hedevej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA Gravlykta, 28h</x:v>
-[...31 lines deleted...]
-        <x:v>Tine K Home, Kalenderlys, 5 x 25 cm, colored</x:v>
+        <x:v>PIRKKA Kruunukynttilä 20 ST. VIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI KRUUNU 8 ST. RÖD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI KRUUNU 5-P Vit 25x5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI KRUUNU 20 ST. VIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI JUHLAKRUUNU 6 ST.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit - 2,2x27,5 cm. - Stearin Kronelys - Dark Green</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5088 0010, 5088 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Tine K Home</x:v>
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster Lys A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hedevej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>6 Ljus, naturell, 25h</x:v>
-[...8 lines deleted...]
-        <x:v>Stearinljus</x:v>
+        <x:v>Granit - 2,2x27,5 cm. - Stearin Kronelys - Orange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit - 2,2x27,5 cm. - Stearin Kronelys - Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, white, 22x280 mm, (Tindra Mio/East import), 284</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skånska Stearinljusfabriken, Kanalljus, 24x200, 180-P, 24211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0014, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skånska stearinljusfabriken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skånska Stearinljusfabriken, Långa Kronljus, 24x250, 120-P, 24250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0014, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skånska stearinljusfabriken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven, Crown candles 350x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, Crown candles 190x22mm, 40pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 40 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio, kronljus, 20 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papstar, antikljus, 30 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, antikljus, 50 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 30 st, 25 cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kanalljus, 30 st, 20cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 42x500 mm 10-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Antikljus, 10-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ica Basic, antikljus, 10 st, 21-25 cm, färgade
+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, kronljus, 50 st, 19-35 cm, färgade
+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, kronljus, 8 st, 19-35 cm, färgade
+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Affari, kronljus, 8 st, 19-35 cm, färgade
+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Affari of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Föreningsljuset, kronljus, 6 st, 19-35 cm, vita
+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Korona Candles Sp. z o.o.</x:v>
-[...10 lines deleted...]
-        <x:v>Kid/Hemtex Stearin Bloklys, 6,8 x 10 cm, farvet</x:v>
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Seremonies No 8 Glödbädd, kronljus, 15 st, 19-35 cm, vita
+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Seremonies No 9 Fyr, antikljus, 15 st, 21-25 cm, färgade
+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prisma 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kanallys 20 pak hvid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Antikljus 30-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 8-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus Långa 30-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kronelys 20 cm, 10 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beson, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BE:son Gross</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>East Import, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S-Invest, Crown candles 240x22mm, 10pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beson, Crown candles 280x22mm, 12pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BE:son Gross</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronljus Lagerhaus, stearin, Ø 22x280 mm, 4 stk. box, 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>16 stk. Kronelys 100 % stearin, 20 cm (ufarvet) Emotion (Refillsystem), 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STEARIN KRONLJUS, 2,3x35 CM (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglemark Kronljul 100% stearin, Ø 22x200 mm, 30 st., 127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, colored, 22x280 mm, 4pcs. (Ahlens), 263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, 100% stearin, white, 22x200 mm, 10 pcs. (Coop Sweden), 276</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, eco friendly, white, 22x200 mm, 8pcs. (Baltic candles), 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, Inicio, white, 22x280 mm, 1pcs. (Besson gros), 325</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BE:son Gross</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, Inicio, colored, 22x280 mm, 1pcs. (Besson gros), 326</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BE:son Gross</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 4 ST. RÖD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI KRUUNU 8 ST. KVIST</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI KRUUNU 10 ST. PUDER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PIRKKA Kruunukynttilä 10 ST. VIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, groved, Elsa Form Dinner Candles, colored, 22x280 mm, 4pcs (RUSTA) 338</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living Mura Candles, Stearin Kronelys, 2,2 x 30 cm, 4-PAK, farvet</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5088 0010, 5088 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Hemtex</x:v>
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster Lys A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hedevej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Plantagen - Stearin Kronelys - 2,2x27,5 cm - Ufarvet</x:v>
+        <x:v>Overdipped stearin classic candle, colored, 23x240 mm, 8 pcs. (Baltic candles), 345</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, white, 22x240 mm, 4pcs. (Balthasar), 361</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balthasar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, colored, 22x200 mm, 4pcs. (Balthasar), 363</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balthasar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ÖoB - Stearin Kronljus - 2.2x25 cm. - 4-PAK - Advent - Ufarvet</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5088 0010, 5088 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Plantagen</x:v>
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖoB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster Lys A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hedevej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Plantagen - Stearin Bloklys - 6,8x10 cm - Ufarvet</x:v>
+        <x:v>Søstrene Grene - 2,2x19 cm. - Stearin Kronelys - 2-PAK - Coral/Blue</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5088 0010, 5088 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Plantagen</x:v>
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster Lys A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hedevej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kotikulta Havi Kruunukynttilä 10 ST. VIT</x:v>
-[...95 lines deleted...]
-        <x:v>Kid/Hemtex Stearin Kirkelys, 5x25 cm, farvet</x:v>
+        <x:v>Ferm Living - Mura Candle - Calendar - 5x25 cm. - Farvet - Oat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5088 0010, 5088 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Hemtex</x:v>
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster Lys A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hedevej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kid/Hemtex Stearin Kirkelys, 5x25 cm, ufarvet</x:v>
+        <x:v>Muubs Stearin Kronelys - 2,2x30 cm. - Candles Yoro - Nordic glow - Set of 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5088 0010, 5088 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Hemtex</x:v>
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muubs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster Lys A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hedevej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin classic candle, Kronljus, white, 22x200 mm, 8pcs (Kirrat och klart), 356</x:v>
-[...127 lines deleted...]
-        <x:v>Søstrene Grene - Tealights - Rapeseed Wax - 4-PACK</x:v>
+        <x:v>Ib Laursen - Stearin Kertelys - 1,3x30 cm. - Celia - Hør</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5088 0010, 5088 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Søstrene Grene</x:v>
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster Lys A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hedevej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Humdakin - Kalenderlys - 5x25 cm. - Maroon Stripes - Farvet</x:v>
+        <x:v>Granit - 2,2x35 cm. - Stearin Kronelys - 10-PAK - Red</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5088 0010, 5088 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Humdakin</x:v>
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster Lys A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hedevej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dollarstore pressed stearin pillar 15 x 6,8 red cm, 1 pcs</x:v>
-[...351 lines deleted...]
-        <x:v>Åhléns, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+        <x:v>Skånska Stearinljusfabriken, Korta Andaktsljus, 12x150, 720-P, 13150-720</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0014, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skånska stearinljusfabriken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Åhléns</x:v>
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runsven</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fixa, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+        <x:v>Liljeholmens Andaktsljus 13x165 mm 320-p Display utan tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Spira 26x870 mm 28-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Wasa 32x500 mm 21-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 34x240 mm 33-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 41x350 mm 18-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ica Basic, antikljus, 10 st, 21-25 cm, vita</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Fixa</x:v>
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Indiska Stearin Candle 100% Stearin, Ø 70x150 mm, 80</x:v>
-[...319 lines deleted...]
-        <x:v>Änglamark, kronljus, 30 st, 19-35 cm, vita</x:v>
+        <x:v>Änglamark, antikljus, 10 st, 21-25 cm, färgade
+</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
+        <x:v>Kronljus och antikljus </x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Silence  - stearin bloklys, VIO Ljusfabrik AB, Ø: 70 x 150 mm m. 1-farvet tryk</x:v>
-[...479 lines deleted...]
-        <x:v>Delsbo Candle, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+        <x:v>Änglamark, antikljus, 10 st, 21-25 cm, vita
+</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...3359 lines deleted...]
-        <x:v>Stearinljus</x:v>
+        <x:v>Kronljus och antikljus </x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Föreningsljuset, kronljus, 6 st, 19-35 cm, färgade
 </x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 150-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 20-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Festlys 100% stearin 3 x 39 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kanalljus 12-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NBA, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skånska Stearinljusfabriken, Julgransljus, 12x110, 720-P, 12110-720</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0014, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skånska stearinljusfabriken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skånska Stearinljusfabriken, Korta Kronljus, 24x135, 60-P, 24135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0014, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skånska stearinljusfabriken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kronelys 20 pak - 20 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Festlys 100% stearin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Julgransljus 20-p Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Julgransljus 20-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 30-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 40-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Crown candles 350x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NBA, Crown candles 350x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lidl, Crown candles 190x22mm, 10pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 20 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ica Home, kronljus, 1 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa, kronljus, 10 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Inicio, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Wasa 30x250 mm 44-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 35x470 mm 18-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 50 st, 19-35 cm, färgade</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, kronljus, 150 st, 19-35 cm, färgade
+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Affari, antikljus, 8 st, 21-25 cm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Affari of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta, Crown candles, 190x22 mm, 48 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jabadabado candles, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Sofia Antikljus 4-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 4 ST. VIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, grooved, colored, 4 pcs, 22x240 mm, (Tradeway), 349</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Candles MODA for your home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>H&amp;M Home - Stearin Kronelys - 2,2x25 cm. - 2-PAK - Polka - 10-202 + 46-303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H&amp;M Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene - 2,2x30 cm. - Stearin Kronelys - Rille - Green/Cream Mix - 2-PAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Calendar Candle - Small - 6,8x15 cm. - Off White &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Kronelys - 2,2x29 cm. - 4-PAK - Stillenat - Ufarvet - Hvid - Advent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stillenat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronljus 100% stearin 22x200 mm white 8pcs/tray, 368</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Kertelys - 1,3x30 cm. - Celia - Lemonade</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Kertelys - 1,3x30 cm. - Celia - White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Kertelys - 1,3x30 cm. - Celia - Malva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Kertelys - 1,3x30 cm. - Celia - Honey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit - 2,2x27,5 cm. - Stearin Kronelys - Light Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Kroneljus 100 % Stearin, Ø 22x350 mm, 10 stk., 118</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havin antiikki 20-pack, valkoinen tai väritön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havi Juhlakruunu 24 cm 6-pack, valkoinen tai väritön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Classic Candles Ø22x280, 100% stearin, Design by Lagerhaus, 163</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Kronelys Ø 22x200 mm, 10 stk., 180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Genomfärgade Stearin Julgransljus, 1,2x11 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Genomfärgade Stearin Kronljus, 2,3x20 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Genomfärgade Stearin Kronljus, 2,3x35 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin kronljus, 2,2x20 cm, ofärgad, (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, 100% stearin, colored, 22x280 mm, 8pcs (Clas ohlson), 254</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, 100% stearin, white, 22x240 mm, 20 pcs. (Coop Sweden), 277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, groved, colored, 22x280 mm, (Lagerhaus), 317</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerhaus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tine K Home, Kalenderlys, 5 x 25 cm, colored</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tine K Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tine K Home, Kalenderlys, 2,2 x 30 cm, colored</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tine K Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene Stearin Kronelys m. tryk, 2,2x19 cm, ufarvet, 2 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloomingville Stearin Kronelys, 2,2x25 cm, Dip Dye, farvet, 4-PAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bloomingville</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 4 ST. CHAMPAGNE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 4 ST. PUDER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 4 ST. KVIST</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 20 ST. VIN 5X20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI KRUUNU 20P Vit, kamp. 123x20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pirkka kruunukynttilä 10-pack , valkoinen tai väritön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OVERDYPPEDE STEARIN KRONLJUS, 2,3x20 cm (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OVERDYPPEDE STEARIN KRONLJUS, 2,3x30 cm (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OVERDYPPEDE STEARIN KRONLJUS, 2,3x35 cm (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Kroneljus 100 % Stearin, Ø 22x250 mm, 30 stk., 116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dinner Candles Kronljus 100 % stearin (farvet), Ø 22x28 cm, 8 stk. (Rusta), 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR Kronljus Ø22x340mm 100% stearin, 10pcs., 152</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Genomfärgade stearin julgransljus, 1,2x11 cm (Kahler)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, white, 22x280 mm, 4pcs. (Ahlens), 262</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, eco friendly, white, 22x200 mm, 24pcs. (Baltic candles), 319</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tine K Home, Candle Lights, 8 pcs, 2,2 x 30 cm, colored</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tine K Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living Dryp Candles 2,2 x 30 cm, farvet, 2 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 4 ST. SVART</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 4 ST. VIN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 4 ST. MAGNOLIA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI JUHLAKRUUNU 10-P 215x10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI KRUUNU 10 ST. KVIST</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI KRUUNU 5 ST. VIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PIRKKA Kruunukynttilä 10 ST. RÖD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living Kalenderlys Stearin, 5 x 30 cm, ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kid/Hemtex Stearin Kronelys, 2,2x29 cm, farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemtex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, Kronljus, white, 22x200 mm, 8pcs (Kirrat och klart), 356</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirrat och klart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene - 2,2x25 cm. - Stearin Kronelys - Dip Dye - PACK 1 - Farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene - 2,2x19 cm. - Stearin Kronelys - 2-PAK - Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ÖoB - Stearin Julgransljus - 20p - Ø1,2x11 cm.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖoB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene - 2,2x19 cm. - Stearin Kronelys - 2-PAK - Cream/Yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>H&amp;M Home - Stearin Kronelys - 2,2x25 cm. - 2-PAK - Polka - 10-202 + 14-311</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H&amp;M Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>H&amp;M Home - Stearin Kronelys - 2,2x25 cm. - 2-PAK - Polka - 29-301 + 74-102</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H&amp;M Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Kronelys - 2,2x29 cm. - 4-PAK - Stillenat - Farvet - Honey - Advent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stillenat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living - Mura Candle - Calendar - 5x25 cm. - Farvet - Ash Brown</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living - 1,2x12 cm. - Ombre Candle - Set of 24 - Khaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Kertelys - 1,3x30 cm. - Celia - Støvblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit - 12x15 cm. - Ribbed Candle - Beige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 50-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Home Kronljus 8-p Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Home Kronljus 30-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta, Crown candles 280x22 mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lidl, Crown candles 300x22mm, 6pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Crown candles 300x22mm, 4pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S-Invest, Crown candles 350x22mm, 4pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 10 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, antikljus, 20 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, antikljus, 50 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, kronljus, 10 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Migi, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, kronljus, 20 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papstar, antikljus, 8 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo, antikljus, 30 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, antikljus, 50 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit, kronljus, 10 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 8 st, 20cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Andaktsljus 13x215 mm 400-p utan tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 35x780 mm 15-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 39x220 mm 18-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 39x780 mm 15-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åhléns, kronljus, 20 st, 19-35 cm, färgade</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark, kronljus, 10 st, 19-35 cm, vita
+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Christina Antikljus 4-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 150-pack Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skånska Stearinljusfabriken, Andaktsljus, 12x200, 720-P, 13200-720</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0014, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skånska stearinljusfabriken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skånska Stearinljusfabriken, Kronljus, 24x200, 180-P, 24200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0014, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skånska stearinljusfabriken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kronelys 30 pak - 20 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kronelys 20 pak (1/2-pall) - 19 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Lykt och Lucialjus 6-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S-Invest, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, Crown candles 250x22mm, 24pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beson, Crown candles 350x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BE:son Gross</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, Crown candles 350x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven, Crown candles, 200x22 mm, 15pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, antikljus, 30 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åhléns, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, kronljus, 30 st, 25cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Andaktsljus, 540-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Spira 24x780 mm 40-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 48x300 mm 10-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 48x585 mm 12-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 50x400 mm 12-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus, 8-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, kronljus, 150 st, 19-35 cm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, kronljus, 8 st, 19-35 cm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Affari, kronljus, 30 st, 19-35 cm, färgade</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Affari of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, Crown candles, 190x22 mm, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, Crown candles, 250x22 mm, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, Crown candles, 250x22 mm, 8 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Christina Antikljus 4-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STEARIN KRONLJUS, 2,3x24 CM (Diana lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin Classic Ljus 4 st, Ø 22x280 mm (Åhléns), 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Kroneljus 100 % Stearin, Ø 22x250 mm, 8 stk., 117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Genomfärgade Stearin Kronljus, 2,3x24 cm (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kotikulta by Havi kruunukynttilä 10-pack, valkoinen tai väritön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plantagen Kalenderlys, 2,2 x 30 cm, farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plantagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 4 ST. LJUSBLÅ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI ANTIIKKI 4 ST. SYREN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI JUHLAKRUUNU 10-P   15x10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVI KRUUNU 10 ST. VIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kotikulta Havi Kruunukynttilä 10 ST. VIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen Kalenderlys, 6 x 30 cm, Farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen Stearin Kronelys, 2,2 x 29 cm, 4-PAK, Ufarvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IB Laursen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ferm Living Kalenderlys Stearin, 5 x 30 cm, farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ferm LIVING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene - 2,2x25 cm. - Stearin Kronelys - Dip Dye - PACK 2 - Farvet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stearin classic candle, white, 22x290 mm, 1 pcs. (BE:son Gross), 367</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY - Calendar Candle - Small - 6,8x15 cm. - Off White, Black &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ib Laursen - Stearin Kronelys - 2,2x29 cm. - 4-PAK - Stillenat - Farvet - Malva - Advent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stillenat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit - 2,2x27,5 cm. - Stearin Kronelys - White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GRANIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havi Juhlakruunu 24 cm 10-pack, valkoinen tai väritön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havi kruunu 20 cm 50-pack, valkoinen tai väritön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havi kruunu 20 cm  20-pack, valkoinen tai väritön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havi kruunu 20 cm 5-pack, valkoinen tai väritön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0004, 4088 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbox 156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>100% Stearinlys, 30 stk, Ø 22x200 mm (Refillsystem), 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ahlens Stearin classic, Ø 22x280 mm, 82</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronljus och antikljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, Crown candles 200x22mm, 150pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Gravlykta, 28h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 10 x 6,8 cm, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 15x6,8 cm, lilac 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 15 x 6,8 red cm, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S-Invest, Crown candles 350x22mm, 4pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åhléns, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark, kronljus, 30 st, 19-35 cm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natural Tealights, Geralda, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Festlys 100% stearin 3 x 39 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Fest bloklys 100% stearin 5 x 35 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Lykt och Lucialjus 6-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, kanalljus, 30 st, 20cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Andaktsljus, 540-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens S:t Erik 23x600 mm 40-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Wasa 30x250 mm 44-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 34x240 mm 33-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 50x400 mm 12-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Antikljus, 10-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, Crown candles, 200x22 mm, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, Crown candles, 250x22 mm, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 150-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR Blockljus, Stearin vit Ø68x180 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 664</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALINGSÅS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bergendahls, Blockljus 100x68 mm, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bergendahl's</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Gravlykta (röd), 28h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prisma 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>C-Light, Compostable Tealights, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA ljus till lykta, 3 pack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark, kronljus, 30 st, 19-35 cm, färgade</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Föreningsljuset, kronljus, 6 st, 19-35 cm, färgade
+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Föreningsljuset, kronljus, 6 st, 19-35 cm, vita
 </x:v>
@@ -5383,2638 +32470,686 @@
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin classic candle, white, 22x280 mm, 4pcs. (Ahlens), 262</x:v>
-[...2 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>Rapeseed tealights, unscented natural wax candles 4 hours, cups 39 mm/19 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Åhléns</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S-Invest, Crown candles 240x22mm, 10pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>inicio by be:son</x:v>
-[...13 lines deleted...]
-        <x:v>Rapeseed tealights, unscented natural wax candles 4 hours, cups 39 mm/19 mm</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GEKAS, Crown candles 350x22mm, 10pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Gekås Ullared</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ica Home, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kanalljus 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kupeljus 2-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, antikljus, 8 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, antikljus, 30 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Andaktsljus 13x165 mm 320-p Display utan tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 50 st, 19-35 cm, färgade</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 8-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 50-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Home Kronljus 8-p Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S-Invest, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin cylinder, white, Ø 50x150 mm (Tell me more), 313</x:v>
-[...2 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>Tingstad, Crown candles 200x22mm, 50pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tell Me More</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Crown candles 300x22mm, 4pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>ÖoB</x:v>
-[...13 lines deleted...]
-        <x:v>S-Invest, Crown candles 240x22mm, 10pcs</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven, Crown candles, 200x22 mm, 15pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v/>
+        <x:v>Runsven</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>GEKAS, Crown candles 350x22mm, 10pcs</x:v>
-[...2 lines deleted...]
-        <x:v>3088 0008</x:v>
+        <x:v>Formo, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Gekås Ullared</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Soft Style</x:v>
-[...13 lines deleted...]
-        <x:v>Ica Home, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo, antikljus, 30 st, 21-25 cm, vita och färgade.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>ICA Home</x:v>
+        <x:v>Formo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
-      </x:c>
-[...2302 lines deleted...]
-        <x:v>Dobele LV</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>POLAR C-light Värmeljus, 36 st (323061)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
@@ -8168,5358 +33303,1390 @@
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Affari of Sweden</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Burn - stearin bloklys, VIO Ljusfabrik AB, Ø: 70 x 150 mm m. 1-farvet tryk</x:v>
-[...2 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Rapeseed tealights, unscented natural wax candles 6 hours, cups 39 mm/24 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>VIO</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta, Crown candles, 190x22 mm, 48 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>VIO</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jabadabado candles, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Åhléns</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 10x6,8 cm, grey, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Coop</x:v>
-[...13 lines deleted...]
-        <x:v>Rapeseed tealights, unscented natural wax candles 6 hours, cups 39 mm/24 mm</x:v>
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prisma 4-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta, Tealights 100% rapessed wax candles 6 hours, 15 pcs.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Andaktsljus 13x215 mm 400-p utan tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Spira 26x870 mm 28-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Wasa 30x250 mm 30-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 48x585 mm 12-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus, 4-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus, 8-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, Crown candles, 350x22 mm, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Christina Antikljus 4-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR Blockljus Stearin, Ø68x150 mm, vita och färgade</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 664</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALINGSÅS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kronelys 30 pak - 20 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kronelys 20 pak - 20 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Fest bloklys 100% stearin 5 x 27,5 cm, 4 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kronelys 20 pak (1/2-pall) - 19 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Fest bloklys 100% stearin 5 x 20 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p Vit 50X350mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kanalljus 30-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kronelys 20 cm, 10 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, Crown candles 300x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, antikljus, 50 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papstar, antikljus, 8 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, antikljus, 50 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Home Kronljus 8-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Home Kronljus 30-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GEKAS, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gekås Ullared</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NBA, Crown candles 350x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Overdipped stearin cylinder, white, Ø6.7x10 cm (Lagerhaus), 301</x:v>
-[...2 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>Rusta, Crown candles 190x22mm, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Lagerhaus</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, Crown candles, 250x22 mm, 120pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Lagerhaus</x:v>
-[...16 lines deleted...]
-        <x:v>3088 0008</x:v>
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Inicio, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Rusta</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lagerhaus, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Lagerhaus</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Migi, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>BE:son Gross</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Coop</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio, kronljus, 20 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Rusta</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Inicio, antikljus, 8 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Vinding</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven, antikljus, 10 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Rusta</x:v>
-[...3007 lines deleted...]
-        <x:v>Delsbo Candle</x:v>
+        <x:v>Runsven</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
-      </x:c>
-[...1854 lines deleted...]
-        <x:v>Viljandi</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Graveyard candle, 28h</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
@@ -13577,4558 +34744,686 @@
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Balance - stearin bloklys, VIO Ljusfabrik AB, Ø: 70 x 150 mm m. 1-farvet tryk</x:v>
-[...2 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Natural Tealights, Geralda, 40 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>VIO</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven Blockljus 15x6,8 cm 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>VIO</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta värmeljus,  4 h, 39 mm/19 mm, Xst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rusta</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Baltic Candles Ltd</x:v>
-[...13 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 30-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Coop</x:v>
-[...16 lines deleted...]
-        <x:v>3088 0018</x:v>
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 1 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 8 st, 20cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Antikljus, 50-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 39x220 mm 18-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Christinaljus 8-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p Vit 50x200mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Julgransljus 20-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Geralda UAB</x:v>
-[...10 lines deleted...]
-        <x:v>Runsven Blockljus 15x6,8 cm 1 pcs</x:v>
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lidl, Crown candles 300x22mm, 6pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Lidl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beson, Crown candles 350x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BE:son Gross</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ica Home, kronljus, 1 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Runsven</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Mueller Fabryka Świec S.A.</x:v>
-[...13 lines deleted...]
-        <x:v>3088 0008</x:v>
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Inicio, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Rusta</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ica Home, antikljus, 30 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Balthasar</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kupéljus 4-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Balthasar</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0009, 5088 0009</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kupéljus 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Jysk</x:v>
-[...447 lines deleted...]
-        <x:v>Liljeholmens Stearinfabrik</x:v>
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabriks AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 905</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSKARSHAMN</x:v>
-      </x:c>
-[...3742 lines deleted...]
-        <x:v>Løgumkloster</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Tingstad, kronljus, 50 st, 19-35 cm, färgade
 </x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tingstad</x:v>
       </x:c>
@@ -18285,2606 +35580,622 @@
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Runsven</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>20 Tealights in clear cups (Värmeljus),  Ø 38 x 21 mm, ufarvet, 20 stk.</x:v>
-[...2 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>ICA ljus till lykta, röda, 3 pack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>DK International Interior</x:v>
-[...16 lines deleted...]
-        <x:v>3088 0018</x:v>
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Extra Crown candles, 190x22 mm, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>ICA</x:v>
-[...13 lines deleted...]
-        <x:v>Coop Extra Crown candles, 190x22 mm, 30 pcs</x:v>
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kanallys 20 pak hvid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Fest bloklys 100% stearin 5 x 27,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p med färg 50x200 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kanalljus 12-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus Långa 30-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, antikljus, 20 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, kronljus, 10 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papstar, antikljus, 30 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kanalljus, 30 st, 20cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 35x470 mm 18-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 41x350 mm 18-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 45x300 mm 10-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Christinaljus, 8-p med färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 50 st, 19-35 cm, vita </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Graveyard candle with lid +/- 33h</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Coop</x:v>
+        <x:v>Mueller Kerzen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
-      </x:c>
-[...2462 lines deleted...]
-        <x:v>Løgumkloster</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Tingstad, kronljus, 150 st, 19-35 cm, färgade
 </x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tingstad</x:v>
       </x:c>
@@ -20943,4014 +36254,846 @@
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Liljeholmens Stearinfabriks AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 905</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSKARSHAMN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin cylinder, white, Ø 40x150 mm (Tell me more), 312</x:v>
-[...2 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>Dollarstore pressed stearin pillar 15 x 6,8 cm, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tell Me More</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronljus 8-p Vit  Kirrat och Klart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>VIO</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>Kirrat och klart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Compo oil +/- 48h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NBA, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>East Import, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, Crown candles 250x22mm, 24pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beson, Crown candles 280x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>BE:son Gross</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Baltic Candles Ltd</x:v>
-[...13 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beson, Crown candles 280x22mm, 12pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tine K Home</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>BE:son Gross</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven, Crown candles 350x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Søstrene Grene</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åhléns, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Bloomingville</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa, kronljus, 10 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Vinding</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens S:t Erik 21x400 mm 40-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Vinding</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 42x500 mm 10-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Søstrene Grene</x:v>
-[...16 lines deleted...]
-        <x:v>4088 0017</x:v>
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 50x200 mm 16-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR värmeljus Ø38x24, 40 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 664</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALINGSÅS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 20-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Antikljus 30-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 40-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 20 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Crown candles 200x22mm, 10pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beson, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BE:son Gross</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta, Crown candles 280x22 mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Rusta</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Hansa Candle AS</x:v>
-[...13 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mueller Kerzen, Crown candles 350x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>ferm LIVING</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ica Home, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>ferm LIVING</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>POLAR Lyktljus, 3 pack (323063)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Candles MODA for your home</x:v>
-[...350 lines deleted...]
-      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Mueller Fabryka Świec S.A.</x:v>
-[...3070 lines deleted...]
-      <x:c t="str">
         <x:v>Geralda UAB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kretingos st 43</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kartena</x:v>
-      </x:c>
-[...126 lines deleted...]
-        <x:v>Viljandi</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Ica Basic, antikljus, 10 st, 21-25 cm, färgade
 </x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA Basic</x:v>
       </x:c>
@@ -25106,4046 +37249,974 @@
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Abstrakt - stearin bloklys, VIO Ljusfabrik AB, Ø: 70 x 150 mm m. 1-farvet tryk</x:v>
-[...2 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Rusta värmeljus, 6 h, 39 mm/24 mm, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>VIO</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bergendahls, Blockljus 150x68 mm 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>inicio by be:son</x:v>
-[...13 lines deleted...]
-        <x:v>Rusta värmeljus, 6 h, 39 mm/24 mm, 15 pcs</x:v>
+        <x:v>Bergendahl's</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 15x6,8 cm, grey, 1 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Rusta</x:v>
+        <x:v>Dollarstore</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin groved cylinder, 100% stearin, colored, Ø57x100 mm (Lagerhaus), 321</x:v>
-[...2 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>ASP-HOLMBLAD Festlys 100% stearin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Lagerhaus</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Birgittaljus 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tine K Home</x:v>
-[...13 lines deleted...]
-        <x:v>Bergendahls, Blockljus 150x68 mm 1 pcs</x:v>
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p med färg 50x120 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Julgransljus 20-p Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus Korta 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Lampettljus 4-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, Crown candles 190x22mm, 40pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Bergendahl's</x:v>
+        <x:v>Clas Ohlson</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Plantagen Kalenderlys, 2,2 x 30 cm, farvet</x:v>
-[...2 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Delsbo Candle, kronljus, 10 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Plantagen</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 40 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tell Me More</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, kronljus, 8 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tell Me More</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, kronljus, 20 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Vinding</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, kronljus, 30 st, 25cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>IB Laursen</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papstar, kanalljus, 4 st, 20cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Hemtex</x:v>
-[...16 lines deleted...]
-        <x:v>4088 0017</x:v>
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Spira 24x780 mm 40-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Rusta</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 39x780 mm 15-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>ferm LIVING</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 50x400 mm 12-p (borrat)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Hemtex</x:v>
-[...13 lines deleted...]
-        <x:v>Dollarstore pressed stearin pillar 15x6,8 cm, grey, 1 pcs</x:v>
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, Crown candles, 250x22 mm, 8 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Dollarstore</x:v>
+        <x:v>Duni</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mueller Fabryka Świec S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biały Bór 211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grudziadz</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Søstrene Grene - Stearin Kronelys - 2,2x25 cm. - 6-PAK - Farvet</x:v>
-[...2 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Liljeholmens Christina Antikljus 4-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Søstrene Grene</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runsven, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Mio</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v>Runsven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lagerhaus, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Balthasar</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Varumaerkesgrossisten, Crown candles 200x22mm, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Balthasar</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0002</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lidl, Crown candles 190x22mm, 10pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Lagerhaus</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Lidl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åhléns, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Søstrene Grene</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad, antikljus, 50 st, 21-25 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Søstrene Grene</x:v>
-[...16 lines deleted...]
-        <x:v>5088 0010, 5088 0009</x:v>
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granit, kronljus, 10 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Søstrene Grene</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Hansa Candle AS</x:v>
-[...638 lines deleted...]
-      <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
-      </x:c>
-[...2462 lines deleted...]
-        <x:v>Dobele LV</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Ica Basic, antikljus, 10 st, 21-25 cm, vita</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3088 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA Basic</x:v>
       </x:c>
       <x:c t="str">
@@ -29235,3610 +38306,2458 @@
       </x:c>
       <x:c t="str">
         <x:v>Stearinljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo Candle AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredriksfors 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delsbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Light - stearin bloklys, VIO Ljusfabrik AB, Ø: 70 x 150 mm m. 1-farvet tryk</x:v>
+        <x:v>Dollarstore pressed stearin pillar 10x6,8 cm, lilac 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore pressed stearin pillar 10x6,8 cm red, 1 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Sofia Antikljus 4-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kronelys 20 pak - 24 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Kronelys 50 pak - 20 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p Vit 50x120mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Gilleljus 1-p Vit 50x275mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kupeljus 2-p Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, Crown candles 350x22mm, 8pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, kronljus, 30 st, 19-35 cm, vita och färgade.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle, kronljus, 30 st, 25 cm Ø24mm, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredriksfors 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASP-HOLMBLAD Advents Fest bloklys med spyd 5 x 20 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASP-Holmblad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 35x780 mm 15-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Wasa 32x500 mm 21-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 38x500 mm 12-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Altarljus 48x300 mm 10-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni, Crown candles, 190x22 mm, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore, Kronjlus, 350x22 mm, 8 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liljeholmens Kronljus 150-pack Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0003, 3088 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmens Stearinfabriks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSKARSHAMN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR Blockljus Stearin, Ø68x100 mm, vita och färgade</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stearinljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 664</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALINGSÅS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tealights, 3,8 x 3,8 cm, colored, 18 pcs (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rapeseed tealights, unscented natural wax candles 4 hours, cups 39 mm/19 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR värmeljus Ø38x24, 40 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 664</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALINGSÅS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta, Tealights 100% rapessed wax candles 6 hours, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tealights, 3,8 x 2,4 cm, colored, 27 pcs (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Candles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diana Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kertevej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Delsbo Candle Värmeljus, 40 stk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5088 0010, 5088 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>VIO</x:v>
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delsbo Candle</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster Lys A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hedevej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin bloklys støbt, VIO Ljusfabrik AB, Ø: 70 x 100 mm, ufarvet</x:v>
+        <x:v>MAXI Tealight Hansa from Nature  9 h  6 pcs PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>inicio by be:son Värmeljus 100% Stearin, Ø 70x100 (white-129, coloured-144)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Värmeljus 100 % stearin, Ø 38x21 mm 25 st, (ICA Selection), 167</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Selection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Selection Värmeljus, 100% stearin, Ø38x21mm, farvet, 15 stk. (ICA Sverige), 139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Selection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tealight KOTIKULTA 8 h 50 pcs PC, Tealight Hansa Natural 8h PC 50 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Värmeljus 100% Stearin Ø 38x21 mm 20-pack, 153</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Tealight 6h 50 pcs 100% Vegetable Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Tealight 9h 6 pcs 100 % Vegetable Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo Värmeljus AV Rapswax Brinntid 6h 50. st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tealight Fixa 6 h 27 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>POLAR Lyktljus, 3 pack (323063)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA ljus till lykta, röda, 3 pack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Värmeljus Rusta 6h PC cup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta värmeljus, 6 h, 39 mm/24 mm, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>POLAR C-light Värmeljus, 18 st (323062)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natural Tealights, Geralda, 40 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta värmeljus,  4 h, 39 mm/19 mm, Xst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fyrfadslys by Løgum Kloster Lys est. 1970, 40 stk.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5088 0010, 5088 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>VIO</x:v>
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster Lys A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hedevej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Løgumkloster</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin cylinder, white, Ø 40x100 mm (Tell me more), 311</x:v>
+        <x:v>Telys 100 % stearin Ø 38x24 mm 15 st, (RUSTA), 113</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5088 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Tell Me More</x:v>
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baltic Candles Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Uzvaras iela 22A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dobele LV</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>inicio by be:son Värmeljus 100% Stearin, Ø 38x21, 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tea lights Ø38x21 mm 100% stearin, 50 pcs., 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>inicio by be:son Värmeljus 100% Stearin, Ø 100x250, 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>INICIO Värmeljus Raps wax 50 p 6h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4088 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa Candle AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vabriku 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>20 Tealights in clear cups (Värmeljus),  Ø 38 x 21 mm, ufarvet, 20 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK International Interior</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Lyktjljus av rapsvax ca 40h</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4088 0017</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
+        <x:v>Värmeljus </x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fixa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hansa Candle AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vabriku 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viljandi</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PILLAR 7x15 Candle Stearin FIXA</x:v>
+        <x:v>6 Ljus, naturell, 25h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2088 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Korona Candles Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Fabryczna 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wieluń</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene - Värmeljus - 6 timmar- 15 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Velora, Värmeljus 30 pack, brinntid 6h, Vit stearin, plastkopp (Mio AB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rapeseed tealights, unscented natural wax candles 6 hours, cups 39 mm/24 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mueller Fabryka Świec S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biały Bór 211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grudziadz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lys i glas, ufarvet m. 2 stk. refill by Løgum Kloster Lys est. 1970</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>inicio by be:son Värmeljus 100% Stearin, Ø 70x120 (white-130, coloured-145)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>inicio by be:son Värmeljus 100% Stearin, Ø 70x250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baltic Candles Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uzvaras iela 22A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dobele LV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Värmerljus HANSA from Nature 6 h 50 st.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4088 0017</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Fixa</x:v>
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hansa Candle AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vabriku 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viljandi</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin classic candle, groved, colored, 22x280 mm, (Lagerhaus), 317</x:v>
+        <x:v>C-Light, Compostable Tealights, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>inicio by be:son Värmeljus 100% Stearin, Ø 70x200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5088 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Lagerhaus</x:v>
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baltic Candles Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Uzvaras iela 22A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dobele LV</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dinner candles, white, 22x190 mm, 20 pcs. (RUSTA), 333</x:v>
+        <x:v>inicio by be:son Värmeljus 100% Stearin, Ø 100x200, 132</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5088 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Rusta</x:v>
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baltic Candles Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Uzvaras iela 22A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dobele LV</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rusta Pillar Candle 7x9 Red Stearin</x:v>
+        <x:v>Teljus I Klar Kopp, 50 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK International Interior</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tealight HANSA from Nature 4 h 50 pcs PC</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4088 0017</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Rusta</x:v>
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hansa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hansa Candle AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vabriku 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viljandi</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rusta Pillar Candle 7x18 White Stearin</x:v>
+        <x:v>Tine K Home, Tea Lights, 20 pcs, 3,8 x 2,1 cm, white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tine K Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TEALIGHT 8h PC cup "Kotikulta" 40-pack SWAN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4088 0017</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Rusta</x:v>
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hansa Candle AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vabriku 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viljandi</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stearin classic candle, grooved, colored, 4 pcs, 22x240 mm, (Tradeway), 349</x:v>
+        <x:v>Bolsius crystal lights, Box 24 pieces, Art.nr. 103630523800</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2088 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bolsius</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bolsius International BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkendijk 126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Schijndel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene - Tealights - Rapeseed Wax - 4-PACK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA ljus till lykta, 3 pack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>POLAR C-light Värmeljus, 36 st (323061)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natural Tealights, Geralda, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3088 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Geralda UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kretingos st 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kartena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maxi Fyrfadslys by Løgum Kloster Lys est. 1970, 4 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0010, 5088 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster Lys A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hedevej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Løgumkloster</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>inicio by be:son Värmeljus 100% Stearin, Ø 70x150 (white-131, coloured- 146)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5088 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
-[...8 lines deleted...]
-        <x:v>Candles MODA for your home</x:v>
+        <x:v>Värmeljus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>088 Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>inicio by be:son</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baltic Candles Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Uzvaras iela 22A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dobele LV</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kid/Hemtex Stearin Kronelys, 2,2x29 cm, ufarvet</x:v>
-[...1384 lines deleted...]
-        <x:v>Stearinljus</x:v>
+        <x:v>Tealights, 3,8 x 2,4 cm, white, 27 pcs (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diana Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diana Lys A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kertevej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Højslev</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OVERDYPPEDE STEARIN KRONLJUS, 2,3x30 cm (Diana lys)</x:v>
-[...8 lines deleted...]
-        <x:v>Stearinljus</x:v>
+        <x:v>Tealights, 3,8 x 3,8 cm, white, 18 pcs (Diana Lys)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5088 0013, 5088 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmeljus </x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diana Candles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diana Lys A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kertevej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Højslev</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>STEARIN BLOCKLJUS, FLAD TOP, Ø 6 CM (Diana lys)</x:v>
-[...415 lines deleted...]
-        <x:v>Kroonkaarsen/Crown candles/Krone Kerzen/Bougies Couronne/Swieca Korona 240 mm / 24 mm wit (doos 24 stuks)</x:v>
+        <x:v>Bolsius crystal maxi lights, Box 12 pieces, Art.nr. 103631032500</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2088 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stearinljus</x:v>
+        <x:v>Värmeljus </x:v>
       </x:c>
       <x:c t="str">
         <x:v>088 Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bolsius</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bolsius International BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kerkendijk 126</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Schijndel</x:v>
-      </x:c>
-[...1374 lines deleted...]
-        <x:v>Løgumkloster</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>