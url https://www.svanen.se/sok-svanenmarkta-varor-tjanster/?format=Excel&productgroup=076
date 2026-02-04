--- v0 (2025-12-17)
+++ v1 (2026-02-04)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2344df5dc932448b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R377b45b6fa694a31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R1d2f14dfedfd4498"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="Re4d54c73289542d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1d2f14dfedfd4498" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re4d54c73289542d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
@@ -516,238 +516,238 @@
       </x:c>
       <x:c t="str">
         <x:v>Städtjänst</x:v>
       </x:c>
       <x:c t="str">
         <x:v>076 Städtjänster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>A Rengörarna i Sörmland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>A Rengörarna i Sörmland AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blommenhovsvägen 22B</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nyköping</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Städpulsen AB, Lokalvård inklusive golvvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3076 0026, 3076 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Städtjänst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>076 Städtjänster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Städpulsen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Städpulsen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turebergsvägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SOLLENTUNA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>mm Easy AB, Lokalvård inklusive golvvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3076 0085</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Städtjänst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>076 Städtjänster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>mmEasy AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Betongvägen 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PMI Clean AB, Lokalvård inklusive golvvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3076 0155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Städtjänst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>076 Städtjänster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PMI Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PMI Clean AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flygfältsgatan 4 B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skarpnäck</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Compass Group AB, Lokalvård inklusive golvvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3076 0160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Städtjänst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>076 Städtjänster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Compass Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Compass Group AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Evenemangsgatan 2C, plan7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coor ILV AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3076 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Städtjänst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>076 Städtjänster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coor Service Management</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Knarrarnäsgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kista</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Forenede Service AB, Lokalvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3076 0174</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Städtjänst</x:v>
       </x:c>
       <x:c t="str">
         <x:v>076 Städtjänster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Forenede Service AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Höjdrodergatan 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Malmö</x:v>
-      </x:c>
-[...158 lines deleted...]
-        <x:v>Kista</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Rengörare Näslund AB, Lokalvård inklusive golvvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3076 0044, 3076 0044</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Städtjänst</x:v>
       </x:c>
       <x:c t="str">
         <x:v>076 Städtjänster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rengörare Näslund</x:v>
       </x:c>
       <x:c t="str">