--- v0 (2025-12-16)
+++ v1 (2026-03-17)
@@ -1,8509 +1,1565 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R966c62bd3d0e4830" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12db6d5e314840ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R5c59e5dff2b343db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="produkter" sheetId="1" r:id="Rc4093669cf684f13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c59e5dff2b343db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc4093669cf684f13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Varumärke</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensinnehavare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ort</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Greenspot Tempera Ready Mix, 10 x 50 ml</x:v>
-[...26 lines deleted...]
-        <x:v>Ebeltoft</x:v>
+        <x:v>Creall® Eco color Primary blue, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall Eco color White 500ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml orange (70642224)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml primary blue (70642255)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml purple (807751)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Peach, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Light brown, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Violet, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Dark brown, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml primary red (70642235)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall Eco color grey 500ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml dark blue (70642254)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Ochre, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Primary red, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml green (807754)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml black (807756)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Light yellow, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml red (70642234)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml orange (807748)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Turquoise, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml white (70642201)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Creall® Eco color Primary yellow, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobbyfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml green (70642264)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml primary blue (807752)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Dark red, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Royal blue, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Black, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Dark blue, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Dark green, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Orange, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml primary yellow (70642215)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml beige (70642229)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml primary red (807749)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml hot pink (807750)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Dark yellow, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml violet (70642244)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall Eco color Cyclamen 500ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Creall® Eco color Mid green, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobbyfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>4</x:v>
-[...1186 lines deleted...]
-        <x:v>Søstrene Grene</x:v>
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall Eco color pink 500ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Light red, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml turquoise (807753)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml white (807746)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml brown (807755)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml primary yellow (807747)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Creall® Eco color Light green, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobbyfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>4</x:v>
-[...7147 lines deleted...]
-        <x:v>Hellerup</x:v>
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml brown (70642274)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml black (70642284)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>