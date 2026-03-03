--- v0 (2025-12-19)
+++ v1 (2026-03-03)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48032f1aa0454e2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf30e8606bd2e489e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="Rdff72e2b74614af3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="produkter" sheetId="1" r:id="R284a9946bfab43d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdff72e2b74614af3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R284a9946bfab43d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
@@ -1124,50 +1124,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Allpapper Lind</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Johans väg 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Landvetter</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Fixa Baking paper 38cm x 30m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>QuickPack Haushalt + Hygiene GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosine-Starz-Strasse 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>ABENA Brand International Bagepapir, 42 x 38 cm, 18 ark (1000022865)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5049 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rul-Let A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søstvej 13</x:v>
@@ -1252,50 +1284,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rul-Let A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søstvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Fixa Baking paper sheets  24 Blatt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>QuickPack Haushalt + Hygiene GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosine-Starz-Strasse 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Rusta Bakplåtspapper 42 x 33 cm, 18 sheets, Unbleached, BAKE IT, WRAP IT (11615)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5049 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rusta</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rul-Let A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søstvej 13</x:v>
@@ -1376,50 +1440,114 @@
         <x:v>5049 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rul-Let A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søstvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LeChef 30er sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>QuickPack Haushalt + Hygiene GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosine-Starz-Strasse 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado Baking paper sheets 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>QuickPack Haushalt + Hygiene GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosine-Starz-Strasse 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renningen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>CaterLine Bagepapir, 40 x 60 cm, 500 ark (11559)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5049 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena</x:v>
       </x:c>
       <x:c t="str">