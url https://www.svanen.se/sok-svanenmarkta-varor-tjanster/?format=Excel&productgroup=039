--- v0 (2025-12-18)
+++ v1 (2026-02-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdd103a2a4c44a6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8cd0ac393c4fc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R5a77fa85c82c4f6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R41bb916325e84a7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5a77fa85c82c4f6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R41bb916325e84a7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
@@ -292,50 +292,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Tillverkningslicens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>039 Tillverkning av textilier, hudar/skinn och läder</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DYKON</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dykon A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kongsbjerg 15</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lunderskov</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Manufacturing licence for Norvigroup, Vamdrup, Denmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2039 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tillverkningslicens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>039 Tillverkning av textilier, hudar/skinn och läder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Manufacturing licence for ACS Towel, Narayangonj, Bangladesh</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2039 0079</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tillverkningslicens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>039 Tillverkning av textilier, hudar/skinn och läder</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>ACS Towel Limited</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tetlabo, Rupgonj</x:v>
@@ -356,302 +388,238 @@
       </x:c>
       <x:c t="str">
         <x:v>Tillverkningslicens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>039 Tillverkning av textilier, hudar/skinn och läder</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Devold AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>O.A. Devold-vegen 16</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Langevåg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Manufacturing licence for Norvigroup, Vamdrup, Denmark</x:v>
-[...2 lines deleted...]
-        <x:v>2039 0054</x:v>
+        <x:v>Manufacturing licence for Nishat Mills, Lahore, Pakistan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2039 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tillverkningslicens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>039 Tillverkning av textilier, hudar/skinn och läder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nishat Mills Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>05Km East Hudiara Drain, Off 22 KM Ferozepur Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahore</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Manufacturing of textiles, Faisal Spinning Mills Ltd. (Home Division)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3039 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tillverkningslicens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>039 Tillverkning av textilier, hudar/skinn och läder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Faisal Spinning Mills Ltd. (Home Division)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1,7 KM Warburton Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sheikhupura</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Manufacturing licence for Dilling A/S, Herning, Denmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5039 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tillverkningslicens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>039 Tillverkning av textilier, hudar/skinn och läder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Manufacturing licence for Norilia, Oslo, Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2039 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tillverkningslicens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>039 Tillverkning av textilier, hudar/skinn och läder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norilia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 360 Økern</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Manufacturing licence for Norvigroup Norway, Mysen, Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2039 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tillverkningslicens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>039 Tillverkning av textilier, hudar/skinn och läder</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Norvigroup Norsk Dun AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mysen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Manufacturing licence for Nishat Mills, Lahore, Pakistan</x:v>
-[...158 lines deleted...]
-      <x:c t="str">
         <x:v>Manufacturing License for JK Spinning Mills Limited, Pakistan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3039 0106</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tillverkningslicens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>039 Tillverkning av textilier, hudar/skinn och läder</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>JK Spinning Mills Limited</x:v>
       </x:c>
       <x:c t="str">
         <x:v>29 KM Sheikhupura Road Khurrianwala Faisalabad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Faisalabad</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Mysen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Manufacturing licence for The Crescent Textile Mills Limited, Faisalabad, Pakistan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2039 0038</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tillverkningslicens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>039 Tillverkning av textilier, hudar/skinn och läder</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">