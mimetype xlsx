--- v0 (2025-12-14)
+++ v1 (2026-03-12)
@@ -1,118 +1,246 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fc8ebe6acdc4bfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9e96ff56abd44e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R1129c7dcb79c41ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="produkter" sheetId="1" r:id="R9cbf30ea5ca64413"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1129c7dcb79c41ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9cbf30ea5ca64413" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Varumärke</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensinnehavare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ort</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 60 grader glatt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bitus värmebehandlad furu 212 grader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3086 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bitus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stora Torget 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vimmerby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x142 mm terrasse glatt med sidespor 2,4 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OrganoWood NOWA panelvirke</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3086 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OrganoWood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Organowood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linjalvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Täby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Heatwood Thermowood-D Gran</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3086 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hållbart virke för utomhusbruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heatwood</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heatwood AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lundvägen 78</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forsa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kebony Clear Radiata 22x142 mm terrasse glatt med sidespor 2,4 meters lengde</x:v>
+        <x:v>Kebony Clear Radiata19x120 mm dobbelfals kledning 90 grader glatt m/spor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2086 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hållbart virke för utomhusbruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kebony</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kebony Belgium NV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ketenislaan, Haven 2</x:v>
       </x:c>
@@ -132,2458 +260,2330 @@
       </x:c>
       <x:c t="str">
         <x:v>Hållbart virke för utomhusbruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kebony</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kebony Belgium NV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ketenislaan, Haven 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kallo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 60 grader glatt</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 60 grader glatt 3,0 meters lengde</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2086 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hållbart virke för utomhusbruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kebony</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kebony Belgium NV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ketenislaan, Haven 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kallo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kebony Clear Radiata19x120 mm dobbelfals kledning 90 grader glatt m/spor</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 90 grader glatt med spor 4,2 meters lengde</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2086 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hållbart virke för utomhusbruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kebony</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kebony Belgium NV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ketenislaan, Haven 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kallo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bitus värmebehandlad furu 212 grader</x:v>
+        <x:v>Kebony Clear Radiata 22x142 terrassebord glatt med sidespor 3,0 meter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x142 terrassebord glatt med sidespor 4,2 meter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x110 mm rektangulær kledning 3,6 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x142 mm terrasse glatt 5,4 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thermory spruce</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4086 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thermory</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thermory AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lõõtsa 1a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallinn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 90 grader glatt 3,0 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kärävä Thermowood-D mänty/pine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4086 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärävä Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jasperintie 297</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lunawood Thermowood-D Spruce</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4086 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunawood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Lunawood Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Asemantie 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iisalmi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x142 mm terrassebord glatt med sidepor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x142 terrassebord glatt 3,0 meter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clera Radiata 19x110 mm rektangulær kledning 3 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 60 grader glatt m/spor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kärävä Thermowood-D kuusi/spruce</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4086 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärävä Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jasperintie 297</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Woodify Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3086 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodify</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bäckegårds List AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hestravägen 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Burseryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x142 mm terasse glatt med sidespor 5,4 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 90 grader glatt 3,6 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 38x68 mm rekke 4,8 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x142 mm terrassebord glatt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 90 grader glatt med spor 3,6 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moelven Thermowood (pine)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5086 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moelven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frøslev Træ A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jens P. L. Petersens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Padborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x120 mm terrassebord glatt med sidespor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 38x140 mm bryggedekke R 3,175 3,0 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bitus Brandskydd Thermo Furu</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3086 0014</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hållbart virke för utomhusbruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Bitus AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stora Torget 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vimmerby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OrganoWood NOWA panelvirke</x:v>
+        <x:v>Kebony Clear Radiata 36x68 mm rekke 4,2 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x120 mm terrassebord glatt med spor sidespor 3,0 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moelven Thermowood (spruce)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5086 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moelven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frøslev Træ A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jens P. L. Petersens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Padborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 90 grader glatt med spor 3,0 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 60 grader glatt 3,6 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 90 grader glatt 4,2 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 60 grader glatt 4,8 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Cear Radiata 22x120 mm terrassebord glatt med sidespor i 3,6 meters lengder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Radiata 22x120 mm terrassebord glatt med sidespor 4,8 meters lengder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x142 terrassebord glatt med sidespor 3,6 meter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 60 grader glatt med spor 3,0 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Accoya® Radiata Pine, grade A2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3086 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Accoya</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Accsys Technologies PLC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbus 2147</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arnhem</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x142 terrassebord glatt med sidespor 4,8 meter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x142 mm terrasse glatt 2,4 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x142 terrassebord glatt 3,6 meter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x142 mm terrassebord glatt 2,7 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x110 mm rektangulær kledning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 60 grader glatt med spor 4,8 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Accoya® Radiata Pine, grade A1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3086 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Accoya</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Accsys Technologies PLC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbus 2147</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arnhem</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear (SYP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnevegen 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 60 grader glatt med spor 3,6 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 90 grader glatt med spor 4,8 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 38x140 mm bryggedekk R 3,175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 38x140 mm bryggedekke R 3,175 4,2 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 38x140 mm bryggedekke R 3,175 4,8 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thermory pine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4086 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thermory</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thermory AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lõõtsa 1a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallinn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Cleaer Radiata 22x142 mm terrassebord glatt med sidespor 2,7 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pine Thermo-D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4086 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SWM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SWM-Wood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pursialankatu 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mikkeli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 90 grader glatt 4,8 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OrganoWood NOWA trallvirke</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3086 0016</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hållbart virke för utomhusbruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OrganoWood</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Organowood</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linjalvägen 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Täby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Thermory spruce</x:v>
-[...223 lines deleted...]
-        <x:v>Lunawood Thermowood-D Spruce</x:v>
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 90 grader glatt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 38x140 mm bryggedekke R 3,175 3,6 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear (Radiata)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnevegen 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear (Lönn)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnevegen 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heatwood Thermowood-D Furu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3086 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heatwood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heatwood AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lundvägen 78</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forsa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Accoya® Radiata Pine, grade B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3086 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Accoya</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Accsys Technologies PLC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postbus 2147</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arnhem</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x110 mm rektangulær kledning 4,8 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x142 terrassebord glatt 4,8 meter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Character (Furu)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnevegen 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OrganoWood NOWA reglar, stolpar, ribba</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3086 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OrganoWood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Organowood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linjalvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Täby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spruce Thermo-D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4086 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SWM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SWM-Wood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pursialankatu 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mikkeli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 38x68 mm rekke</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony clear Radiata 19x120 mm dobbelfals kledning 60 grader glatt 4,2 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x120 mm terrassebord glatt med sidespor 4,2 meters lengder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 60 grader glatt med spor 4,2 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 22x142 terrassebord glatt 4,2 meter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hållbart virke för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lunawood Thermowood-D Pine</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4086 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hållbart virke för utomhusbruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>086 Hållbart/beständigt trä för utomhusbruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lunawood</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oy Lunawood Ltd.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Asemantie 52</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Iisalmi</x:v>
-      </x:c>
-[...1982 lines deleted...]
-        <x:v>Täby</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>