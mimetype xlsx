--- v0 (2026-02-05)
+++ v1 (2026-03-27)
@@ -1,9942 +1,10454 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f6390ddf08f4b4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44e7e2e859e74468" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R8b2e1e8ff4274121"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="produkter" sheetId="1" r:id="R915a32b6836d4d76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8b2e1e8ff4274121" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R915a32b6836d4d76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Varumärke</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensinnehavare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ort</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Effekt Fläckborttagare, 750g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4006 0162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri Industries AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voldi tee 9, Tabivere</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tartu County</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vanish Oxi Action Fläckborttagare (White), 1400 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0135, 5006 0135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vanish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vanish Oxi Action Fläckborttagare (Pink), 470 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0135, 5006 0135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vanish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fläckborttagning Rainbow, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4006 0162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rainbow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri Industries AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voldi tee 9, Tabivere</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tartu County</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vanish Oxi Action Fläckborttagare (Pink), 440 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0135, 5006 0135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vanish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vanish Oxi Action 0% Fläckborttagare, 440 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0135, 5006 0135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vanish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Fläckborttagning, 350 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2006 0161</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Stain Active 5 Stain Remover, White Clothes, 465 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0029, 3006 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vanish Oxi Action 0% fläckborttagare, 1320 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0135, 5006 0135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vanish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vanish Oxi Action Fläckborttagare (Pink), 940 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0135, 5006 0135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vanish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vanish Oxi Action Fläckborttagare (White), 470 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0135, 5006 0135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vanish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Vanish Oxi Action Fläckborttagare (White), 940 g</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5006 0135, 5006 0135</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vanish</x:v>
       </x:c>
       <x:c t="str">
         <x:v>RB Hygiene Home Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vandtårnsvej 83A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vanish Oxi Action 0% fläckborttagare, 1320 g</x:v>
+        <x:v>A+ Stain Active 5 Stain Remover, Colored Clothes, 465 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0029, 3006 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vanish Oxi Action Fläckborttagare (Pink), 1500 g</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5006 0135, 5006 0135</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vanish</x:v>
       </x:c>
       <x:c t="str">
         <x:v>RB Hygiene Home Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vandtårnsvej 83A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Effekt Fläckborttagare, 750g</x:v>
+        <x:v>Vanish Oxi Action Fläckborttagare (Pink), 1400 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0135, 5006 0135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vanish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Active 5 Stain Remover, White and Colour, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COOP Fläck-Borttagning pluver, 500g</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4006 0162</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri Industries AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voldi tee 9, Tabivere</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tartu County</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VIA Professional Color, 8,32 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Kulörtvätt Parfymerad, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Colour Concentrated, 1040 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Kulör- &amp; Vittvätt Parfymfri, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Sensitive, 1,75 l (kartong)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIXA Flytande Tvättmedel Color Sensitive, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Colour, 1250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rekolex Color, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekolex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemvit Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bastintie 303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alaveteli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Kulörtvätt, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Essential Swan, 2734 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0029, 3006 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Sensitive Colour, 880 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Cherry Blossom, 1,2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Enyo Color, 8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ENYO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Kulörtvätt Parfymfri, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formil Ultra Plus Kulörtvättmedel, 1,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Vit tvätt pulver, 1,12 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2006 0165, 2006 0165</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Color Wash, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Kulörtvätt, 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro White Textile 6,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4006 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Laundry powder Activa ColorWash (Hygienteknik), 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4006 0162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri Industries AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voldi tee 9, Tabivere</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tartu County</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Vittvätt, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASKO Liquid White Detergent, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASKO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Kulör Tvätt, 1,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perfect Kulörtvätt Sensitive, 8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
+        <x:v>Kemvit Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bastintie 303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alaveteli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Lindblomma, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ White Active 4 Caps, 364 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Handtvätt, 750 ml (kartong)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rekolex Color, 8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekolex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemvit Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bastintie 303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alaveteli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecover Universaltvättmedel ZERO%, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0182</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecover (UK) Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Ministry of Clean, SC Johnson, Frimley Green Road,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camberley</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASKO Liquid Color Detergent, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASKO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Kulörtvätt Parfymerad, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dreft Sensitive Colour, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dreft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Waves Ultra Plus White, 1,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Waves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecolab Triplex Clean M, 7.5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIXA TVÄTTMEDEL COLOR SENSITIVE, 1,9 KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Fintvätt, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Silkline Hvid vask, 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0168</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Senzora B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Munsterstraat 2a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EV Deventer</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Lindblomma, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Parfymfri, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formil Ultra Plus Kulörtvättmedel, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Colour Swan, 1500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Kulörtvätt, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Kulör Tvätt Parfymfri, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt, 2 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Sensitive Color Vaskemiddel, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Kulör- &amp; Vittvätt Morgonsol, 800 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ White, 1600 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fiber Detergent, wash for synthetic duvets and pillows, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0183</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SixFive Beauty Nordic ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fynsvej 9-11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Enter Nya Optimalserien Allergitvätt, 600 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Washing Powder Color, 4,3 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formil Ultra Plus Vittvättmedel, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Enter Nya Optimalserien Vittvätt, 600 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Colour, 700 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Colour, 700 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0029, 3006 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Essential Colour, 3,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0029, 3006 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral White Concentrated, 1040 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Enyo Sensitive, 8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ENYO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Flytande Sport tvättmedel, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Colour Textile 8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4006 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral White, 700 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Kulörtvätt, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Kulörtvätt Parfymfri, 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Professional Colour Sensitive, 8,55 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Black &amp; Darks, 880 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tvättmästarn Kulörtvättmedel, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Colour, 2200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Kulör Tvätt Parfymfri, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tvättex Flytande Tvättmedel Parfymerat, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Parfymfri Kulörtvätt, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Enter Nya Optimalserien Allergitvätt, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Sun Eco Base Textiltvättmedel, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0171</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIXA TVÄTTMEDEL WHITE, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Kulör &amp; Vittvätt Nyponros, Refill, 800 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Vittvätt Parfymerad, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIXA TVÄTTMEDEL WHITE SENSITIVE, 1,9 KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Waves Sensitive Universal 1 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Waves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIXA TVÄTTMEDEL WHITE, 1,9 KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIXA TVÄTTMEDEL COLOR, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Sportstvätt, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Enyo Ultra, 8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ENYO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VIA TABORT FLÄCKSPRAY, 725 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Sporttvätt, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Colour Active 4 Caps, 364 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Silkline Kulørt vask, 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0168</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Senzora B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Munsterstraat 2a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EV Deventer</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perfect Alltvättmedel, 8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemvit Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bastintie 303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alaveteli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vatna White, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vatna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Washing Powder White, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dreft Sensitive White, 728 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dreft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>refin washing powder UNIVERSAL, 1,8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Refin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ White, 920 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ocean Bastvätt Color, 6,2 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ocean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart flytande tvättmedel Oparfymerat, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Pion, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Laundry liquid Color, concentrated, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4006 0162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Mayeri Industries AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Voldi tee 9, Tabivere</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tartu County</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>A+ Stain Active 5 Stain Remover, Colored Clothes, 465 g</x:v>
+        <x:v>Formil White, 4,225 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ White, 2200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formil Sensitive White, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidl Sverige KB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 4093</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekofekt Kulörtvättmedel, 8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemvit Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bastintie 303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alaveteli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Flytande tvättmedel, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156, 5093 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordex Natur color, 8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COOP Vit Tvätt, 1L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4006 0162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri Industries AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voldi tee 9, Tabivere</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tartu County</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulör tvätt pulver, 1,12 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2006 0165, 2006 0165</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Enter Nya Optimalserien Kulörtvätt, 600 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Colour, 3600 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Vit Tvätt Parfymerad, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Kulör Tvätt Parfymerad, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Sensitive Colour, 1600 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Essential Swan, 3900 g</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3006 0029, 3006 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Fläckborttagningsmedel</x:v>
+        <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>A+</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Carrer de Vilassar, 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mataró (Barcelona)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vanish Oxi Action Fläckborttagare (Pink), 1500 g</x:v>
-[...31 lines deleted...]
-        <x:v>COOP Fläck-Borttagning pluver, 500g</x:v>
+        <x:v>Lavér Color, 7,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavér</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Vittvätt, 1,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Kulör tvättmedel, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0168</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Senzora B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Munsterstraat 2a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EV Deventer</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Kulör- &amp; Vittvätt Morgonsol Flytande Tvättmedel, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Effekt Tvättkapslar Color, 25 STK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4006 0162</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Fläckborttagningsmedel</x:v>
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri Industries AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voldi tee 9, Tabivere</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tartu County</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Color Laundry Detergent, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Sjöbris, 1,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIXA TVÄTTMEDEL White SENSITIVE, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Vittvätt, 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formil Universal Sensitive, 2,56 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Enyo Professional Color, 16 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ENYO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sunda Vittvätt 8,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemvit Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bastintie 303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alaveteli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Laundry powder Activa WhiteWash (Hygienteknik), 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4006 0162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri Industries AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voldi tee 9, Tabivere</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tartu County</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COOP 365 MINIRISK vaskekapsler color koncentreret uden parfume og farve, 30 pcs (á 24,5 ml)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop 365 Minirisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rue Moulin Masure 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estaimpuis</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Colour Swan Perfume Free, 725 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0029, 3006 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Via Tvättkapslar Clean + Care Color , 14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Flytande vittvättmedel, 900 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0101, 5006 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natural Detergent Wash for down duvets and pillows, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0183</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SixFive Beauty Nordic ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fynsvej 9-11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ White, 700 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0029, 3006 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Sjöbris, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Waves Ultra Plus White, 4,225 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Waves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulör Tvätt Parfymfri,  1,12 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2006 0165, 2006 0165</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Essential White, 950 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0029, 3006 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Parfymfri Kulörtvätt, 1,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ White, 3600 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ White, 880 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordex Liquid Wash Workwear, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Colour, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Kulör- &amp; Vittvätt Parfymfri, 1500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rekolex White, 8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekolex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemvit Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bastintie 303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alaveteli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Koncentrerat vittvättmedel, 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0101, 5006 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Fine Wash, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0101, 5006 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Waves Ultra Plus White, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Waves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ DELICIOUS COSINESS SWAN COLOURS &amp; WHITES, 760 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Effekt Fri Flytande tvättmedel Color, 2L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4006 0162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri Industries AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voldi tee 9, Tabivere</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tartu County</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Ready flytande tvättmedel, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0184</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dreft Sensitive Black, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dreft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona Vittvätt, 700 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona Kulörtvätt, 700 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Laundry Powder White, 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COOP, Laundry Powder Color Sensitive, 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Coop</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COOP, Laundry Powder Color, 2 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Kulörtvätt Parfymerad, 1,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIXA Flytande Tvättmedel White, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Sport Tvättmedel till sport och fritidskläeder, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0101, 5006 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Sensitive, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIXA TVÄTTMEDEL COLOR, 1,9 KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekofekt kulörtvätt, 8kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemvit Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bastintie 303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alaveteli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ocean Bastvätt Color utan parfym, 6,2 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ocean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Via Color Koncentrat, 760 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Sport tvätt, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lavér Color Sensitive, 7,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavér</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Kulörtvätt, 1,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Color &amp; White Liquid Laundry Detergent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Sensitive, 1,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Vittvätt, 1,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Vittvätt, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt, 1,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sunda Vittvätt 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemvit Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bastintie 303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alaveteli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Perfume Free Colour Swan, 1500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Vittvätt Parfymfri, 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Washing Powder White, 2 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Sjöbris, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Fintvätt, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Color Laundry Detergent, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado Flytande Tvättmedel Color &amp; White, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Enter Nya Optimalserien Allergitvätt, 16 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Colour, 1600 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Enter Nya Optimalserien Kulörtvätt, 16 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Sensitive Colour, 2200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Waves Ultra Plus Color, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Waves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Flytande tvättmedel, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156, 5093 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Color Wash, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VIA Classic Professional White Sensitive, 8,32 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Lindblomma, 1,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Enter Nya Optimalserien Kulörtvätt, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Via Color Koncentrat, 2400 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Laundry powder Activa ColorWash Sensitive (Hygienteknik), 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4006 0162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Mayeri Industries AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Voldi tee 9, Tabivere</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tartu County</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Grumme Fläckborttagning, 350 ml</x:v>
-[...8 lines deleted...]
-        <x:v>Fläckborttagningsmedel</x:v>
+        <x:v>VIA Professional Classic White, 8,32 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dreft Sensitive Colour, 728 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dreft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Sensitive Color Vaskemiddel, 8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tvättmästarn Kulörtvättmedel, 600 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Essential Colour, 950 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0029, 3006 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Laundry Power Gel Universal, 1800 ml (Aura Nordic)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Laundry Power Gel Color, 900 ml (Aura Nordic)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Sensitive Colour, 1520 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Via Color Koncentrat, 1520 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ White, 1520 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Syren, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grumme</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Orkla Home &amp; Personal Care</x:v>
-[...138 lines deleted...]
-        <x:v>A+ Active 5 Stain Remover, White and Colour, 750 ml</x:v>
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Pion, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Via Color Parfymfri Koncentrat, 1520 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Vittvätt Parfymerad, 1,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vatna Wool &amp; Fine, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vatna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Sjöbris, 2 l (kartong)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Effekt Fri Flytande tvättmedel Vit, 2L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4006 0162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri Industries AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voldi tee 9, Tabivere</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tartu County</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Waves Ultra Plus Color, 4,225 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Waves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ White Swan, 1500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3006 0136</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Fläckborttagningsmedel</x:v>
+        <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>A+</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Carrer de Vilassar, 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mataró (Barcelona)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fläckborttagning Rainbow, 250 ml</x:v>
+        <x:v>Nordex Natur plus, 8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Color Wash, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Color Wash, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Kulör Tvätt, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sunda Kulörtvätt 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemvit Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bastintie 303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alaveteli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI kulörtvätt med ättika 1,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4006 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HETI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rekolex White, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekolex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemvit Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bastintie 303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alaveteli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Sensitive Colour, 920 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Via White Koncentrat, 760 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Kulör- &amp; Vittvätt Morgonsol, 1500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Colour Active 4 Caps, 936 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIXA Flytande Tvättmedel Color, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ White Swan, 725 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0029, 3006 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formil Sensitive Colour, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Naturlig Kulörtvättmedel Parfymfri, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Kulör Tvätt Parfymerad, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Colour Concentrated, 1880 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt, 1,75 l (kartong)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dreft Sensitive White, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dreft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Waves Ultra Plus Color, 1,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Waves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Vittvätt, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sunda Allergitvätt 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemvit Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bastintie 303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alaveteli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Puri Line Laundry Detergent Color &amp; White, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0184</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duotex Micro Washing Liquid, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Kulörtvätt Parfymfri, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Via Tvättkapslar Clean + Care White, 14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Effekt Tvättkapslar White, 25 STK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4006 0162</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Fläckborttagningsmedel</x:v>
-[...8 lines deleted...]
-        <x:v>Rainbow</x:v>
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mayeri Industries AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Voldi tee 9, Tabivere</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tartu County</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vanish Oxi Action Fläckborttagare (Pink), 470 g</x:v>
-[...63 lines deleted...]
-        <x:v>A+ Stain Active 5 Stain Remover, White Clothes, 465 g</x:v>
+        <x:v>glenta Flytande tvättmedel, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156, 5093 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lavér Color Sensitive, 1,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavér</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Flytande tvättmedel, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formil Ultra Plus Vittvättmedel, 1,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Kulör Tvätt parffymerad, 16st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4006 0162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri Industries AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voldi tee 9, Tabivere</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tartu County</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ ESSENTIAL COLOUR, 2,541 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3006 0029, 3006 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Fläckborttagningsmedel</x:v>
+        <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>A+</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Carrer de Vilassar, 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mataró (Barcelona)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vanish Oxi Action Fläckborttagare (Pink), 940 g</x:v>
-[...31 lines deleted...]
-        <x:v>Waves Sensitive Universal 1 L</x:v>
+        <x:v>Enter Nya Optimalserien Vittvätt, 16 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dilling Wool Wash, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skandinavisk Textil Kemi ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peder Larsens Vej 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brande</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Enyo Professional Ultra, 16 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ENYO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FORMIL UNIVERSAL, 2 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5006 0156</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Waves</x:v>
-[...13 lines deleted...]
-        <x:v>ICA Skona Kulör- &amp; Vittvätt Parfymfri, 1500 ml</x:v>
+        <x:v>Formil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Laundry Power Gel Color, 1800 ml (Aura Nordic)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dreft Sensitive White, 1,3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dreft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral White, 1250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Kulör Tvätt parfymfri, 16st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4006 0162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri Industries AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voldi tee 9, Tabivere</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tartu County</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sunda Allergitvätt 8,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemvit Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bastintie 303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alaveteli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Sjöbris, 1,75 l (kartong)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Compact Universal, 3 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Sensitive, 2 l (kartong)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Skog, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Professional White Sensitive, 8,55 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vatna White &amp; Colour, 1900 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vatna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Vittvätt, 2 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Stain Remover Spray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0101, 5006 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Vit Tvätt, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VIA Professional Color Sensitive, 8,32 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Sensitive Colour, 700 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0029, 3006 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Ready flytande tvättmedel, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0184</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Sun Eco Base Textiltvättmedel, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0171</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Handtvätt, 595 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Fintvätt, 600 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Kulör- &amp; Vittvätt Parfymfri, 800 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5006 0059, 5006 0059</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA Skona</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>glenta Flytande Sport tvättmedel, 5 l</x:v>
+        <x:v>Via White Parfymfri Koncentrat, 760 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Via Color Parfymfri Koncentrat, 760 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lavér Color Sensitive Kompakt kulörtvättmedel utan parfym, 8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0168</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavér</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Senzora B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Munsterstraat 2a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EV Deventer</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIXA TVÄTTMEDEL Color SENSITIVE, 750 g</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5006 0156</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Glenta</x:v>
-[...13 lines deleted...]
-        <x:v>Lavér Color, 7,5 kg</x:v>
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FORMIL UNIVERSAL SENSITIVE, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5006 0156</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Lavér</x:v>
-[...13 lines deleted...]
-        <x:v>A+ Colour Swan, 1500 ml</x:v>
+        <x:v>Formil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Laundry capsules Sensitive Color, 36 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4006 0162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayeri Industries AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voldi tee 9, Tabivere</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tartu County</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Flytande kulörtvättmedel, 900 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0101, 5006 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Sport tvätt parfymfri, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dreft Sensitive Black, 728 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3006 0136</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Dreft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Kulör Tvätt Sensitive, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Kulörtvätt Parfymfri, 1,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Via Tvättkapslar Clean + Care Color Sensitive, 14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Koncentrerat kulörtvättmedel, 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0101, 5006 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Essential Colour, 2,734 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0029, 3006 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>A+</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Carrer de Vilassar, 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mataró (Barcelona)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Grumme Kulörtvätt, 2 L</x:v>
+        <x:v>Tvättmästarn Allergitvättmedel, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin Laundry Detergent Powder Universal, 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Refin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tvättex Flytande Tvättmedel Oparfymerat, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Vit tvättmedel, 750 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0168</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Senzora B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Munsterstraat 2a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EV Deventer</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Colour, 920 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Colour Active 4 Caps, 1456 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Colour, 1520 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Laundry Power Gel Universal, 900 ml (Aura Nordic)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sunda Kulörtvätt 8,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemvit Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bastintie 303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alaveteli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kulörtvätt Pion, 2 L</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3006 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grumme</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Orkla Care AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 1336</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Solna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>A+ Essential Swan, 2734 g</x:v>
+        <x:v>Dreft Sensitive Black, 1,3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dreft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dreft Sensitive Colour, 1,3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dreft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carrer de Vilassar, 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mataró (Barcelona)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Puri Line Laundry Detergent Color &amp; White, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0184</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sapox Colour Sensitive, 1,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0168</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sapox</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Senzora B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Munsterstraat 2a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EV Deventer</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A+ Colour Swan, 725 g</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3006 0029, 3006 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>A+</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bluesun Consumer Brands, S.L.U.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Carrer de Vilassar, 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mataró (Barcelona)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>A+ Essential Swan, 3900 g</x:v>
-[...63 lines deleted...]
-        <x:v>Fixa Kulörtvätt, 4 kg</x:v>
+        <x:v>Grumme Kulörtvätt Pion, 1,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vatna White, 1000 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5006 0156</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Fixa</x:v>
-[...13 lines deleted...]
-        <x:v>FIXA TVÄTTMEDEL COLOR, 750 g</x:v>
+        <x:v>VALO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Expert Color Flytande tvättmedel, oparfymerat, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Colour, 1950 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tvättmästarn Vittvättmedel, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3006 0154</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vatna Colour, 1000 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5006 0156</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Fixa</x:v>
-[...13 lines deleted...]
-        <x:v>FIXA TVÄTTMEDEL WHITE, 1,9 KG</x:v>
+        <x:v>Vatna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formil colour,  4,225 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5006 0156</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Fixa</x:v>
-[...45 lines deleted...]
-        <x:v>ICA Vittvätt Parfymerad, 750 g</x:v>
+        <x:v>Formil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COOP, Laundry Powder White Sensitive, 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COOP, Laundry Powder Color Sensitive, 2 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COOP, Laundry Powder Color, 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Laundry Powder Color, 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COOP, Laundry Powder White, 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona Vittvätt Parfymfri, 700 g</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5006 0059, 5006 0059</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Staples Sensitive Color Vaskemiddel, 4 kg</x:v>
-[...8863 lines deleted...]
-        <x:v>ICA Kulörtvätt Parfymerad, 1,9 kg</x:v>
+        <x:v>Skona Kulörtvätt Parfymfri, 700 g</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5006 0059, 5006 0059</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>