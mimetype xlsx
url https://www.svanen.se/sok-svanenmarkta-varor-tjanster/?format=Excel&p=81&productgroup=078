--- v0 (2026-01-26)
+++ v1 (2026-03-21)
@@ -1,2806 +1,2262 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14d60509c4524506" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reabe78dde5b546b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="Rd2b9575c02e54021"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="produkter" sheetId="1" r:id="R3c13589beae34cb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd2b9575c02e54021" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3c13589beae34cb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Varumärke</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensinnehavare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ort</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Morsø 7690</x:v>
-[...26 lines deleted...]
-        <x:v>Nykøbing M</x:v>
+        <x:v>Morsø 7449</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6841</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7940</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 9.6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0004, 5078 0020, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7990</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7970</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6890</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0004, 5078 0018, 5078 0020, 5078 0019, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 15.3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0018, 5078 0020, 5078 0004, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 9.3 lux</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7943</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7470</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7348</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7390</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 9.5 lux</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 2B Classic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6143</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7450</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 9.1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Morsø 7448</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedkamin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Slutna eldstäder</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø Jernstøberi A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Furvej 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing M</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Morsø 1416</x:v>
-[...186 lines deleted...]
-        <x:v>Nykøbing M</x:v>
+        <x:v>Aduro 1.1SK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6840</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 9 air</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0004, 5078 0019, 5078 0020, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 9.5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Morsø 7840</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedkamin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Slutna eldstäder</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø Jernstøberi A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Furvej 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing M</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Morsø 6841</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Morsø 6891</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedkamin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Slutna eldstäder</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø Jernstøberi A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Furvej 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing M</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Aduro 9.1</x:v>
+        <x:v>Morsø 7870</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6848</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7850</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 1452</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 1442</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6191</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7851</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7948</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 1.1 SK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0018, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 15.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0018, 5078 0020, 5078 0004, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Asgård 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0019, 5078 0018, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0004, 5078 0018, 5078 0020, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7443</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7490</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7440</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7843</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 1.4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0018, 5078 0020, 5078 0004, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7848</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 1412</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7950</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6148</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 8243</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7890</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7370</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 9.7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedkamin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Slutna eldstäder</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beringvej 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hasselager</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Aduro 9.5</x:v>
+        <x:v>Aduro 9.4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedkamin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Slutna eldstäder</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beringvej 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hasselager</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Aduro 9.6</x:v>
+        <x:v>Morsø 6843</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 1.1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0018, 5078 0020, 5078 0004, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 9.3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedkamin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Slutna eldstäder</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beringvej 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hasselager</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Aduro 9 air</x:v>
-[...2 lines deleted...]
-        <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
+        <x:v>Morsø 6870</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7951</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7343</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedkamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Slutna eldstäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0004, 5078 0019, 5078 0020, 5078 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedkamin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Slutna eldstäder</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beringvej 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hasselager</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Morsø 7449</x:v>
-[...1406 lines deleted...]
-      <x:c t="str">
         <x:v>Morsø 7351</x:v>
-      </x:c>
-[...830 lines deleted...]
-        <x:v>Morsø 8243</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedkamin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Slutna eldstäder</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø Jernstøberi A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Furvej 6</x:v>
       </x:c>