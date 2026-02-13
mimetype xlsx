--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6e2d0952ccd4466" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43fc9cc6b8a84235" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R3795f7646329497b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R001ffc01cdf745ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3795f7646329497b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R001ffc01cdf745ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
@@ -868,82 +868,210 @@
       </x:c>
       <x:c t="str">
         <x:v>Solskyddsprodukt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Kosmetiska produkter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolph Care</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Rudolph Care Sun Face Serum SPF 50, 30 ml - 20002785</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Face Cream SPF 15, 50 ml - 20002782</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Face Serum SPF 30, 30 ml - 20002786</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Rudolph Care Sun Balm SPF50, 45 ml - 20002052</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0151, 5090 0045</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Solskyddsprodukt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Kosmetiska produkter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolph Care</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Rudolph Care Sun Face Cream SPF 50, 50 ml - 20002784</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Rudolph Care Sun Face Cream SPF 30, 30 ml - 26001201</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0151, 5090 0045</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Solskyddsprodukt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Kosmetiska produkter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolph Care</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
@@ -964,50 +1092,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Solskyddsprodukt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Kosmetiska produkter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolph Care</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Rudolph Care Kids Sun Lotion SPF 30, 200 ml - 26001816</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Face Cream SPF 30, 50 ml - 20002783</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Rudolph Care Sun Body Lotion SPF 50, 150 ml - 26001491</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0151, 5090 0045</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Solskyddsprodukt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Kosmetiska produkter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolph Care</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
@@ -1188,51 +1380,83 @@
       </x:c>
       <x:c t="str">
         <x:v>Solskyddsprodukt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Kosmetiska produkter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolph Care</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rudolph Care Sun Face Serum SPF 30, 30 ml - 20002130</x:v>
+        <x:v>Rudolph Care Sun Body Lotion SPF 30, 75 ml - 26001638</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Kids Sun Lotion SPF 30, 75 ml - 26000772</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0151, 5090 0045</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Solskyddsprodukt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Kosmetiska produkter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolph Care</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>