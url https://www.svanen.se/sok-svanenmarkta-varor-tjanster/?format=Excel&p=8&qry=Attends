--- v0 (2025-12-16)
+++ v1 (2026-03-13)
@@ -1,149 +1,373 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53b5494eafac4aca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15f66d223c384c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="Rd14dd93725b94fd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="produkter" sheetId="1" r:id="Rb96b55037e3f48a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd14dd93725b94fd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb96b55037e3f48a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Varumärke</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensinnehavare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ort</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends Pull-Ons 6 Medium, 72 pcs (211809)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10 XL, 80 pcs (206942)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10+M Ultima, 88 pcs (216057)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 9 Large, 104 pcs (206867)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Soft Extra 3, 180 pcs (208267)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends Flex 10+M Ultima, 72 pcs (214435)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Soft Extra Plus 3+, 120 pcs (205112)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends Flex 9 XL, 88 pcs (206928)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 7L, 90 pcs (214398)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Soft 5 Maxi Plus, 96 pcs (206706)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
@@ -164,886 +388,1078 @@
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Pull-Ons 6 Medium, 72 pcs (211809)</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Soft 2 Normal, 120 pcs (212684)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Flex 10+M Ultima, 72 pcs (214435)</x:v>
-[...81 lines deleted...]
-        <x:v>Attends</x:v>
+        <x:v>Attends Contours Regular 4, 126 pcs (205761)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 7, 112 pcs (201275)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 XL, 56 pcs (204351)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 Large, 112 pcs (206843)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 4, 210 pcs (203750)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9M, 112 pcs (213711)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 3+ Extra Plus, 90 pcs (212714)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6XS, 72 pcs (217009)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 4, 210 pcs (203507)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 10, 84 pcs (205556)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 Small, 88 pcs (211748)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10L, 78 pcs (213797)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9S, 84 pcs (213698)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0118</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 8, 112 pcs (201299)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 XL, 104 pcs (206904)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Ultra Mini 0, 224 pcs (2205075)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 6, 140 pcs (201251)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 9 Medium , 112 pcs (201510)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duchesse Diskret Maxi Night, 96 pcs (216545)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Attends soft 4 Super, 180 pcs (208281)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Contours Regular 4, 210 pcs (203507)</x:v>
-[...414 lines deleted...]
-      <x:c t="str">
         <x:v>Attends For Men Level 4, 168 pcs (205976)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0095</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Slip Air Comfort 9M, 112 pcs (213711)</x:v>
-[...98 lines deleted...]
-        <x:v>3023 0086</x:v>
+        <x:v>Attends Flex 10+L Ultima, 60 pcs (214459)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft  4 Maxi, 96 pcs (204894)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 10 Medium, 112 pcs (201411)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 10 Large, 52 pcs (207666)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Extra Plus 3+, 96 pcs (208175)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 10 Large, 56 pcs (208434)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 Small, 72 pcs (211762)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10 Medium, 88 pcs (206829)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Super 4, 138 pcs (207673)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 6, 152 pcs (204795)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10XL, 60 PCS (213810)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0118</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
@@ -1060,438 +1476,278 @@
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Soft Extra Plus 3+, 96 pcs (208175)</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Contours Air Comfort 5, 210 pcs (205242)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Pull-Ons 6 Small, 72 pcs (211762)</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Slip Regular 9 Medium, 112 pcs (203323)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Slip Regular 10 Large, 52 pcs (207666)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Adjustable 10 Large, 84 pcs (206652)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Flex 10+L Ultima, 60 pcs (214459)</x:v>
-[...2 lines deleted...]
-        <x:v>3023 0086</x:v>
+        <x:v>Attends Slip Air Comfort 8XL, 60 pcs (213599)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0118</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends For Men Level 3, 168 pcs (205952)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 9, 112 pcs (203859)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 10, 84 pcs (205532)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Mini 1, 240 pcs (205327)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086, 3023 0095</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
@@ -1508,147 +1764,179 @@
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends F6, 160 pcs (205198)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Soft 5, 152 pcs (204771)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Contours Regular 10, 84 pcs (205532)</x:v>
-[...63 lines deleted...]
-        <x:v>Attends F6, 160 pcs (205198)</x:v>
+        <x:v>Attends Flex 10L, 72 pcs (214411)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 8M, 120 pcs (213636)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9+L, 78 pcs (214251)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
@@ -1732,342 +2020,470 @@
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends For Men Level 3, 168 pcs (205952)</x:v>
+        <x:v>Attends Pull-Ons 4 Large, 88 pcs (211823)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 Small, 64 pcs (207338)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 XXS, 90 pcs (213544)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0095</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Flex 10L, 72 pcs (214411)</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Slip Regular 8 Large, 112 pcs (203712)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends Men 3 Protective Shield, 60 pcs (212813)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 8S, 84 pcs (213612)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0118</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Adjustable 10 Medium, 84 pcs (206454)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends Flex 9 Small, 104 pcs (206744)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Mini Long 1, 192 pcs (204863)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Pull-Ons 8 Medium, 64 pcs (207406)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Pull-Ons 4 Large, 88 pcs (211823)</x:v>
-[...34 lines deleted...]
-        <x:v>3023 0086</x:v>
+        <x:v>Attends Cover Dri Special Care 60x60, 152 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Men 2 Protective Shield, 90 pcs (212790)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10+XL Ultima, 54 pcs (214473)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9XS, 128 pcs (213674)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0095</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
@@ -2084,1554 +2500,1426 @@
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Soft Mini Long 1, 192 pcs (204863)</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Slip Air Comfort 10+L, 66 pcs (214299)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Pull-Ons 6 XXS, 90 pcs (213544)</x:v>
+        <x:v>Attends Contours Air Comfort 6, 140 pcs (203798)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 Medium, 112 pcs (206782)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 8 Large, 112 pcs (201336)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 7 M, 120 pcs (214374)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10+L Ultima, 66 pcs (216071)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10+XL Ultima, 60 PCS (214312)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0118</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Extra 3, 80 pcs (207260)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Discrete 4, 210 pcs (202395)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 9 Large, 112 pcs (203347)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 8 Medium, 112 pcs (203699)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 7, 112 pcs (203811)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9L, 112 pcs (213735)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 10 Medium, 104 pcs (207697)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 10 Large, 56 pcs (201435)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10 Large, 44 pcs (208007)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Micro 0, 224 pcs (2205273)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 Medium, 88 pcs (211786)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 4 Maxi, 120 pcs (212677)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 8 Medium , 112 pcs (200735)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9XL, 60 pcs (213575)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0118</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Normal 2, 96 pcs (207246)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 9, 112 pcs (201312)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 10 Medium, 56 pcs (208410)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Extra 3, 80 pcs (207581)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 8L, 120 pcs (213650)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 XL, 72 pcs (211861)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 10 XL, 56 pcs (209417)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 Small, 112 pcs (206720)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10 Small, 88 pcs (206768)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons Discreet Underwear 3 Medium, 60 pcs (212769)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10M, 104 pcs (213773)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10S, 84 pcs (213759)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0118</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 7, 136 pcs (204818)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 9 Medium, 104 pcs (206805)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons Discreet Underwear 3 Large, 60 pcs (212776)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 5, 210 pcs (205228)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 Large, 64 pcs (207468)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 9 Large, 112 pcs (201398)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deoplus Insert, 280 pcs (200094)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inkontinensskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 9XS, 128 pcs (208199)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0095</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Cover Dri Special Care 60x60, 152 pcs</x:v>
-[...894 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Contours Air Comfort 11, 84 pcs (206171)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Pull-Ons 8 Large, 64 pcs (207468)</x:v>
-[...286 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Slip Air Comfort 10+M, 88 pcs (214275)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inkontinensskydd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Slip Air Comfort 8L, 120 pcs (213650)</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Cover Dri Plus 60 x 60, 200 pcs (203934)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skyddslakan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
@@ -3652,83 +3940,83 @@
       </x:c>
       <x:c t="str">
         <x:v>Skyddslakan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends Cover Dri Super 60 x 90, 200 pcs (203996)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skyddslakan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Cover Dri Plus 80 x 170, 28 pcs (205518)</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Attends Cover Dri Super 60 x 90, 200 pcs (203996)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skyddslakan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Skyddande och absorberande hygienprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>