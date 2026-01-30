--- v0 (2025-12-15)
+++ v1 (2026-01-30)
@@ -1,85 +1,1109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d2202169da447cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f87601ba25444c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="Rb161484b151c4669"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R8a149fb5919b4ecc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb161484b151c4669" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8a149fb5919b4ecc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Varumärke</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensinnehavare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ort</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Indusafe Avfettning Extra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Extra, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Indurol 22, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Indurol 22, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Grön, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Grön, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Super, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super Wash Premium IBC, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkanol, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkanol, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Green, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Jumbo, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Jumbo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Alkalisk Avfettning (konsument), 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PowerTecs Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F34 Foma Micro Degreaser Plus, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkalisk avfettning, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-40 Optimal Grön, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-45 Neutral, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Safe TW Green, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Actimousse Green, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Veg, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Plus, 5 liter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 413 BIO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grovtvätt Plus (IT-424), 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grovtvätt Plus (IT-424), 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Kallavfettning, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Tjärlösare Kallavfettning ECO ++ 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Förtvätt alkali ECO++ 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA ECOLINE Förtvätt Powerfoam E ECO++ 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Tjärlösare Kallavfettning Power ECO++, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Train Wash Oxal, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blue &amp; Green</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blue &amp; Green AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stenorsvägen 52</x:v>
@@ -228,50 +1252,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shafir</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aksab Kemi Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tumbavägen 38</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TUMBA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Ikaclean Avfettning Plus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Miljö, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Lahega Greenium Alkalisk, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0100</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lahega</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clemondo AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 13073</x:v>
@@ -548,33518 +1636,32654 @@
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ikaros</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ikaclean Avfettning Plus, 200 l</x:v>
+        <x:v>Turtle Wax Avfettning, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norkem AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerveien 12B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAVANGER</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OKQ8 Naturavfettning koncentrerad, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OKQ8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swed Handling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OKQ8 Naturavfettning färdigblandad, 1 l (trigger)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OKQ8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swed Handling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VehiclePro RM 803 eco!perform FÖRTVÄTT, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VehiclePro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX Power Clean ECOLINE 1L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenerstrasse 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neuburg/Donau</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX Power Clean ECOLINE 5L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenerstrasse 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neuburg/Donau</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Train Wash Oxal, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Yellow, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G101 Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Alkalisk Avfettning, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Kallavfettning, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Quick, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Quick, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Quick, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Plus, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ikaros</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Indusafe Avfettning Miljö, 5 l</x:v>
+        <x:v>NS Tar Remow, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Pre-wash Alkaline Extreme, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remi Micro 751, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Remi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline ALK, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline ALK, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell transporttvätt Plus, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Alkalisk Avfettning Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALK 302-Prewash Alkaline, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alka Clean, 5l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Total Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Miljö, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Extra, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>InduSafe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Indusafe Indurol 22, 25 l</x:v>
+        <x:v>Indusafe Avfettning Miljö, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InduSafe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Indusafe Indurol 22, 1000 l</x:v>
+        <x:v>Indusafe Avfettning Plus, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InduSafe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mellonol Grön, 5 l</x:v>
+        <x:v>Indusafe Avfettning Plus, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Grön, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SK Grön, 1000 l</x:v>
+        <x:v>Power Clean, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPS Greenclean, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPS Greenclean, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super Wash Premium, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Premium, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Premium, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol 380, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol 380, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Green, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Jumbo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol OC - VEG, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Neutral, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Neutral, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PowerTecs Ultra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fordonstvätt IT-409, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkalisk avfettning, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F22 Foma Degreaser, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F22 Foma Degreaser, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 413 BIO, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-50 Entreprenadtvätt, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskinrent Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ECO WASH, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVFETTNING ECO, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Power, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TK Super Truck, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TK Super Truck, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 243 BIO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 243 BIO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Tjärlösare Kallavfettning ECO ++ 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA ECOLINE Förtvätt Powerfoam E ECO++ 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Förrengöring ECOPRO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Plus, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pro Marine Line Marine Multiwash, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro Marine Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Truckwash Green, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Train Wash Oxal, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>XTRA PRE-WASH SWAN, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Macken Avfettning, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Alkalisk Avfettning, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Alkalisk Plus, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Alkalisk, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remi Micro 751, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Remi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro 305, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell transporttvätt Plus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Bio Avfettning, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Alkalisk, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prewash Forte, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kallavfettning 205 ECO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Avfettning ECO, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Avfettning ECO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Avfettning ECO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Extra, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Plus, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Plus, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Indurol 22, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Indurol 22, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Indurol 22, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Grön, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Scankemi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SK Super, 5 l</x:v>
+        <x:v>SK Grön, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scankemi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Indusafe Avfettning Extra, 10 l</x:v>
+        <x:v>SPS Greenclean, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>GreenLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPS Greenclean, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Green, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Neutral, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol OC - VEG, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol OC - VEG, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Truck, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Truck, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Truck, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F34 Foma Micro Degreaser Plus, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Alfanol HD Grön, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F22 Foma Degreaser, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 243 BIO, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grovtvätt Plus (IT-424), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Heavy Duty Alka, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Prewash-T BIO, 25 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-50 Entreprenadtvätt, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-45 Neutral, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-45 Neutral, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-45 Neutral, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-80 Högkoncentrat, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Safe TW Green, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVFETTNING ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Veg, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Heavy Duty Alka+, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Asfaltsbort, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Förtvätt alkali power ECO++ 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA ECOLINE Förtvätt Powerfoam E ECO++ 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Extra, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Extra, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Extra, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Tjärlösare Kallavfettning Power ECO++, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OKQ8 Naturavfettning koncentrerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OKQ8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swed Handling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VehiclePro RM 803 eco!perform FÖRTVÄTT, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VehiclePro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Train Wash Oxal, 700 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Train Wash Oxal, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Tuff GS, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Green, 700 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Green, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Yellow, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S10, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Actimousse Green, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Quick, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Alkalisk, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro 305, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Power Foam, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Förtvätt Mikro, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Alkalisk Avfettning, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Alkalisk Plus, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALK 302-Prewash Alkaline, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kallavfettning 205 ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alka Clean, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Total Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Miljö, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Miljö, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Extra, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>InduSafe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Indusafe Avfettning Extra, 1000 l</x:v>
+        <x:v>Indusafe Avfettning Miljö, 1000 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InduSafe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alkanol, 10 l</x:v>
+        <x:v>Power Clean, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remover 12, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Scankemi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alkanol, 1000 l</x:v>
+        <x:v>Remover 12, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scankemi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solvynol Green, 1 l</x:v>
+        <x:v>SK Super, 1000 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Super, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Truck og Marine, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super Wash Premium, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkanol, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkanol, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Premium, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Sanego</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solvynol Jumbo, 1 l</x:v>
+        <x:v>Sanego Premium, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solvynol Jumbo, 5 l</x:v>
+        <x:v>Sanego Premium, 600 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Shafir Alkalisk Avfettning (konsument), 0,75 l</x:v>
+        <x:v>Solvynol Neutral, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol OC - VEG, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Alkalisk Avfettning (konsument), 0,5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0126</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shafir</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aksab Kemi Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tumbavägen 38</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TUMBA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PowerTecs Plus, 10 l</x:v>
+        <x:v>F34 Foma Micro Degreaser Plus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fordonstvätt glans, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F22 Foma Degreaser, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 413 BIO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perfect Wash ECO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super Wash Premium, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-80 Högkoncentrat, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-40 Optimal Grön, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Safe TW Green, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Safe TW Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVFETTNING ECO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Power, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Power, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TK Super Truck, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Plus, 200 liter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Plus, 25 liter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 213 BIO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 213 BIO, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 243 BIO, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Kallavfettning, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HD Prewash 90706, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Tjärlösare Kallavfettning ECO ++ 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Förtvätt alkali ECO++ 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Förtvätt alkali ECO++ 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA ECOLINE Förtvätt Powerfoam E ECO++ 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA ECOLINE Förtvätt Powerfoam E ECO++ 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Truckwash Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Kallavfettning, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Actimousse Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G101 Green, 3x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Kallavfettning, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Quick, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Miljö, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Miljö, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Alkalisk Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline ALK, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Tar Remover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1013 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Förtvätt Mikro, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Bio Avfettning, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Foam, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALK 309- Prewash Alkaline, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0094</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>WashTec</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AUWA-Chemie GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Argonstr. 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Augsburg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>F34 Foma Micro Degreaser Plus, 1000 l</x:v>
+        <x:v>PowerClean Jet, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prewash Classic, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prewash Power, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kallavfettning Quick ECO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Avfettning ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Miljö, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Plus, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Plus, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkanol, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remover 12, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remover 12, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Grön, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Super, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Plus, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Truck og Marine, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Truck og Marine, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Premium IBC, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol 380, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Jumbo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol OC - VEG, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Truck, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Neutral, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Neutral, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F34 Foma Micro Degreaser Plus, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0130</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Foma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Foma Norge AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alkalisk avfettning, 1 l</x:v>
+        <x:v>Lahega Alfanol HD Grön, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkalisk avfettning, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Power Wash Green, 25 l</x:v>
+        <x:v>Super Wash Premium, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Heavy Duty Alka, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Prewash-T BIO, 5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-40 Optimal Grön, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-55 Truck Strong, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TK Super Truck, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Foam, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Heavy Duty Alka+, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Heavy Duty Alka+, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 243 BIO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 413 BIO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Kallavfettning, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Förtvätt alkali power ECO++ 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Truckwash Power ECO++ 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pro Marine Line Marine Multiwash, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Pro Marine Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Tjärlösare Kallavfettning Power ECO++, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-90 Extra kraftig Glanstvätt, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Selaclean Professional AF 80 Universal, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Selaclean Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krefting &amp; Co AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vøyenenga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VehiclePro RM 803 eco!perform FÖRTVÄTT, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VehiclePro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Train Wash Oxal, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Kallavfettning, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Green, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Yellow, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S10, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Kallavfettning, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Kallavfettning, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Alkalisk Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro 305, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Premium ALK, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Förtvätt Mikro, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Förtvätt Mikro, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Pre-wash Alkaline Extreme, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Foam, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroTecs Ultra, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alka Clean, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Total Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alka Clean, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Total Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Indurol 22, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Grön, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Grön, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remover 12, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remover 12, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remover 12, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPS Greenclean, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Plus, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Truck og Marine, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Alka, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkanol, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Premium, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol 380, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Green, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Jumbo, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Jumbo, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Neutral, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Neutral, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol OC - VEG, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Truck, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Truck, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Neutral, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Alkalisk Avfettning (konsument), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fordonstvätt glans, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>InnovaTeam</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Super Wash Premium IBC, 1000 l</x:v>
+        <x:v>Lahega Alfanol HD Grön, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Alfanol HD Grön, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Green, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Green, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perfect Wash ECO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perfect Wash ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Premium, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blue &amp; Green</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blue &amp; Green AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stenorsvägen 52</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Landskrona</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ecoren MPX-40 Optimal Grön, 25 l</x:v>
+        <x:v>BIOkleen Prewash Eco, 25 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Tar, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-50 Entreprenadtvätt, 1000 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0107</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecoren</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PK Produkter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Snickarvägen 1B</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saltsjö-Boo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ecoren MPX-45 Neutral, 200 l</x:v>
+        <x:v>Ecoren MPX-55 Truck Strong, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0107</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecoren</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PK Produkter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Snickarvägen 1B</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saltsjö-Boo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Safe TW Green, 205 l</x:v>
+        <x:v>Ecoren MPX-90 Extra kraftig Glanstvätt, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskinrent Green, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0113</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Veg, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Power, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Power, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Power, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BieTech XTRA PRE-WAS, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Penguin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TK Super Truck, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TK Super Truck, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Biorol 806, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 413 BIO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Kallavfettning, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline ALK, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Tjärlösare Kallavfettning ECO ++ 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Truckwash Power ECO++ 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>904 PRO Høytrykksvask Extra, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904 PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Yellow, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>G101 Green, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Autosmart</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Autosmart International Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lynn Lane</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lichfield</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Actimousse Green, 1000 l</x:v>
+        <x:v>Shafir Alkalisk Avfettning, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Alkalisk Avfettning, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Selaclean Professional AF 80 Universal, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Selaclean Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krefting &amp; Co AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vøyenenga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Miljö, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Premium ALK, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Premium ALK, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Power Foam, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Foam, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Alkalisk Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FoamSensation Ultra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PowerClean Jet, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alka Clean, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Total Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Miljö, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkanol, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Miljö, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Plus, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Indurol 22, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Grön, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Grön, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Grön, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Super, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPS Greenclean, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Truck og Marine, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Truck og Marine, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Extra, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Alka, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Premium, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Premium, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol 380, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol 380, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Neutral, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Neutral, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Neutral, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Alkalisk Avfettning (konsument), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Green, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkalisk avfettning, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Tar, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-55 Truck Strong, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-55 Truck Strong, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-90 Extra kraftig Glanstvätt, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-90 Extra kraftig Glanstvätt, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskinrent Green, 205 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0113</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Autosmart International Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lynn Lane</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lichfield</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Eco Micro Veg, 5 l</x:v>
+        <x:v>Truckwash Green, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ECO WASH, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Veg, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TK Super Truck, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Plus, 1000 liter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 243 BIO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Förtvätt alkali ECO++ 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Truckwash Power ECO++ 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Plus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Blue &amp; Green AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stenorsvägen 52</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Landskrona</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Power Foam Plus, 5 liter</x:v>
+        <x:v>Eco Degreaser Extra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pro Marine Line Marine Multiwash, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Pro Marine Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Micro Power Avfettning, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STW-100 Heavy Duty Traffic Film Remover, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Kallavfettning, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Green, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Avfettning, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norkem AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagerveien 12B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAVANGER</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Tuff GS, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-80 Högkoncentrat, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Tuff GS, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Green, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Green, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Actimousse Green, 3x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Alkalisk Avfettning, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Kallavfettning, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NS Tar Remow, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Remi Micro 751, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Remi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Bio Avfettning Mikro, 480 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Bio Avfettning, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Alkalisk, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroTecs Ultra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PreLavan Truck Swan, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Miljö, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikaclean Avfettning Plus, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikaros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Extra, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Indusafe Avfettning Plus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InduSafe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Grön, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Grön, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Grön, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Super, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Super, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPS Greenclean, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Plus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mellonol Plus, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SK Truck og Marine, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scankemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Alka, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Premium, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol 380, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Green, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Green, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Jumbo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol OC - VEG, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solvynol Truck, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Neutral, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F34 Foma Micro Degreaser Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Tar, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Premium, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Heavy Duty Alka, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Prewash-T BIO, 1 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Prewash Eco, 208 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Prewash Eco, 5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Prewash-T BIO, 208 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-40 Optimal Grön, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-80 Högkoncentrat, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-50 Entreprenadtvätt, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ECO WASH, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVFETTNING ECO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Micro Veg, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Biorol 806, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 213 BIO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 213 BIO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Premium ALK, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Förtvätt alkali power ECO++ 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Degreaser Extra, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>904 PRO Høytrykksvask Extra, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904 PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Tjärlösare Kallavfettning Power ECO++, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brush Shampoo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Car Shampoo Shine, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nilfisk Car Combi Cleaner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sirena Soap Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bygmestervej 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hadsund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Shine Foam Wash Eco, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WASH &amp; WAX SCHAMPO ECO, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>107 ECOMAX Shampoo, 11 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Pre-Wash Snow Foam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1013 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Neutral, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>InnovaTeam</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mac 413 BIO, 25 l</x:v>
+        <x:v>Power Foam Extra, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Professional Wax Shampoo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Streak-Free Shampoo, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Förrengöring ECOPRO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Stöcker ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gloss Shampoo, OneTab Pro, 3,6 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0138</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OneTab Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Cleaner, OneTab Pro, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0138</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OneTab Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Shine, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 242 BIO, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Avfettningsmedel</x:v>
+        <x:v>Fordonsschampo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Macserien</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Macserien Servicecenter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mossvägen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järfälla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Grovtvätt Plus (IT-424), 25 l</x:v>
+        <x:v>WL Wheel Cleaner, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Bug Remover, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hyper Foam, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>"Hyper" Shampoo 90702, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 212 BIO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 282 BIO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Ultra, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Avfettningsmedel</x:v>
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Superskum ECOPRO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoline Foam, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Otto Christ AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Memminger Strasse 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Benningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tammermatic Swanline: ALKALINE, 10 l, 20 l, 200 l,1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaaksakuja 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Carsoft 353, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Chassitvätt, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STW-200 Hyper Detergent, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 212 BIO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Ultra Shine, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Borstschampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Macken Vaxschampo, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilshampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Vaxschampo, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaxschampo Extra, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Vaxschampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Borstvättschampo Vinter ECO, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Grovtvätt Plus (IT-424), 200 l</x:v>
+        <x:v>BS Greenline Brush, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Carsoft 353, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Snöskum, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Borstschampo, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALK 307 Wax Shampoo, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FoamClean Citrus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Schampo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Caravan Wash &amp; Shine, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Autoshine, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilschampo (konsument), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Foam, 210 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Foam, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Red, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Avfettningsmedel</x:v>
-[...5 lines deleted...]
-        <x:v>6</x:v>
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Remi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F52 Foma Auto shampo Plus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F45 Skumvask Pluss, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bilschampo ECO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BS Greenline Kallavfettning, 5 l</x:v>
+        <x:v>Bilschampo ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krafttvätt, 5L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-30 Glansschampo Auto, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Brushshampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Truckwash, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Chassitvätt, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Truckwash, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VehiclePro RM 812 eco!perform AKTIVT SKUM, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VehiclePro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Foam Surfactant, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Brush Foam, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STW-800 Prewash Foam, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Ultra Shine, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilshampo, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilshampo, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Shampoo Spa, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Brush, 1000 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0127</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Avfettningsmedel</x:v>
+        <x:v>Fordonsschampo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BS Kemi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BS Kemi AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rörvägen 53</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jordbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SGA Ecoline Tjärlösare Kallavfettning ECO ++ 5 l</x:v>
+        <x:v>Blåtind Professionell Bilschampo med glans, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Carsoft 353, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lavaskum, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FoamClean Classic, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Caravan Shine, 25 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Caravan Wash &amp; Shine, 208 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carwash, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Autoshine, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Autoshine, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Wax Shampoo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Wax Shampoo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilschampo (konsument), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilschampo (konsument), 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F51 Foma Auto Shampo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kemhuset Alkalisk Miljötvätt, 1000 I</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F52 Foma Foma Auto shampo Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F44 Foma Powerfoam Plus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krafttvätt Kraftvask Tehopesu, 1L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-31 Vaxschampo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Fordonsschampo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Shine Foam Wash Eco, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HIGH FOAM SCHAMPO ECO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Acidic Car Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1013 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Prewash foam, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Dirt Remover, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 282 BIO, 200 l fat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Jet Canon a Mousse, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Active Foam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Istobal Super Foam BIO FB, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skumvoks ECOPRO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Stöcker ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Förrengöring ECOPRO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Stöcker ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Truckwash, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Ultra Shine, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IT-481 Borsttvättschampo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Chassitvätt, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX Vaxschampo Premium, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CIFAB Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klippan 1A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carwash, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Snöskum, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaxschampo Extra, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaxschampo Extra 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Brush, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Auto Schampo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vax schampoo, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Schampo, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Caravan Wash &amp; Shine, 1 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Caravan Wash &amp; Shine, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Autoshine, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Wax Shampoo, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Wax Shampoo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BrushTecs Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kemhuset Alkalisk Miljötvätt, 210 I</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Foam, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F52 Foma Auto shampo Plus, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Foma F56 Auto Shampo Ultraextreme, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BieTech XTRA FOAMY, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Penguin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skumvoks ECOPRO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Stöcker ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Wheel Cleaner, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Dirt Remover, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Autoshampoo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 212 BIO, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 282 BIO, 1000 l IBC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Glansschampo ECO+ 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0142</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Avfettningsmedel</x:v>
+        <x:v>Fordonsschampo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SGA Ecoline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SGA Trading AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saldovägen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järfälla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SGA Ecoline Förtvätt alkali ECO++ 5 l</x:v>
+        <x:v>Ecoline Wash, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Otto Christ AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Memminger Strasse 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Benningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Car Shampoo Shine, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Shine Foam Wash Eco, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Wax Shampoo 45w, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Multi, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Multi, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Professional Wax Shampoo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Prewash foam, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Shine, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Shine, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hyper Foam, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Glansschampo ECO+ 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0142</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Avfettningsmedel</x:v>
+        <x:v>Fordonsschampo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SGA Ecoline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SGA Trading AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saldovägen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järfälla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SGA ECOLINE Förtvätt Powerfoam E ECO++ 200 l</x:v>
+        <x:v>SGA Ecoline Glansschampo ECO+ 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0142</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Avfettningsmedel</x:v>
+        <x:v>Fordonsschampo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SGA Ecoline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SGA Trading AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saldovägen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järfälla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Pro Marine Line Marine Multiwash, 25 l</x:v>
+        <x:v>904 PRO Skumvask, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904 PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tammermatic Swanline: FOAM, 10 l, 20 l, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaaksakuja 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>112 ECOMAX Foam, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>107 ECOMAX Shampoo, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Chassitvätt, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Skum Y, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Shampoo ECOPRO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Stöcker ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tammermatic Swanline: Nordic 2 förtvättsmedel, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaaksakuja 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carwash, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilshampo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Borstvättschampo Vinter ECO, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Avfettningsmedel</x:v>
-[...8 lines deleted...]
-        <x:v>Pro Marine Line</x:v>
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OKQ8 Naturavfettning koncentrerad, 4 l</x:v>
-[...17 lines deleted...]
-        <x:v>OKQ8</x:v>
+        <x:v>Würth Vaxschampo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Skumtvätt, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BrushTecs Ultra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FoamClean Jet Citrus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BRUSH 503 - Shampoo, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kemhuset Alkalisk Miljötvätt, 4 I</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Clean, IBC 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Foam, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F45 Skumvask Pluss, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Wax Shampoo Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krafttvätt Kraftvask Tehopesu, 5L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-31 Vaxschampo, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Ultra Shine, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Active Mousse Spa, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaxschampo Extra, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Bilschampo med glans, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Bilschampo med glans, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Bilschampo med glans, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Schampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Schampo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Caravan Wash &amp; Shine, 5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Caravan Wash &amp; Shine, 25 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Caravan Shine, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F51 Foma Auto Shampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Clean, Fat 210 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Foma F56 Auto Shampo Ultraextreme, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Foma F56 Auto Shampo Ultraextreme, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Fordonsschampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brush Shampoo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WASH &amp; WAX SCHAMPO ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HIGH FOAM SCHAMPO ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Extra, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BieTech XTRA BRUSH SHAMPOO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Penguin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Shampoo ECOPRO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Stöcker ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Shine, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 242 BIO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 242 BIO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 242 BIO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 242 BIO, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Autoshampoo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PowerTecs Jet, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoline Wash, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Otto Christ AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Memminger Strasse 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Benningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tammermatic Swanline: WASH, 10 l, 20 l, 200 l, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaaksakuja 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IT-481 Borsttvättschampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Surfactant, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Borstschampoo Y, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Autoshine, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Foam, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Red, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krafttvätt Kraftvask Tehopesu, 210L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krafttvätt Kraftvask Tehopesu, 1000L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-30 Glansschampo Auto, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-31 Vaxschampo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Etra Power Wash, 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Etra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>112 ECOMAX Foam, 11 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Neutral, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Professional Wax Shampoo, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Superskum ECOPRO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Stöcker ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Superfoam, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Superfoam, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Run Off, OneTab Pro, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0138</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OneTab Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shine Shampoo 90716, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 212 BIO, 1000 l IBC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 282 BIO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Ultra, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Car Shampoo Shine, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brush Shampoo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Shampoo ECOPRO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>904 PRO Glans Shampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904 PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX Bilschampo ECOLINE 1L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenerstrasse 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neuburg/Donau</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Tensid Y, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Brush Foam, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carwash, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Ultra Shine, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilshampo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Borstvättschampo Extra, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Borstvättschampo Vinter ECO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Soft, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Auto Schampo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Caravan Wash &amp; Shine, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Caravan Shine, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carwash, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Autowash Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Borstvättschampo Extra, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Skumtvätt, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Skumtvätt, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Skumtvätt, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FoamClean Citrus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FoamClean Neutral, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ShampooClean Citrus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Caravan Wash &amp; Shine, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Autoshine, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Autoshine, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Wax Shampoo, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Wax Shampoo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Wax Shampoo, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilschampo (konsument), 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F51 Foma Auto Shampo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Red, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F52 Foma Foma Auto shampo Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krafttvätt Kraftvask Tehopesu, 25L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-31 Vaxschampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Fordonsschampo, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Car Shampoo Shine, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Wax Shampoo 45w, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Extra, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkaline Wash, OneTab Pro, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0138</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OneTab Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brush Shampoo, OneTab Pro, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0138</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OneTab Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 242 BIO, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Bug Remover, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hyper Foam, 210 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nilfisk Car Combi Cleaner, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sirena Soap Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bygmestervej 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hadsund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 282 BIO, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Glansschampo ECO+ 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX SX Gloss Shampoo Eco Svanen 10L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenerstrasse 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neuburg/Donau</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-30 Glansschampo Auto, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>XTRA FOAMY SWAN, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VehiclePro RM 812 eco!perform AKTIVT SKUM, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VehiclePro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tammermatic Swanline: X förtvättsmedel, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaaksakuja 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Brush Foam, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Brush Foam, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 212 BIO, 200 l fat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Jet Canon A Mousse, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JetFoam, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoline Foam, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Otto Christ AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Memminger Strasse 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Benningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>904 PRO Skumvask, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904 PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>904 PRO Glans Shampo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904 PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>XTRA BRUSH SHAMPOO SWAN, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VehiclePro RM 812 eco!perform AKTIVT SKUM, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VehiclePro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Superskum ECOPRO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Stöcker ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Brush Foam, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carwash, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BASTA green line Vaxschampo, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Autowash Green, 3x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilshampo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Vaxschampo, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Auto Schampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 282 BIO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 212 BIO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Borstschampo, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Caravan Shine, 5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carwash, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F51 Foma Auto Shampo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kemhuset Alkalisk Miljötvätt, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Clean, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Brush, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Brush, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Red, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Wax Shampoo Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Wax Shampoo Plus, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Car Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1013 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Foma F56 Auto Shampo Ultraextreme, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-30 Glansschampo Auto, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Autoshampoo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WASH &amp; WAX SCHAMPO ECO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Powerfoam Active (IT-472), 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Powerfoam Active (IT-472), 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Wax Shampoo 45w, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Shine, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fordonsschampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tammermatic Swanline: TYRESHINE, 10 l, 20 l, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaaksakuja 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Fälg, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Wheel &amp; Tyre Cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1013 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Wheels Green, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Professional Wheel Cleaner, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Fälgrengöring Alkalisk, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Fälgrent alkali ECO++ 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STW-300 Wheel Cleaner, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WHEEL AND INSECT PRE-WASH SWAN, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BASTA green line Fälgrent, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Fälgrent, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Fälgrent Turbo (konsument), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Fälgrent Turbo (konsument), 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F12 Foma Wheelcleaner Alkaline, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Professional Wheel Cleaner, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Fälgrengöring Alkalisk, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prewash - Rim Cleaner, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wheel Wash Gel (IT-418), 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Fälgrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fälgtvätt Tix (IT-840), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F12 Foma Wheelcleaner Alkaline, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prewash - Rim Cleaner, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Wheel Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Fälgrent Turbo (konsument), 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Fälgrent Turbo (konsument), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WheelTecs Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BieTech WHEEL AND INSECT PREWASH, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Penguin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>"Hyper" Wheel Cleaner 90704, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Fälgrent alkali ECO++ 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prewash - Rim Cleaner, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Fälgrent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fälgtvätt, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WheelTecs Ultra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ACID IRON WASH ECO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ACID IRON WASH ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Professional Wheel Cleaner, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Fälgrengöring Alkalisk, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Fälgrent alkali ECO++ 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>904 PRO Felg &amp; Dekkrens, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904 PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wheel Wash Gel (IT-418), 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fälgtvätt, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fälgtvätt Tix (IT-840), 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Wheels Green, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Wheel Cleaner, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX Fälgrengöring ECOLINE 1L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenerstrasse 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neuburg/Donau</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Fälgrent, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F16 Foma Wheelcleaner Acid, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F16 Foma Wheelcleaner Acid, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Wheels Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WHEEL WASH GEL ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX Alkalisk Fälgrent, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CIFAB Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klippan 1A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Macken Fälgrent, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Fälg, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fälg- och däckrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BASTA green line Fönsterputs, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glasrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Glasputs, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glasrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Glass Cleaner ECO, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glasrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glasrent ECO, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glasrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Window Shine 42i, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glasrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Window Shine 42i, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glasrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Glassrens, 480 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glasrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F61 Foma Window Shine Max Power, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glasrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F61 Foma Window Shine Max Power, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glasrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Glass Cleaner, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glasrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Glass Cleaner, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glasrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Macken Glasrent, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glasrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glasrent ECO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glasrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Glass Cleaner, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glasrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fönsterputs Green, 3x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glasrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Macken Insektsbort, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Insektsborttagning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Pre-wash Insect &amp; Rims, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Insektsborttagning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Insect Remover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Insektsborttagning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PowerTecs Ultra, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Insektsborttagning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BASTA green line Insektsborttagare, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Insektsborttagning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Insektsbort, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Insektsborttagning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tammermatic Swanline: INSECT, 10 l, 20 l, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Insektsborttagning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaaksakuja 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Insektsbort, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Insektsborttagning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bug Remover 90712, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Insektsborttagning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Insektsbort, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Insektsborttagning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>InsecTecs Ultra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Insektsborttagning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STW-700 Insect Remover, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Insektsborttagning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Interior Cleaner 40i, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Interiörrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BASTA green line Vinylrengöring, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Interiörrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>INTERIOR CLEANER ECO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Interiörrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Interiörrengöring Proffs, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Interiörrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F72 Foma Interior cleaner, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Interiörrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Macken Interiörrent, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Interiörrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Interiörtvätt, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Interiörrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F72 Foma Interior cleaner, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Interiörrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F72 Foma Interior cleaner, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Interiörrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Multi Cleaner, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Interiörrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brisk Low Foam Green, 3x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Interiörrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Professional Interiörtvätt, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Interiörrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Professional Interiörtvätt, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Interiörrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IT-407 Interiörrent Proffs, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Interiörrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Interior Cleaner 40i, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Interiörrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brisk Low Foam Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Interiörrengöring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Acid Wash, OneTab Pro, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0138</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Motortvätt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OneTab Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spolarvätska Superkoncentrat, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0137, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spolarvätska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spolarvätska koncentrerad, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spolarvätska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Swed Handling AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OKQ8 Naturavfettning färdigblandad, 1 l (trigger)</x:v>
-[...17 lines deleted...]
-        <x:v>OKQ8</x:v>
+        <x:v>Greenium Polar Spolarvätska, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spolarvätska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spolarvätska Superkoncentrat, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0137, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spolarvätska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Spolarvätska Superkoncentrat,  25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0137, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spolarvätska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spolarvätska koncentrerad, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spolarvätska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Swed Handling AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>VehiclePro RM 803 eco!perform FÖRTVÄTT, 200 l</x:v>
-[...31 lines deleted...]
-        <x:v>SONAX Power Clean ECOLINE 1L</x:v>
+        <x:v>Spolarvätska koncentrerad, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spolarvätska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swed Handling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenium Polar Spolarvätska, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spolarvätska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenium Polar Spolarvätska, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spolarvätska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenium Polar Spolarvätska, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spolarvätska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spolarvätska Superkoncentrat, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0137, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spolarvätska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenium Polar Spolarvätska, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spolarvätska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spolarvätska Superkoncentrat, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0137, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spolarvätska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Spolarvätska Superkoncentrat, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0137, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spolarvätska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Train Wash Oxal, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tågvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 213 BIO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tågvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Polishing Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Fordonsglans, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>219 ECOMAX Wax, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STW-520 Total Turtle Triple Shine White, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Car Shine, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DryGloss Jet, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Superdry, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Superdry, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>228 ECOMAX Polish, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Shine n Polish, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Protectant Wax 90710, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoline Wax, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Otto Christ AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Memminger Strasse 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Benningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Shine n Gloss, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Car Shine, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX SX Eco Gloss Dry+Wax, 10L</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0104</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Avfettningsmedel</x:v>
+        <x:v>Vax och polish</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sonax</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sonax GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Münchenerstrasse 75</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neuburg/Donau</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SONAX Power Clean ECOLINE 5L</x:v>
+        <x:v>STW-500 Total Turtle Triple Shine Red, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STW-900 Wash N Shine, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ORIGINAL DRYING SWAN, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vax Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vax Y, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vax Y, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Drying Wax Plus Hard Water, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-35 Avrinningsmedel, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BieTech DRYSHINE, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Penguin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shine Wax 90714, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skumvoks ECOPRO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DryWaxJet, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>228 ECOMAX Polish, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Drying Wax Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Shine n dry, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Polish Wax Vanilla Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Superdry, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Superdry, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BieTech DROPLESS WAX, 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Penguin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MagicCare Ultra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STW-420 Classic Glaze, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 49 BIO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Shine n dry, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Premiumvax, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ShineTecs Ultra, 10l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Superdry, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Superdry, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>219 ECOMAX Wax, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BieTech ORIGINAL DRYING, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Penguin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Shine n Polish, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Profesjonell Superpolish, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0144</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoline Wax, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Otto Christ AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Memminger Strasse 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Benningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Glanstork Extra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Autopolish Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Fordonsglans, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Fordonsglans, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Rain Wax Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Shine n dry, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Shine n dry, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Glanstork, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lavavax, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Polish Arctic Shine 860, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DryTecs Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Rinse, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-35 Avrinningsmedel, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Profesjonell Superpolish, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0144</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Shine n Gloss, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Rinsing Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Super Gloss</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STW-510 Total Turtle Triple Shine Blue, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYSHINE SWAN, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DROPLESS WAX SWAN, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Glanstork, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Shine n dry, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline DropOff, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SelfTecs Ultra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Superdry, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Shine n Polish, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Shine n Polish, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Shine XL, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Super Wax, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STW-400 Super Glaze, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Premiumvax, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DryGloss TruckBus, 1000 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ShieldTecs Ultra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Rinse, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Profesjonell Superpolish, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0144</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Shine n Gloss, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Glanstork Extra, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STW-600 Total Turtle Protectant, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Autopolish Green, 3x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Car Shine, 208 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DryTecs Ultra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRY 602 - Drying &amp; Wax, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-35 Avrinningsmedel, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-35 Avrinningsmedel, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>"Hyper" Rapid Wax 90708, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Foam Polish, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Shine n Gloss, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vax och polish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash A-03, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash T-03, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash A-01, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Profesjonell Avrinning med vax, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>208 ECOMAX Dry, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX SX Active Foam Eco Svanen 10L</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0104</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Avfettningsmedel</x:v>
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sonax</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sonax GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Münchenerstrasse 75</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neuburg/Donau</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Train Wash Oxal, 5 l</x:v>
-[...95 lines deleted...]
-        <x:v>G101 Green, 25 l</x:v>
+        <x:v>Proline Alkali Aid, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Fälgrent Turbo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash A-03, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Avrinning ECO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash A-01, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Oxal, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fallout Green, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0113</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Avfettningsmedel</x:v>
-[...8 lines deleted...]
-        <x:v>Autosmart</x:v>
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Autosmart International Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lynn Lane</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lichfield</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Shafir Alkalisk Avfettning, 10 l</x:v>
+        <x:v>Fallout Green, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Autogloss Dry, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Allround, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Allround, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Allround, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Pre-wash Alkaline Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nilfisk Caravan &amp; Boat Cleaner, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sirena Soap Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bygmestervej 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hadsund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Profesjonell Avrinning med vax, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Final Finish, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Car + Go</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Fälgrent Turbo, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0126</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Avfettningsmedel</x:v>
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shafir</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aksab Kemi Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tumbavägen 38</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TUMBA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Shafir Kallavfettning, 1 l</x:v>
-[...191 lines deleted...]
-        <x:v>NS Tar Remow, 205 l</x:v>
+        <x:v>Power Wash T-03, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Oxal, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fallout Green, 1000 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0113</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Avfettningsmedel</x:v>
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Autosmart International Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lynn Lane</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lichfield</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordic Pre-wash Alkaline Extreme, 10 l</x:v>
-[...31 lines deleted...]
-        <x:v>Remi Micro 751, 200 l</x:v>
+        <x:v>121 ECOMAX Quattrowash, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Car Rinse Aid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1013 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Alkalisk Plus, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Car Shine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1013 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>121 ECOMAX Quattrowash, 11 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX SX Power Clean Eco Svanen 200L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenerstrasse 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neuburg/Donau</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F66 Foma Drying Agent Extreme ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Oxal, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Oxidlösare Flygrosttvätt ECO++ 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Asphalt Asfaltborttagare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tammermatic Swanline: ACID, 20 l, 200 l, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaaksakuja 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX SX Power Clean Eco Svanen 10L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenerstrasse 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neuburg/Donau</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash A-01, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Avfettningsmedel</x:v>
-[...8 lines deleted...]
-        <x:v>Remi</x:v>
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BS Greenline ALK, 25 l</x:v>
-[...72 lines deleted...]
-        <x:v>Avfettningsmedel</x:v>
+        <x:v>Lahega Autogloss Dry, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Profesjonell Avrinning med vax, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blåtind</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wilhelmsen Chemicals AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kirkeveien 578</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kjøpmannskjær</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lahega Greenium Automattvätt Alkalisk Avfettning Plus, 25 l</x:v>
-[...1279 lines deleted...]
-        <x:v>Förrengöring ECOPRO, 200 l</x:v>
+        <x:v>Nilfisk Bike &amp; Motorcycle Cleaner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Produkter för fordonsvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sirena Soap Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bygmestervej 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hadsund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glanstorkmedel ECOPRO, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5013 0122</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Avfettningsmedel</x:v>
+        <x:v>Övrig bil- och båtvårdsprodukt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ECOPRO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gewerbestraße 19 - 25</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pfaffen-Schwabenheim</x:v>
-      </x:c>
-[...30366 lines deleted...]
-        <x:v>Riihimäki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Pineline Effekttvätt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4013 0027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Övrig bil- och båtvårdsprodukt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Produkter för fordonsvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pineline</x:v>
       </x:c>
       <x:c t="str">