--- v0 (2025-12-17)
+++ v1 (2026-03-31)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02aead3e2c8742ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfbe2d5604634198" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R9ba2ac67bab7476d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="produkter" sheetId="1" r:id="R827f17640353429b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9ba2ac67bab7476d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R827f17640353429b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
@@ -68,8371 +68,8883 @@
       </x:c>
       <x:c t="str">
         <x:v>Allrengöringsmedel för professionell användning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Rengöringsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SOL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KiiltoClean Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PL 250</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampere</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>SOL Tehopuhdistaja, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allrengöringsmedel för professionell användning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Rengöringsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SOL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOL Yleispuhdistaja, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allrengöringsmedel för professionell användning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Rengöringsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SOL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>SOL Tehopuhdistaja, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4026 0036</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Allrengöringsmedel för professionell användning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Rengöringsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SOL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KiiltoClean Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PL 250</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampere</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SOL Yleispuhdistaja, 5 l</x:v>
-[...11 lines deleted...]
-        <x:v>026 Rengöringsmedel</x:v>
+        <x:v>Solsiden Piknikbord, utemöbler, grå, 81-201-050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bänkbord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden Piknikbord, utemöbler, trästruktur, 81-201-057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bänkbord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden Piknikbord för rullstol, utemöbler, grå, 81-201-060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bänkbord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden Piknikbord för rullstol, utemöbler, trästruktur, 81-201-057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bänkbord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Eriks gränd (Orienteraren 1, Pomologen 1 och Solstrålen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 Nya byggnader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Solkatten (Solkatten 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 Nya byggnader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad Flerbostadshus, Brf Solgårdsterrassen 1 (Stenung 2:307)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 Nya byggnader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Solvändan och Brf Solhatten (Sicklaön 38:41 och 38:42)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 Nya byggnader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granitor Projects, Flerbostadshus, Brf Solgården Fridhem Ängelholm (Startpistolen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0147</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 Nya byggnader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Granitor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Granitor Projects AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basargränd 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige, Flerbostadshus, Brf Hills Villastad Solläget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 Nya byggnader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Solgårdsterrassen 3 (Stenung 2:305)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 Nya byggnader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Solhem Hotel, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0365</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Solhem Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solhemsgatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Solhem Hotel, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0365</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotellrestaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Solhem Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solhemsgatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Solhem Hotel, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0365</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Konferensverksamhet med övernattning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Solhem Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solhemsgatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tonpapper A3, Solgul 100 ark (111460)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Reklamkartong 270gr 35x50 Solgul 10 ark (113028)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gladkartong A4 Solgul 100 ark/BNT (118051)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Reklamkartong A4 Solgul 10 ark/bnt (113259)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gladkartong 180gr A4 Solgul 100 ark/BNT (118051E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gladkartong A3 Solgul 20 ark/BNT (118185)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Reklamkartong 50x70 cm, Solgul, 20 ark (113090)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gladkartong A4, Solgul 10 ark/BNT (118229D)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dek.kartong 225gr 45x64cm Solgul 10 ark (112015)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Reklamkartong A4 Solgul 10 ark/bnt (113259E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tonpapper 50x70cm, Solgul 10 ark (111660)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dekorationskartong A4 Solgul 100 ark (112100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gladkartong A2 Solgul 10 ark/BNT (118006)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Reklamkartong 50x70cm Solgul 1ark (113349E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gladkartong A4 Solgul 50 ark/BNT (462M237)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Reklamkartong 50x70 cm, Solgul, 20 ark (113090E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tonpapper A4, Solgul 50 ark (108049D)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tonpapper A4 Solgul 50 ark/BNT (461M237)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solgul  120gr  64x90cm 125ark (619.458)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tonpapper A4, Solgul 50 ark (111410D)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dekorationskartong 45x64cm Solgul 100 ark/bnt (112710)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Reklamkartong A4 Solgul 50 ark/bnt (113389E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tonpapper A4, Solgul 25 ark (111510)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3044 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>044 Kopierings- och tryckpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NPA Nordiskt Papper AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LWC paper: UPM Sol gloss</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/011/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopieringspapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU11 Grafiskt papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPM Plattling paper mill</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nicolausstrasse 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plattling</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LWC paper: UPM Sol silk (sheets)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/011/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopieringspapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU11 Grafiskt papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPM Plattling paper mill</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nicolausstrasse 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plattling</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LWC paper: UPM Sol plus (sheets)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/011/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopieringspapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU11 Grafiskt papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPM Kymmene Corporation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 380</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HELSINKI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LWC paper: UPM Sol plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/011/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopieringspapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU11 Grafiskt papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPM Kymmene Corporation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 380</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HELSINKI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LWC paper: UPM Sol gloss (sheets)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/011/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopieringspapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU11 Grafiskt papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPM Kymmene Corporation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 380</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HELSINKI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LWC paper: UPM Sol matt (sheets)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/011/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopieringspapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU11 Grafiskt papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPM Plattling paper mill</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nicolausstrasse 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plattling</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LWC paper: UPM Sol matt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/011/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kopieringspapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU11 Grafiskt papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPM Kymmene Corporation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 380</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HELSINKI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Dishwasher Tablets Fast Dissolving, 120 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskindiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Maskindiskmedel och spolglans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OPTIMAX DÉTERGENT NEUTRE POUR SOLS ECO, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/020/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rengöringsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU20 Allrengöringsmedel och sanitetsrengöringsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Optimax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NAPKINS 3-PLY 33X33CM SOLROSBLAD (187967)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Servett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Mjukpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>SOL</x:v>
-[...25 lines deleted...]
-        <x:v>026 Rengöringsmedel</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 237</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NAPKINS 3-PLY 33X33CM SOLROSOR (187969)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Servett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Mjukpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>SOL</x:v>
-[...13 lines deleted...]
-        <x:v>Solsiden Piknikbord, utemöbler, grå, 81-201-050</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 237</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NAPKINS 3-PLY 33X33CM SOLROSOR (200575)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Servett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Mjukpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 237</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NAPKINS 3-PLY 33X33CM SOLROS (202080)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Servett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Mjukpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 237</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NAPKINS 3-PLY 33X33CM SOLROSBLAD (200577)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Servett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Mjukpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 237</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Men Invisible Fluid Face Cream SPF30,  Fragrance Free, Sensitive Skin, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Men Moisturizing 24H Face Cream SPF15, Fragrance Free, Sensitive Skin, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Sun face fluid SPF50, fragrance free, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Sun Face Cream SPF 30 fragrance free, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>#Hello Sunshine Hair &amp; Scalp Sun Spray SPF30, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>#Hello Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lovena Sensitive Sun medium skydd sollotion SPF 15, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lovena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Face Cream SPF 50, 30 ml – 26001200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Sunlotion, SPF 50, 75 ml - 26001233</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Sollotion SPF 15, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Biotherm, Waterlover Sun Milk SPF30, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0358</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biotherm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L'OREAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>62 quai Charles Pasqua</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Levallois-Perret</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Sun Spray SPF 30, 200 ml - 20002735</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Sollotion SPF 15 (up), 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mums with love Face Cream SPF 15, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mums with love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Sun Lotion SPF 50, 200 ml - 26001473</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Sun Lotion SPF50, 200 ml - 26001770</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Sun Spray SPF50, 200 ml – 20002730</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Sun Oil SPF 30 No. 94, face, body &amp; hair, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark After Sun, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Transparent Sololiespray SPF 30, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Ansigtssolcreme SPF 15 (up), 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Face Cream SPF 30, 30 ml - 26001201</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Kids Sollotion SPF 30 (up), 80 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Facial Sun Cream SPF 30, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lykkegaard After Sun Hydrating Cream, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lykkegaard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Austre Solskydd Ansikte SPF50, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUSTRE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lykkegaard Sun Body Oil SPF 20, 145 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0400, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lykkegaard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Sun Stick SPF 50, 18 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR The Aloe Vera After Sun Lotion, 150 ml - 26001643</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Kids Sun Lotion SPF 30, 200 ml - 26001816</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Face Cream SPF 30, 50 ml - 20002783</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lille Kanin Sun Stick SPF 50+, 16 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Stick SPF 50, 18 ml - 20002092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronans Apotek SPF 50+ Solstift, 16 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronans Apotek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma SUPREME Fluid Sun Lotion High SPF 30, 50 ml - 26001455</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AUSTRE Solskydd Ansikte SPF 50, 50 ml – 20002795</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUSTRE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark 2 in 1 Sun Face Cream &amp; Stick SPF 50, 20 ml/3,2 g - 26001806</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mevolution Mini Rays of Light Sun Stick SPF 50, 18 ml - 20002728</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mevolution</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Balm SPF50, 145 ml - 20002926</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>#Hello Sunshine Sun Spray SPF30, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>#Hello Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Tan Accelerating Solspray SPF 30, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lille Kanin Solcreme SPF 30, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lille Kanin Sun Spray SPF 30, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lille Kanin Solcreme SPF 50+, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Sun Face SPF 50, 50 ml - 26001810</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Sun Lotion SPF15, 175 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Sun Lotion SPF30, 175 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mums with love After Sun, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mums with love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Kids Sun Lotion SPF 30, 75 ml - 26000772</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Body Lotion SPF 30, 75 ml - 26001638</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Værbitt Sunscreen For Men Face, SPF 30, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Værbitt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Avivir The Aloe Vera Sun Lotion SPF 50, 150 ml - 26001646</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Face Oil Medium SPF 25, 50 ml - 20002150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Sun Lotion SPF 30 fragrance free, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Kids Sollotion SPF 30, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronans Apotek SPF 30 Solstift, 16 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronans Apotek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lovena Sensitive Sun högt skydd sollotion SPF 30, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lovena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Avivir The Aloe Vera Sun Lotion SPF 30, 150 ml - 26001641</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Body Lotion Medium SPF15, 150 ml - 26001811</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Kids Sollotion SPF 30 (up), 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care After Sun Shimmer, 150 ml - 26001256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Sollotion SPF 30 (up), 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Kids Sollotion SPF 30 (up), 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma SUPREME Fluid Sun Lotion High SPF 50, 50 ml - 26001456</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma SUPREME Sun Lotion High SPF 30, 150 ml - 26001457</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mevolution Bright Rays of Light Sun Face Fluid SPF 50, 50 ml - 20002727</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mevolution</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Værbitt Sunscreen For Men Body, SPF 30, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Værbitt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Face Serum SPF 30, 30 ml - 20002786</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Face Cream SPF 15, 50 ml - 20002782</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Sun Stick SPF 50, 18 ml - 20002659</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>#Hello Sunshine Sun Oil SPF30, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>#Hello Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Sun Lotion High SPF 30, 200 ml - 26001656</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Tan Accelerating Sollotion SPF 30, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lille Kanin After Sun Lotion, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Sollotion SPF 15 (up), 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minirisk Sun Lotion SPF 50, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop 365 Minirisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Sun Lotion SPF 30, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Body Lotion SPF 30 Shimmer Edition, 150 ml - 26001255</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Roll-On Sun Lotion High SPF30, 50 ml - 20002621</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Body Lotion SPF 50, 150 ml - 26001491</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Sun Face SPF 30, 50 ml - 26001808</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Ansigtssolcreme SPF 50 (up), 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Sunlotion SPF 30, 500 ml - 20001752</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR, ALOE VERA AFTER SUN, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0028, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avivir ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vangedevej 225  st tv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dyssegaard</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mevolution Sunny Rays of Light Sun Lotion SPF 30, 200 ml - 26001778</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mevolution</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mevolution Sunny Rays of Light Sun Lotion SPF 15, 200 ml - 20001777</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mevolution</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Sun Lotion SPF 15 fragrance free, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Sun Lotion SPF 30 Fragrance Free, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Fluid Oil Control SPF 30, 50 ml - 20002788</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yroli Sun Protection Face and Body SPF 30, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0400, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yroli</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermaknowlogy After Sun Sorbet, 200 ml - 20002162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaKnowlogy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mums with love Sun Lotion SPF 50, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mums with love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Avivir The Aloe Vera Face Sun Cream SPF 30, 50 ml - 20002763</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Solspray 30 Høj SPF, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Sunlotion SPF 30, 200 ml - 26001005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Ansigtssolcreme SPF 30 (up), 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Sollotion SPF 30 (up), 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Sun Spray SPF 20, 200 ml - 20002749</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma SUPREME Sun Lotion High SPF 50, 150 ml - 26001458</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Sun Lotion High SPF50, 150 ml - 26001676</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lille Kanin After Sun Lotion, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Energizing Glow Day Cream SPF 15, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Sunlotion, Roll-On SPF 50, 50 ml - 20002083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mums with love SUN LOTION SPF 30, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mums with love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Austre After Sun, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUSTRE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Sollotion SPF 30, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Sun Spray Transparent SPF 30, 200 ml - 20002739</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Sun Stick SPF 50, Fragrance Free, 15 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Face Cream SPF 50, 50 ml - 20002784</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Face Sun Lotion High SPF50, 50 ml - 20002215</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR The Aloe Vera Face Sun Cream SPF 50, 50 ml - 20002764</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Sun Lotion High SPF50, 100 ml - 26001325</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Fluid Sun Face SPF50, 50 ml - 20002409</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mums with love Sun Stick 50 SPF, 16 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mums with love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Værbitt Aftersun For Men, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Værbitt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Face Sun Lotion High SPF 30, 50 ml - 20002620</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Aftersun, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Aftersun Spray, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Sun Scalp and Hair Spray SPF30, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Sun Spray High SPF 30, 150 ml - 20002619</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol Sun Lotion SPF50, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Sun Spray SPF30, 200 ml - 20002731</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Sollotion SPF 30 (up), 80 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Sun Lotion SPF 15, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki After Sun Lotion, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma SUPREME After Sun Lotion, 150 ml - 26001459</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mevolution Misty Rays of Light Sun Spray SPF 30, 200 ml - 20002725</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mevolution</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Sun Face Cream SPF 50, fragrance free, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Sun Face Cream SPF 15 fragrance free, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lille Kanin Solcreme SPF 50+, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Sun Face Cream SPF50, 50 ml - 20002305</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mums with love Face Sun Cream SPF 50, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0113, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mums with love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Sunlotion SPF 50, 75 ml - 26001232</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Sun Lotion SPF50, 200 ml - 26001353</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Face Serum SPF 50, 30 ml - 20002785</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark After Sun Aloe Vera Gel (til Sverige), 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>#Hello Sunshine 15 Sun Lotion SPF 15, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>#Hello Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Avivir Aloe Vera Anti-Age Sun Face SPF15, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma After Sun Lotion, 200 ml - 26000745</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DermaKnowlogy Sun Face Cream SPF 50, 50 ml - 20001937</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaKnowlogy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solcreme SPF 30, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0116, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lovena Aftersun, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lovena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Balm SPF50, 45 ml - 20002925</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Sun Lotion SPF 50, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Sollotion SPF 30 (up), 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Transparent Sololiespray SPF 15, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>#Hello Sunshine Sun Stick SPF50, 15, ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>#Hello Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>#Hello Sunshine Aftersun Lotion, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>#Hello Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol Sun Lotion SPF30, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DermaKnowlogy Sun Lotion High SPF 50, 200 ml - 20001936</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaKnowlogy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Avivir Aloe Vera  Sun Lotion SPF15, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Biotherm, Waterlover Sun Milk SPF50, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0358</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biotherm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L'OREAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>62 quai Charles Pasqua</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Levallois-Perret</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Austre Solskydd Spray SPF30, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUSTRE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Sun Oil SPF 30, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Sun Balm SPF50, 10 ml - 20002927</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Baby Sun Lotion SPF 30, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Kids Roll-On Sun Lotion, High SPF 50, 50 ml - 20002071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Kids Sun Spray High SPF 30, 150 ml -20002618</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Kids Sun Spray SPF 30, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Kids Sun Lotion High SPF 30, 200 ml - 26001657</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Sun Spray faktor SPF 30, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Kids Sun Lotion 30SPF, 175 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mevolution Kids Misty Rays of Light Sun Spray SPF 50, 200 ml - 20002726</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mevolution</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AUSTRE Barn Solskydd Spray, SPF 50, 150 ml – 20002385</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUSTRE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Kids Sun Lotion SPF 50, 400 ml - 22000186</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Kids Sun Lotion SPF 50, 200 ml - 26001490</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Sun Lotion Kids SPF50, 200 ml - 26001354</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Kids Solspray SPF 30, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Kids Roll-on Sollotion SPF50, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Kids Roll-On Sun Lotion SPF30, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Kids Sun Lotion SPF 50, 75 ml - 26001492</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0151, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Austre Solskydd Stift Barn SPF50, 18 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUSTRE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Kids Sun Lotion Very High SPF50+, 150 ml - 26001327</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Austre Barn Solskydd, Roll-on, SPF 50, 50 ml - 20002328</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUSTRE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Sun Spray SPF 15, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Kids Sun Spray, SPF 50, 200 ml - 20002081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Sun Screen for Kids and Families SPF30, 200 ml - 26001305 - 1999918798</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Sun Screen for Kids and Families SPF30, 500 ml - 20002165 - 1999918709</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mevolution Kids Sunny Rays of Light Sun Lotion SPF 50, 200 ml - 26001779</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mevolution</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Austre Solskydd Spray Barn SPF50, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUSTRE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BAMBO Nature Sun Screen For Kids And Families, SPF 50, 100 ml - 26001489</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Avivir The Aloe Vera Kids Sun Lotion SPF 30, 150 ml - 26001642</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Sun Lotion SPF15 waterproof, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Kids Sun Spray, SPF 50, 200 ml - 20002080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solskyddsprodukt för barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Kosmetiska produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Sunbench (Short, End module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Sunbench (Short, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Sunbench (Start module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Sunbench (Back connector, Add-on module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Sunbench (End module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Sunbench (Short, Middle module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KAJEN - Sun lounger, extended, 300 cm - Pine, Linax, Steel, Galvanised (U16-87/300LIN-VFZ)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola Industrier AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 17701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KAJEN - Sun lounger, extended, 120 cm - Pine, Linax, Steel, Galvanised (U16-87/120LIN-VFZ)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola Industrier AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 17701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>April Sunbench (Parklets 2.0, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Sunbench (Middle module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Sunbench (Narrow, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KAJEN - Sun lounger, 120 cm - Pine, Linax, Steel, Galvanised (U16-85/120LIN-VFZ)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola Industrier AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 17701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>April Sunbench (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Sunbench (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Sunbench (Back connector, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Sunbench (Back connector, End module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KAJEN - Sun lounger, extended, 180 cm - Pine, Linax, Steel, Galvanised (U16-87/180LIN-VFZ)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola Industrier AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 17701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Sunbench (Back connector, Start module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KAJEN - Sun lounger, 180 cm - Pine, Linax, Steel, Galvanised (U16-85/180LIN-VFZ)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola Industrier AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 17701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Sunbench (Short, Start module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KAJEN - Sun lounger, 300 cm - Pine, Linax, Steel, Galvanised (U16-85/300LIN-VFZ)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solsäng</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola Industrier AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 17701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Kulör- &amp; Vittvätt Morgonsol, 800 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Kulör- &amp; Vittvätt Morgonsol Flytande Tvättmedel, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Kulör- &amp; Vittvätt Morgonsol, 1500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0059, 5006 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Textiltvättmedel och fläckborttagningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden bord utemöbler, grå, 81-201-030</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Bänkbord</x:v>
+        <x:v>Utomhusbord</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solsiden Piknikbord för rullstol, utemöbler, trästruktur, 81-201-057</x:v>
+        <x:v>Solsiden lite bord, utemöbler, trästruktur, 81-201-027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Bänkbord</x:v>
+        <x:v>Utomhusbord</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solsiden Piknikbord för rullstol, utemöbler, grå, 81-201-060</x:v>
+        <x:v>Solsiden bänk, utemöbler, grå, 81-201-040</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Bänkbord</x:v>
+        <x:v>Utomhusbord</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solsiden Piknikbord, utemöbler, trästruktur, 81-201-057</x:v>
+        <x:v>Solsiden lite bord, utemöbler, grå, 81-201-020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Bänkbord</x:v>
+        <x:v>Utomhusbord</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Greenspot Akryl Satin Solgul, 100 ml (3808)</x:v>
-[...11 lines deleted...]
-        <x:v>057 Kontors- och hobbyartiklar</x:v>
+        <x:v>Solsiden bord utemöbler, trästruktur, 81-201-037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusbord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Greenspot</x:v>
-[...6838 lines deleted...]
-        <x:v>Solsäng</x:v>
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden bänk, utemöbler, trästruktur, 81-201-047</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusbänk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Vestre</x:v>
-[...22 lines deleted...]
-        <x:v>Solsäng</x:v>
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden soffa, utemöbler, trästruktur, 81-201-017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhussoffa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Vestre</x:v>
-[...22 lines deleted...]
-        <x:v>Solsäng</x:v>
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden soffa, utemöbler, grå, 81-201-010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhussoffa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Nola</x:v>
-[...22 lines deleted...]
-        <x:v>Solsäng</x:v>
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden stol, utemöbler, trästruktur, 81-201-007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusstol</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Nola</x:v>
-[...22 lines deleted...]
-        <x:v>Solsäng</x:v>
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden stol, utemöbler, grå, 81-201-000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusstol</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Vestre</x:v>
-[...22 lines deleted...]
-        <x:v>Solsäng</x:v>
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden planteringskärl 100 liter, utemöbler, alla färger, 81-210-110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växtlåda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Vestre</x:v>
-[...22 lines deleted...]
-        <x:v>Solsäng</x:v>
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden planteringskärl 400 liter, utemöbler, alla färger, 81-210-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växtlåda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Vestre</x:v>
-[...22 lines deleted...]
-        <x:v>Solsäng</x:v>
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden planteringskärl 400 liter, utemöbler, alla färger, 81-210-130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växtlåda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Vestre</x:v>
-[...22 lines deleted...]
-        <x:v>Solsäng</x:v>
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden planteringskärl 160 liter, utemöbler, alla färger, 81-210-020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växtlåda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Vestre</x:v>
-[...22 lines deleted...]
-        <x:v>Solsäng</x:v>
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden planteringskärl 250 liter, utemöbler, alla färger, 81-210-120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växtlåda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Nola</x:v>
-[...478 lines deleted...]
-      <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solsiden bänk, utemöbler, grå, 81-201-040</x:v>
-[...286 lines deleted...]
-      <x:c t="str">
         <x:v>Solsiden planteringskärl 70 liter, utemöbler, alla färger, 81-210-010</x:v>
-      </x:c>
-[...158 lines deleted...]
-        <x:v>Solsiden planteringskärl 400 liter, utemöbler, alla färger, 81-210-130</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Växtlåda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Utemöbler, lek- och parkutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>