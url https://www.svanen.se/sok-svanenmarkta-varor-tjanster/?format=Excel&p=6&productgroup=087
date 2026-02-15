--- v0 (2025-12-17)
+++ v1 (2026-02-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re821bd51ef634838" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d471c730f9c486e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R1b86a45c388246a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R2b681ad323fe4865"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1b86a45c388246a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2b681ad323fe4865" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
@@ -1220,122 +1220,58 @@
       </x:c>
       <x:c t="str">
         <x:v>Grillkol</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Fasta bränslen och upptändningsprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfskand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfskand Sp. z o.o</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ul. Fabryczna 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfino</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tändved 4 kg plastnät</x:v>
-[...2 lines deleted...]
-        <x:v>2087 0008</x:v>
+        <x:v>Fire up firelighters, 100 pcs (6 in carton)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5087 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Upptändningsprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Fasta bränslen och upptändningsprodukter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Baltic Trade</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Fire-Up</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Swedish Match Industries AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Drottningvägen 15</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tidaholm</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Harstad</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>