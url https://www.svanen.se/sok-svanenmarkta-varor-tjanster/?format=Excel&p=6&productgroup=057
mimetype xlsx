--- v0 (2025-12-31)
+++ v1 (2026-03-01)
@@ -1,1521 +1,1809 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd450009981ad48f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc33df143feb74b93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="Rff658de472d84cf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="produkter" sheetId="1" r:id="R0ec1ed95bc7d4b50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rff658de472d84cf1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ec1ed95bc7d4b50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Varumärke</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensinnehavare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ort</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>32222	Creall Eco color grey 500ml</x:v>
-[...14 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>Creall Eco color White 500ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>32223	Creall Eco color pink 500ml</x:v>
-[...14 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>Creall® Eco color Primary blue, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml orange (70642224)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml primary blue (70642255)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml purple (807751)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Peach, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall Eco color grey 500ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Dark brown, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Light brown, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Primary red, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Violet, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml primary red (70642235)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml dark blue (70642254)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml green (807754)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Ochre, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml black (807756)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Turquoise, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml white (70642201)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml red (70642234)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml orange (807748)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Light yellow, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Dark red, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Creall® Eco color Primary yellow, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobbyfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml green (70642264)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml primary blue (807752)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Dark green, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Dark yellow, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Royal blue, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Orange, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Black, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Dark blue, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml primary yellow (70642215)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml beige (70642229)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml primary red (807749)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml hot pink (807750)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall Eco color Cyclamen 500ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Creall® Eco color Mid green, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobbyfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Creall® Eco color Light brown, 500 ml</x:v>
-[...14 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml violet (70642244)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall Eco color pink 500ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Creall Eco color White 500ml</x:v>
+        <x:v>Creall® Eco color Light red, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobbyfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>32261	SOSTRENE GRENES POSTER PAINT 80ml, yellow</x:v>
-[...94 lines deleted...]
-      <x:c t="str">
         <x:v>Creall® Eco color Light green, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobbyfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Creall® Eco color Peach, 500 ml</x:v>
-[...881 lines deleted...]
-        <x:v>Creall</x:v>
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml brown (70642274)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml black (70642284)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml turquoise (807753)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml brown (807755)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml white (807746)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml primary yellow (807747)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobbyfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>UHU stic ReNATURE (Swan logo), 8,2 g, tray 24 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kontors- och hobbylim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>UHU</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>UHU GmbH</x:v>
-[...5 lines deleted...]
-        <x:v>Bühl</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>UHU stic ReNATURE (Swan logo), 21 g, tray 12 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kontors- och hobbylim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>UHU</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>UHU GmbH</x:v>
-[...5 lines deleted...]
-        <x:v>Bühl</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>UHU stic ReNATURE (Swan logo), 40 g, tray 12 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kontors- och hobbylim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>UHU</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>UHU GmbH</x:v>
-[...5 lines deleted...]
-        <x:v>Bühl</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>UHU twist &amp; glue ReNATURE (Swan logo), 90 ml, bottle tray</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kontors- och hobbylim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>UHU</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>UHU GmbH</x:v>
-[...5 lines deleted...]
-        <x:v>Bühl</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>UHU stic ReNATURE (Swan logo), 2 x 8,2 g, blister</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kontors- och hobbylim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>UHU</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>UHU GmbH</x:v>
-[...5 lines deleted...]
-        <x:v>Bühl</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>UHU stic ReNATURE (Swan logo), 1 x 21 g, blister</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kontors- och hobbylim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>UHU</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>UHU GmbH</x:v>
-[...5 lines deleted...]
-        <x:v>Bühl</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>UHU twist &amp; glue ReNATURE (Swan logo), 35 ml, bottle blister</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kontors- och hobbylim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>UHU</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>UHU GmbH</x:v>
-[...5 lines deleted...]
-        <x:v>Bühl</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Extra Recycle, svart</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kulspetspenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Extra Recycle</x:v>
       </x:c>
       <x:c t="str">
@@ -2329,1029 +2617,1029 @@
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Penol 0750 Permanent Marker, Green</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5057 0008, 5057 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Märkpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...5 lines deleted...]
-        <x:v>Hellerup</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Penol 0700 Permanent Marker, Blue</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5057 0008, 5057 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Märkpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...5 lines deleted...]
-        <x:v>Hellerup</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Penol 0700 Permanent Marker, Green</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5057 0008, 5057 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Märkpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...5 lines deleted...]
-        <x:v>Hellerup</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Penol 0700 Permanent Marker, Red</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5057 0008, 5057 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Märkpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...5 lines deleted...]
-        <x:v>Hellerup</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Penol 0700 Permanent Marker, Black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5057 0008, 5057 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Märkpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...5 lines deleted...]
-        <x:v>Hellerup</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Penol 0700 Permanent Markers 1,5 mm, 4 stk. (forskellige farver i æske)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5057 0008, 5057 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Märkpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...5 lines deleted...]
-        <x:v>Hellerup</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Penol 0750 Permanent Markers 2-5 mm, 4 stk. (forskellige farver i æske)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5057 0008, 5057 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Märkpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...5 lines deleted...]
-        <x:v>Hellerup</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 0750 Permanent Marker, Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0008, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Märkpenna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Penol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Penol 0750 Permanent Marker, Black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5057 0008, 5057 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Märkpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...10 lines deleted...]
-        <x:v>Penol 0750 Permanent Marker, Blue</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 0750 Permanent Marker, Red</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5057 0008, 5057 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Märkpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...10 lines deleted...]
-        <x:v>Penol 0750 Permanent Marker, Red</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 10 Fibre Tip Pens Jumbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0005, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tuschpenna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Penol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 10 Fibre Tip pens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0005, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tuschpenna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Penol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creative Colors-Penol, 30 Felt Pens, Fine Tip, Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0005, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tuschpenna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creative Colors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creative Colors-Penol, 10 Felt Pens, Broad Tip, Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0005, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tuschpenna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creative Colors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 20 Fibre Tip Pens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0005, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tuschpenna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Penol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creative Colors-Penol, 10 Felt Pens, Fine Tip, Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0005, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tuschpenna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creative Colors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creative Colors-Penol, 20 Felt Pens, Fine Tip, Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0005, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tuschpenna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creative Colors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 30 Fibre Tip Pens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0005, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tuschpenna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Penol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 10 Fibre Tip Pens Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0005, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tuschpenna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Penol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 20 Fibre Tip Brush Pens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0005, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tuschpenna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Kontors- och hobbyartiklar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Penol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 850 Whiteboard 2 - 5 mm Medium, Black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5057 0008, 5057 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Märkpenna</x:v>
+        <x:v>Whiteboardpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...19 lines deleted...]
-        <x:v>Tuschpenna</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 850 Whiteboard 2 - 5 mm Medium, Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0008, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Whiteboardpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...19 lines deleted...]
-        <x:v>Tuschpenna</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 800 Whiteboard 1.5 mm Fine, Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0008, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Whiteboardpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...83 lines deleted...]
-        <x:v>Tuschpenna</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 800 Whiteboard 1.5 mm Fine, Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0008, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Whiteboardpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...83 lines deleted...]
-        <x:v>Tuschpenna</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 850 Whiteboard 2 - 5 mm Medium, Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0008, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Whiteboardpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...19 lines deleted...]
-        <x:v>Tuschpenna</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 800 Whiteboard 1.5 mm Fine, Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0008, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Whiteboardpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...19 lines deleted...]
-        <x:v>Tuschpenna</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 800 Whiteboard 1.5 mm Fine, Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5057 0008, 5057 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Whiteboardpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...10 lines deleted...]
-        <x:v>Penol 850 Whiteboard 2 - 5 mm Medium, Black</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 850 Whiteboard 2 - 5 mm Medium, Red</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5057 0008, 5057 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Whiteboardpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...10 lines deleted...]
-        <x:v>Penol 850 Whiteboard 2 - 5 mm Medium, Green</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 800 Whiteboard 1,5mm Fine, 4 stk. (forskellige farver i æske)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5057 0008, 5057 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Whiteboardpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...10 lines deleted...]
-        <x:v>Penol 800 Whiteboard 1.5 mm Fine, Green</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 850 Whiteboard 2 - 5 mm Medium, 4 stk. (forskellige farver)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5057 0008, 5057 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Whiteboardpenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...10 lines deleted...]
-        <x:v>Penol 800 Whiteboard 1.5 mm Fine, Red</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 800 Whiteboard 1,5 mm fine ass 12 colours</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5057 0008, 5057 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Whiteboardpenna</x:v>
+        <x:v>Överstrykningspenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...10 lines deleted...]
-        <x:v>Penol 850 Whiteboard 2 - 5 mm Medium, Blue</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Penol 850 Whiteboard 2 – 5 mm medium ass 12 colours</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5057 0008, 5057 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Whiteboardpenna</x:v>
+        <x:v>Överstrykningspenna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Kontors- och hobbyartiklar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Penol</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Penol A/S</x:v>
-[...229 lines deleted...]
-        <x:v>Hellerup</x:v>
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>