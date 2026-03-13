--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06c366280c514bb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6de2a524fb1d45e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R3eec39809b3542de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="produkter" sheetId="1" r:id="Rd1415bab1ab847e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3eec39809b3542de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd1415bab1ab847e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
@@ -132,3182 +132,3182 @@
       </x:c>
       <x:c t="str">
         <x:v>Kuvert</x:v>
       </x:c>
       <x:c t="str">
         <x:v>041 Tryckerier och trycksaker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bong</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bong Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 516</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kristianstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Mailman Kontor, förslutning Peel &amp; Seal utan fönster (självhäftande kuvert med täckremsa)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuvert</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bong</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bong Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 516</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kristianstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Mailman Miljö, förslutning fukthäftande utan fönster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3041 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuvert</x:v>
       </x:c>
       <x:c t="str">
         <x:v>041 Tryckerier och trycksaker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bong</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bong Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 516</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kristianstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mailman Kontor, förslutning Peel &amp; Seal utan fönster (självhäftande kuvert med täckremsa)</x:v>
+        <x:v>Mailman Kontor, förslutning Peel &amp; Seal med fönster (självhäftande kuvert med täckremsa)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3041 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuvert</x:v>
       </x:c>
       <x:c t="str">
         <x:v>041 Tryckerier och trycksaker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bong</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bong Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 516</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kristianstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mailman Kontor, förslutning Peel &amp; Seal med fönster (självhäftande kuvert med täckremsa)</x:v>
+        <x:v>Billes Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Billes Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Billes Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 304</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MittMedia Print AB, Sundsvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0879</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bold</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bold Printing Mitt AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 367</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÄVLE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MittMedia Print AB, Falun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0315</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bold</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bold Printing Mitt AB, Falun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 265</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Victor Stationery Oü</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4041 0675</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Victor Stationery</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Victor Stationery OÜ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peterburi tee 92F</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallin</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sib-Tryck Holdings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0177</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sib-Tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sib-Tryck Holding AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norsborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Print Best Oü</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4041 0982</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Print Best</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Print Best Oü</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Männimäe tee 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viljandi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AB Norrmalmstryckeriet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Norrmalmstryckeriet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Norrmalmstryckeriet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 416</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SOLLENTUNA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elanders Sverige AB, Vällingby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elanders</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elanders Sverige AB, Vällingby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 518</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vällingby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stibo Complete, Horsens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5041 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stibo Complete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stibo Complete, Horsens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saturnvej 65</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Specialtillverkning inom ramen för nordisk miljömärkning, med fönster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3041 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Kuvert</x:v>
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bong Sverige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bong Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 516</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kristianstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LTAB Linköpings Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0827</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LTAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LTAB Linköpings Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LINKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Daily Print i Umeå AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daily Print</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daily Print i Umeå AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förrådsvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Printeliten Tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 1015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Printeliten Tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Myntgatan 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bok &amp; Tryck Andersson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 1011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bok &amp; Tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bok &amp; Tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lasarettvägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bollnäs</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Henrix Grafiska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0540</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Henrix </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Henrix Grafiska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 195</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Husqvarna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TMG Öresund AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0804</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>TMG Öresund AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flygaregatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trydells Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0091</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trydells</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trydells Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrigatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LAHOLM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Etcetera Offset AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 1016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Etcetera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Etcetera Offset AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrigatan 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BORÅS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIA Poligrafijas grupa Mukusala, Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0876</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>SIA Poligrafijas grupa Mukusala, Ltd (PGM)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mukusalas street 15a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Original tryckeri, Umeå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0995</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Original Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Original Tryckeri Norrland AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spårvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veiters Korporacija</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 1005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veiters Korporacija</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anšlava Eglīša iela 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pressgrannar AB, Linköping</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pressgrannar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pressgrannar AB, Linköping</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tryckservice i Ängelholm AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0575</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckservice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckservice i Ängelholm AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metallgatan 21 C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JustNu AB, Borås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0990</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JustNu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JustNu AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerbrogatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Torgau-Kuvert GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2041 0930</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mayer Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torgau-Kuvert GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Am Gewerbepark 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Süptitz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Narayana Press, Kalvsømadevej 75, Odder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5041 0562</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Narayana Press</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Narayana Press</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kalvsømadevej 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odder</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Parajett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 1032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parajett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 63</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tryckeri Gota Media AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0621</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gota Media</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås Tidning Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödegärdsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Temo Mailer AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0864</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Temo Mailer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Temo Mailer AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaminvägen 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JÄRFÄLLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandinavian Print Group Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0065</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandinavian Print Group Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skarpnäck</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graf &amp; Bild i Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0974</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graf &amp; Bild</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graf &amp; Bild Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallmätargatan 1C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Media-Tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0903</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunds universitet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Media-Tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ljungbergs Tryckeri i Klippan AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungbergs Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungbergs Tryckeri i Klippan AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klippan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lidbergs Grafiska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0219</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LIdbergs Grafiska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidbergs Grafiska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 83</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skurup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIA PNB Print</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0904</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>SIA PNB Print</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>"Jansili", Silakrogs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ropazu novads</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Printall AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4041 0820</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Printall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Printall AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tala 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bold Printing Malmö AB, Olsgårdsgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0979</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bold</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bold Printing Malmö AB - Olsgårdsgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Olsgårdsgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IT Grafiska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0620</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IT Grafiska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IT Grafiska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orrekulla Industrigata 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Markbladet Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0291</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Markbladet Tryckeri </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Markbladet Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skene</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Exaktaprinting AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0417</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exakta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exakta Print AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brännögatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PostNord Strålfors AB, Ljungby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PostNord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PostNord Strålfors AB, Ljungby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mixi Print AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0388</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mixi Print </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mixi Print AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OLOFSTRÖM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Litografen i Vinslöv AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0390</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Litografen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Litografen i Vinslöv AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alfredssons Communication AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0332</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfredssons Communication</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfredssons Communication AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinnavägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bollebygd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wikströms Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wikströms Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wikströms Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 856</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Linderoths Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0810</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linderoths</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linderoths Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 144</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vingåker</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sydostpressarna i Karlskrona AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0419</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gota Media</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sydostpressarna i Karlskrona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärleksstigen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fjerritslev Tryk A/S, Østergade 35, 9690 Fjerritslev</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5041 0357</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjerritslev Tryk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjerritslev Tryk A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjerritslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Addbrand Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0725, 3041 0742</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Addbrand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Addbrand Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gyllerogatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svedala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stema Offset- och Digitaltryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0234</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stema</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stema Offset- och Digitaltryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 969</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stibo Complete, Katrineholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0078</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stibo Complete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stibo Complete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Högmossevägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrineholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Specialtillverkning inom ramen för nordisk miljömärkning, utan fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
       </x:c>
       <x:c t="str">
         <x:v>041 Tryckerier och trycksaker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bong</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bong Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 516</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kristianstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Victor Stationery Oü</x:v>
-[...215 lines deleted...]
-        <x:v>Box 265</x:v>
+        <x:v>Bjäre Grafiska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 1021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjäre Grafiska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjäre Grafiska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liden7c</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Båstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åtta.45 Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åtta.45 Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åtta.45 Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 515</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universitetsservice US AB (KTH)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0550</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Universitetsservice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Universitetsservice US AB (KTH)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottning Kristinas väg 53 B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PostNord Strålfors AB, Rosersberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0978</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PostNord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PostNord Strålfors AB, Rosersberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålgatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosersberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bold Printing Malmö AB, Stenåldersgatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bold Printing Malmö Olsgårdsgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TMG Tabergs AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0271</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>TMG Tabergs AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blue Art Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0981</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue Art Production</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue Art Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jons väg 19-21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jonsered</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Larsson Offsettryck AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0298</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Larsson Offsettryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Larsson Offsettryck AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1529</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UPC Konsultointi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4041 0948</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPC Print</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPC Konsultointi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gerbyntie 18</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VAASA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bröderna Hansson H-Tryck AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0215</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bröderna Hansson H-Tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bröderna Hansson H-Tryck AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skulptörvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Markaryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KPH Print AB, Uppsala</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0736</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KPH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kph Print AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1963</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>K-Print OÜ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4041 0991</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K-Print</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K-Print OÜ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värvi 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallinn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Risbergs Information &amp; Media AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0589</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Risbergs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Risbergs Information &amp; Media AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wasséns väg 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uddevalla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ale Tryckteam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0924</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ale Tryckteam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ale Tryckteam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bohus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NWT Media AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0997</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NWT Media</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NWT Media AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Våxnäsgatan 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>City Tryck i Karlstad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0144</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>City Tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>City Tryck i Karlstad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 506</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UAB Lietuvos Ryto Spaustuve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0923</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>UAB Lietuvos ryto spaustuve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sodu str. 83, Skaidiskes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vilnius</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>K. Larsen &amp; Søn A/S Grafisk Hus, Jernholmen 42A, Hvidovre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5041 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KLS Grafisk Hus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KLS PurePrint A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jernholmen 42 A, 42B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hvidovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandstens Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0253</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandstens Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandstens Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Distansgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Frölunda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Welins Örebro AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0236</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Welins Örebro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Welins Örebro AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOX 176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖREBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AS Aktaprint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4041 0962</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aktaprint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Aktaprint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kukermiidi 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallinn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAYER POLSKA Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 1013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>MAYER POLSKA Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. gen. M. Langiewicza 48</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Konstantynów Lódzki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Infoservice i Kalmar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 1035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Infoservice i Kalmar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TORSÅSGATAN 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kalmar</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Evers-Druck GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5041 1027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Evers-Druck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Evers-Druck GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ernst-Günter-Albers-Straße</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meldorf</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ruter Vellinge AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0961</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ruter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ruter Vellinge AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Logården</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vellinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Printagon Graphics AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0934</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Printagon Graphics</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Printagon Graphics AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 203</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allduplo Offsettryck AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0497</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allduplo Offsettryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allduplo Offsettryck AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bergsgatan 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Daus Tryckeri i Östersund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0719</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daus Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daus Tryckeri Östersund AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chaufförvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERSUND</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gävle Offset AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0965</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle Offset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle Offset AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tredje Tvärgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÄVLE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eskils Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0459</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eskils Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eskils Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 381</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Br. Carlssons Boktryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0537</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BCB Tryckeri &amp; Media</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BCB Tryckeri &amp; Media</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nätvägen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Träslövsläge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ruter Rulle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ruter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ruter Rulle AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 203</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stibo Complete A/S, Helgeshøj Allé 36, Taastrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5041 0806</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stibo Complete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aller Tryk A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helgeshøj Alle 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taastrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jelgavas Tipografija SIA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0984</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jelgavas Tipografija </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jelgavas Tipografija SIA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Langervaldes Street 1 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jelgava</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paperipiste Oy, Parola Finland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4041 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paperipiste</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paperipiste Oy, Parola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parola</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nilssons Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0461</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilssons Tryckeri </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilssons Tryckeri AB, Hässleholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blankettvägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjärnum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tryckeri City i Umeå AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0814</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri City i Umeå AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formvägen 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åtta.45 Tryckeri AB, Falun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0359</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åtta.45 Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åtta.45 Tryckeri AB, Falun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matsarvsvägen 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Falun</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>LTAB Linköpings Tryckeri AB</x:v>
-[...66 lines deleted...]
-        <x:v>5041 0004</x:v>
+        <x:v>Kalmar Kuvert Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0993</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kalmar Kuvert Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Propellervägen 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kalmar</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frank Druck GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5041 1028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frank Druck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frank Druck GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriestraße 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preetz/Holst</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Format Werk GMbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Tryckerier och trycksaker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Format Werk </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Format Werk GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallackstrasse 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stibo Complete, Vimmerby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0189</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tryckeri</x:v>
       </x:c>
       <x:c t="str">
         <x:v>041 Tryckerier och trycksaker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stibo Complete</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Stibo Complete, Horsens</x:v>
-[...2345 lines deleted...]
-      <x:c t="str">
         <x:v>Stibo Complete, Vimmerby</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>3041 0189</x:v>
-[...19 lines deleted...]
-      <x:c t="str">
         <x:v>Älåkragatan 4-6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vimmerby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Åtta.45 Tryckeri AB, Falun</x:v>
-[...254 lines deleted...]
-      <x:c t="str">
         <x:v>Print on demand Stockholm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3041 1012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tryckeri</x:v>
       </x:c>
       <x:c t="str">
         <x:v>041 Tryckerier och trycksaker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Print on demand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pod Sthlm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Winquists väg 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spånga</x:v>
-      </x:c>
-[...62 lines deleted...]
-        <x:v>Preetz/Holst</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>SIA Livonia Print</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3041 0893</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tryckeri</x:v>
       </x:c>
       <x:c t="str">
         <x:v>041 Tryckerier och trycksaker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">