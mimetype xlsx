--- v0 (2026-01-13)
+++ v1 (2026-03-19)
@@ -1,33278 +1,8317 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87cb5fc704024101" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78e2d16b003a42a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R86079d7d207f465f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="produkter" sheetId="1" r:id="R340d2d6324be4393"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R86079d7d207f465f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R340d2d6324be4393" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Varumärke</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensinnehavare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ort</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Yunik Pro Wood Superdec Semi Matt Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MURTEX ACRYLIC Base Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Facade Flex Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Eggshell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood Superdec White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Base 4 (Denmark)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Drygolin Optimal base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0053, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXCELLENT EXTERIOR 334 Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wood Protection Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLOURTEST OUTDOOR Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Base 3 (Denmark)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Flügger White / Base 1 (Denmark)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA DOOR &amp; WINDOW Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Oljefärg Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXTERIOR Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXTERIOR Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 02 Wood Tex Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 02 Wood Tex Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Eggshell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA PREMIUM EXTERIOR+ Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Granite Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE DOOR &amp; WINDOW TECH Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Roof &amp; Base Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tikkurila Teho Modern Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Facade Multi Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXCELLENT EXTERIOR Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol TÄCKLASYR Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Impredur Base 44</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Window Paint Allround White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Resist Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Täcklasyr Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Accent Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Protect Matt Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Superdec Semi Matt White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fönster&amp;Snickeri Helmatt Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Modern Oljefärg Faluröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Superdec Semi Matt Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Utsikt Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE SUPREME Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Täcklasyr Utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE SUPER TECH Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Superdec Semi Gloss Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Reko Fasadfärg Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXTERIOR 337 Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Modern Oljefärg White/Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Window Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Window Paint Allround Antracite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Black (Denmark)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol DÖRR- OCH FÖNSTERFÄRG V Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA PREMIUM EXTERIOR+ 334 Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol TÄCKLASYR Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol TÄCKLASYR 234 Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Flex Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Multi Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Faluröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Window Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö COLOUR TEST OUTDOOR Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fönster&amp;Snickeri Helmatt Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Superdec Semi Matt Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Window Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Fasad Täcklasyr Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Facade Multi Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA PREMIUM EXTERIOR+ Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Täcklasyr Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood Superdec Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin FACADE Base Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Modern Oljefärg Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Reko Fasadfärg Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Impredur White / Base 41</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Superdec Semi Gloss White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Oljefärg White/Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Faluröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Universal Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Window Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol DÖRR- OCH FÖNSTERFÄRG V Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Resist Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window  Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tikkurila Teho Modern Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Cottage Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Oljefärg Utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Universal Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Exterio Träfasad Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol TÄCKFÄRG Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Villa Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF Fasadeakryl base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0053, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Window White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Storm Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wood Protection Anthracite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Window RAL 9010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Fasad Täcklasyr White/ Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Utsikt Tonad Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood Superdec Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wood Protection White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Exterio Träfasad Utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Exterio Träfasad Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Facade Flex  White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin FACADE Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE DOOR &amp; WINDOW TECH Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE DOOR &amp; WINDOW TECH 322 Light</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / S0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 03 Wood Tex Base 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Window White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood Superdec Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Window Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE SUPER TECH Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Multi White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Flex White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Flex Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Window Paint Allround Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Utsikt White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Universal Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Universal Light Eggshell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK Performance base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0053, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE SUPREME Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Superdec Semi Gloss Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Modern Oljefärg Tonad Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Tonad Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXCELLENT EXTERIOR Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 02 Wood Tex White (rep)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Oljefärg Faluröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin FACADE Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BUTINOX Futura Maling base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0053, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXCELLENT EXTERIOR Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol TÄCKFÄRG Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol TÄCKLASYR 237 Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / RAL 9010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MURTEX ACRYLIC Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE SUPER TECH Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Window Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Villa White/Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA DOOR &amp; WINDOW Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLOURTEST OUTDOOR Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA DOOR &amp; WINDOW Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 03 Wood Tex Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Base 4 (Export)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Täcklasyr Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Roof &amp; Base Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Multi Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö COLOUR TEST OUTDOOR Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex White / Base 1 (Export)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Window RAL9010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Resist White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE DOOR &amp; WINDOW TECH Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXTERIOR 334 Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Facade Flex Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Nordsjö MURTEX ACRYLIC Base Clear</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>3097 0005, 3097 0005</x:v>
-[...11 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordsjö</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Akzo Nobel Decorative Coatings AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Staffantorpsvägen 50</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MALMÖ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sadolin Facade Putsfasadfärg Base White</x:v>
-[...17 lines deleted...]
-        <x:v>Sadolin</x:v>
+        <x:v>Alcro Fasad Täcklasyr Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Facade Multi White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Accent Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0001, 3096 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Superdec Semi Gloss Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE SUPER TECH Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0051, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Akzo Nobel Decorative Coatings AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Staffantorpsvägen 50</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MALMÖ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Pinotex Dörr- och Fönsterfärg V RAL 9010</x:v>
-[...1198 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>Flügger 04 Wood Tex Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Cuprinol Trägrund vit</x:v>
-[...110 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>Landora Väggfärg 07 Antikrosa 2,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Offwhite, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 06 Wood Tex Oil Paint W 60 White, 10 l</x:v>
-[...14 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>Flügger Interior Strong Finish 40 Base 1, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Perfekt Fasad Plus Utevit, 10 l</x:v>
-[...46 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>Flügger Interior Strong Finish 40 Base 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Front Oljefärg  Vit, 3 l</x:v>
-[...206 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>LYCKE UTOMHUS FASADFÄRG; Base C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Wall Paint 5 500 White, 3 L (81614)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Bas 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Supertäcklasyr Vit/Base AA, 0,7 l (41753)</x:v>
-[...334 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>Luxi Väggfärg Helmatt Mörk Mossa, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Front Akrylatfärg Max vit, 12 l</x:v>
-[...206 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>Flügger Interior Strong Finish 20 Base 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Perfekt Fasad  Bas C 2,7 l</x:v>
-[...241 lines deleted...]
-        <x:v>NowoCoat</x:v>
+        <x:v>Flügger Interior Strong Finish 20 Base 4, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Woodprotect Solid WB; Base ZN, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Sort, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Hellmat Kvällsskog, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Base 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Hvid/Base LN, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Base A, 0,675 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Base ZN, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Utevit, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Base 1, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5, Ass, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Base ZN, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger  Interior Strong Finish 40 White, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Base C, 0,675 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Utevit, 0,675 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Helmatt Kit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Window Aqua Hvid/Base LN, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Offwhite, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Basecoat Aqua Hvid/Base LN, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 2 White / Base 1, 9,1 l (40076)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Base A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Base C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Helmatt Blygrå, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Svenskrød, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Woodprotect Solid WB; Base ZN, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Woodprotect Solid WB; Base WN, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Utevit, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Helmatt Skogsgrön, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 White, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg; Base C;, 0,325 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Base 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Solid Window Aqua; Hvid/LN, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Sort, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 2 Offwhite S0500-N, 10 l (40075)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 90 Bas 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance, Super Täckande Trælasur oljebaserad, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Droppen Elegance</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nowocoat Industrial A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stålvej 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alcro Sockel Helmatt Täckfärg Kalkstensgrå, 1 l</x:v>
-[...206 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>Luxi Väggfärg Helmatt Havsblå, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Hvid/Base LN, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 White, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Base A, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lycke - Skönhet för alla hem</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tikkurila Sverige AB</x:v>
-[...25 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Woodprotect Solid WB; Base WN, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Offwhite, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Basecoat Aqua Hvid/Base LN, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Hvid/Base LN, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Woodprotect Solid WB; RAL 7016, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Woodprotect Solid WB; Base WN, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYCKE UTOMHUS FASADFÄRG; Base C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lycke - Skönhet för alla hem</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tikkurila Sverige AB</x:v>
-[...953 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger  Interior Strong Finish 40 Offwhite, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Base C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lycke - Skönhet för alla hem</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tikkurila Sverige AB</x:v>
-[...249 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Base A, 0,325 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 3, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 05 Wood Tex Black (Denmark)</x:v>
-[...14 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>Sigma Solid Topcoat Aqua Base ZN, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance, SuperTäckende Trälasyr vattenbaserad, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Droppen Elegance</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowocoat Industrial A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålvej 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Base 3, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 06 Wood Tex Base 4</x:v>
-[...14 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>Sigma Solid Topcoat Aqua Base ZN, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Hvid/Base LN, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 White, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 07 Wood Tex Black</x:v>
-[...7214 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>SIGMA Woodprotect Solid WB; Black, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Base C, 0,325 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lycke - Skönhet för alla hem</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tikkurila Sverige AB</x:v>
-[...1241 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Woodprotect Solid WB; Base ZN, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg; Base C. 0,675 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lycke - Skönhet för alla hem</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tikkurila Sverige AB</x:v>
-[...17995 lines deleted...]
-        <x:v>SIGMA Woodprotect Solid WB; Base WN, 2,5 l</x:v>
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Solid Window Aqua Base ZN, 2,5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/044/003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sigma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PPG Coatings Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gladsaxevej 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sigma Solid Topcoat Aqua Hvid/Base LN, 0,75 l</x:v>
+        <x:v>Sigma Solid Topcoat Aqua Sort, 2,5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/044/003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sigma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PPG Coatings Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gladsaxevej 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lycke Utomhus Fasadfärg Base A, 0,675 l</x:v>
+        <x:v>Sigma Solid Topcoat Aqua RAL 7016, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/044/003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Lycke - Skönhet för alla hem</x:v>
-[...318 lines deleted...]
-      <x:c t="str">
         <x:v>Sigma</x:v>
-      </x:c>
-[...2238 lines deleted...]
-        <x:v>Lycke - Skönhet för alla hem</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PPG Coatings Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gladsaxevej 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>