--- v0 (2026-01-11)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aab5cbb67394ac1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raabe966d28e74c07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="Rd920ad1896a74319"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="produkter" sheetId="1" r:id="Ra6e655ce0d894228"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd920ad1896a74319" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra6e655ce0d894228" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
@@ -196,302 +196,302 @@
       </x:c>
       <x:c t="str">
         <x:v>Rengöring av vätskeskadade laptops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>108 Rengöring av vätskeskadad elektronik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Techsave</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mcare Stjärnafyrkant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ortviksvägen 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvall</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Rengöring av laptops hos Mcare MediaMarkt Högsbo, Lona Knapes gata 1, 421 32 Västra Frölunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5108 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rengöring av vätskeskadade laptops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>108 Rengöring av vätskeskadad elektronik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Techsave</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mcare MediaMarkt Högsbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lona Knapes gata 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Frölunda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Rengöring av laptops hos Mcare Malmö, Masttorget 6, vån 6, 211 77 Malmö</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5108 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rengöring av vätskeskadade laptops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>108 Rengöring av vätskeskadad elektronik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Techsave</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mcare Malmö</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Masttorget 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Malmö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rengöring av laptops hos Mcare MediaMarkt Högsbo, Lona Knapes gata 1, 421 32 Västra Frölunda</x:v>
-[...8 lines deleted...]
-        <x:v>Rengöring av vätskeskadade laptops</x:v>
+        <x:v>Rengöring av laptops hos Godsinlösen Nordic AB, Handelvägen 18, 24522 Staffanstorp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5108 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rengöring av vätskeskadade laptops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>108 Rengöring av vätskeskadad elektronik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Techsave</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Techsave A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dronningborg Boulevard 81</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Randers NØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rengöring av laptops hos Mcare 3Butiken Jönköping, Lantmätargränd 61, 553 20 Jönköping</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5108 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rengöring av vätskeskadade laptops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>108 Rengöring av vätskeskadad elektronik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Techsave</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mcare 3Butiken Jönköping</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lantmätargränd 61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rengöring av mobiltelefoner hos Mcare MediaMarkt Högsbo, Lona Knapes gata 1, 421 32 Västra Frölunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5108 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rengöring av vätskeskadade mobiltelefoner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>108 Rengöring av vätskeskadad elektronik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Techsave</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mcare MediaMarkt Högsbo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lona Knapes gata 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Frölunda</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rengöring av laptops hos Godsinlösen Nordic AB, Handelvägen 18, 24522 Staffanstorp</x:v>
-[...58 lines deleted...]
-        <x:v>Jönköping</x:v>
+        <x:v>Rengöring av mobiltelefoner hos Mcare Stjärnafyrkant, Ortviksvägen 8, 856 33 Sundsvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5108 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rengöring av vätskeskadade mobiltelefoner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>108 Rengöring av vätskeskadad elektronik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Techsave</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mcare Stjärnafyrkant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ortviksvägen 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rengöring av mobiltelefoner hos Mcare MediaMarkt Gallerian, Hamngatan 37, 111 53 Stockholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5108 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rengöring av vätskeskadade mobiltelefoner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>108 Rengöring av vätskeskadad elektronik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Techsave</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mcare MediaMarkt Gallerian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamngatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Rengöring av mobiltelefoner hos Mcare Stockholm, Sveavägen 28, 111 34 Stockholm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5108 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rengöring av vätskeskadade mobiltelefoner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>108 Rengöring av vätskeskadad elektronik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Techsave</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mcare Stockholm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sveavägen 28</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
-      </x:c>
-[...94 lines deleted...]
-        <x:v>Sundsvall</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Rengöring av mobiltelefoner hos Godsinlösen Nordic AB, Handelvägen 18, 24522 Staffanstorp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5108 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rengöring av vätskeskadade mobiltelefoner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>108 Rengöring av vätskeskadad elektronik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Techsave</x:v>
       </x:c>
       <x:c t="str">