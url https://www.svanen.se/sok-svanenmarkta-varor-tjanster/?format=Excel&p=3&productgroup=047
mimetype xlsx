--- v0 (2026-02-05)
+++ v1 (2026-03-23)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ba1c451ca9e4625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7c9cf5a6d6a4370" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="Rd1c30e8ac43949d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="produkter" sheetId="1" r:id="R95eab48586a446e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd1c30e8ac43949d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R95eab48586a446e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
@@ -60,12923 +60,13243 @@
       <x:c t="str">
         <x:v>Naturesse® Tray rectangular N730</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5047 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bricka</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Naturesse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenway-Denmark.dk</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tolnevej 133</x:v>
-[...2 lines deleted...]
-        <x:v>Sindal</x:v>
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Cuadra rectangular 3391</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bricka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Tray large oval 4747</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bricka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Palm leaf 5045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bricka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Tray N744</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bricka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Tray N745</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bricka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Tray long N729</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bricka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Cuadra rectangular 3394</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bricka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Triangle 12173</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bricka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Tray 10066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bricka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Naturesse® Cuadra square 3392</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5047 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bricka</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Naturesse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenway-Denmark.dk</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tolnevej 133</x:v>
-[...7 lines deleted...]
-        <x:v>Naturesse® Tray long N729</x:v>
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP14GL Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Mugg 7oz Vit, 30 p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAMPER DIŞ TİCARET A.Ş</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>İNÖNÜ MAH. 139 SOKAK NO:83/1 AYRANCILAR-TORBALI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IZMIR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svanenmärkt Kaffekopp Natura, 24cl 8 oz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Gastro Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Global Supply A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svanenmärkt Kaffekopp, 48 cl/CPLA (1999909485)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Global Supply A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svanenmärkt Kaffekopp, 24 cl/CPLA (1999909482)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Global Supply A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo (GTIN 7321574813821, 7321574819946, 7321574833706)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo (GTIN 7321574820348)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP4 Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP14 Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP7H Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP9S Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP12G Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP16G Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo (GTIN 7321574813661, 7321574815313, 7321574819458, 7321574833393)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ST-Pack Printed Paper Cups with PE Coating</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ST Pack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ST Pack Sanayi Ve Ticaret A.S.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yazibasi Mah. 325 Sk. No:7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Izmir</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svanenmärkt Kaffekopp, 24 cl/PE (1999909470)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Global Supply A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svanenmärkt Iskopp, 140 ml/PE (1999909479)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Global Supply A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP9H Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP7 Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP9 Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP14G Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP9SG Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP7HG Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP7GL Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ST-Pack Paper Cups with PE Coating</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ST Pack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ST Pack Sanayi Ve Ticaret A.S.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yazibasi Mah. 325 Sk. No:7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Izmir</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svanenmärkt Kaffekopp, 24 cl/PE (1999914511)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Global Supply A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SDW16G Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP8G Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Single Wall Cup 4 oz / 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bröderna Hansson H-Tryck AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skulptörvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Markaryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP9SGL Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP7HL Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP14L Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Single Wall Cup 12 oz / 350 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bröderna Hansson H-Tryck AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skulptörvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Markaryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>25cl Mugg Konfetti 12p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svanenmärkt Iskopp, 170 ml/PE (1999909480)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Global Supply A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP16 Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP22G Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP16GL Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP9SL Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Selecta paper cup 360cc / 12ozE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Selecta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GKB NEDERLAND B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>TA Baflo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP8GL Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SDW16 paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP8D Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SDW9 paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP8L Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Selecta paper cup 230cc / 8oz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Selecta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GKB NEDERLAND B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>TA Baflo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Mugg 8oz Basic, 50 p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAMPER DIŞ TİCARET A.Ş</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>İNÖNÜ MAH. 139 SOKAK NO:83/1 AYRANCILAR-TORBALI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IZMIR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral paper cup 230cc / 8oz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>GKB NEDERLAND B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>TA Baflo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SDW12GL Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Selecta paper cup 180cc / 7.5oz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Selecta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GKB NEDERLAND B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>TA Baflo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SDW12L Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SDW12 paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP4H Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP12 Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SDW9G Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svanenmärkt Kaffekopp, 36 cl/CPLA (1999909484)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Global Supply A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svanenmärkt Kaffekopp, 48 cl/PE (1999909477)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Global Supply A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP12L Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo (GTIN 7321574820676)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svanenmärkt Kaffekopp, 36 cl/PE (1999909476)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Global Supply A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP22 Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SDW12G Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP8 Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svanenmärkt Iskopp, 120 ml/PE (1999909478)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Global Supply A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo (GTIN 7321574813333, 7321574814163, 7321574818048)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP7HGL Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP12GL Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svanenmärkt Kaffekopp, 28 cl/PE (1999909475)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Global Supply A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svanenmärkt Iskopp, 250 ml/PE (1999909481)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Global Supply A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP24G Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SDW9GL Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SDW9L Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo (GTIN 7321574832716)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Single Wall Cup 8 oz /230 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bröderna Hansson H-Tryck AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skulptörvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Markaryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svanenmärkt Kaffekopp, 28 cl/CPLA (1999909483)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Global Supply A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Single Wall Cup 16 oz / 450 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bröderna Hansson H-Tryck AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skulptörvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Markaryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP16L Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SDW16L Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP7L Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BE Mugg 7oz Sommarkrans, 12 p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAMPER DIŞ TİCARET A.Ş</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>İNÖNÜ MAH. 139 SOKAK NO:83/1 AYRANCILAR-TORBALI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IZMIR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral paper cup 180cc / 7.5oz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engångskoppar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>GKB NEDERLAND B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>TA Baflo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frys- och förvaringspåsar I'm Green 3 l, 40 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fryspåsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>H P Rani Plast AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klågerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark fryspåsar 2 l, 40 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fryspåsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H P Rani Plast AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klågerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Fryspåsar 2 l, 40 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fryspåsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H P Rani Plast AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klågerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pingvin EKO fryspåsar 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fryspåsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>H P Rani Plast AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klågerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark fryspåsar 3 l, 30 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fryspåsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H P Rani Plast AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klågerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pingvin EKO fryspåsar 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fryspåsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>H P Rani Plast AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klågerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Fryspåsar 3 l, 30 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fryspåsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H P Rani Plast AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klågerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark fryspåsar 5 l, 25 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fryspåsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H P Rani Plast AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klågerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Fryspåsar 2 l, 40 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fryspåsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H P Rani Plast AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klågerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frys- och förvaringspåsar I'm Green 5 l, 30 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fryspåsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>H P Rani Plast AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klågerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pingvin EKO fryspåsar 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fryspåsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>H P Rani Plast AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klågerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frys- och förvaringspåsar I'm Green 2 l, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fryspåsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>H P Rani Plast AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klågerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frys- och förvaringspåsar I'm Green 7 l, 25 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fryspåsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>H P Rani Plast AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klågerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark fryspåsar 8 l, 20 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fryspåsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H P Rani Plast AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klågerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Fryspåsar 3 l, 30 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fryspåsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H P Rani Plast AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klågerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pingvin EKO fryspåsar 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fryspåsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>H P Rani Plast AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klågerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Melitta Gourmet brown 1x4 80-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Melitta Original 1x6 brown 40-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Urnfilter 2*12/ 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Budget Kaffefilter nr 4, oblekta, 200 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Budget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Axfood, Eldorado kaffefilter, 1x4, 200 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Coffee Filter 4/80 white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad 90/250 mm / 1000 vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urnfilter 550-203mm / 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coffe filters SC-4609/52-2 Hipster 330-110 mm/ 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papyrus Urnfilter 360-110 mm/ 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papyrus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Procurator Cateringfilter 90 mm /1000p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Procurator Cateringfilter 110 mm/ 1000 vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urnfilter 320-110 mm/ 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cateringfilter 110 mm/ 1000-p obl.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SCAN FILTER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;S Kaffefilter 250/110 mm. Oblekt 4x250 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ahlberg, Dollarstore, Kaffefilter, 1x4, vita, 150 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Filter Queen 535-203mm / 250-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SCAN FILTER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Melitta Original 1x4 brown 80-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Urnfilter 457-203 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Favorit Kaffefilter 1x2, oblekta, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Favorit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coffee filter paper TCF Bleached 35-65 g/m²</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;S Kaffefilter 250/110 mm. Vit 4x250 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coffee Queen urnfilter 523 (400-110 mm)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scanfilter Kaffefilter No.4 TCF 200 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grünperga Coffee Filter Paper, unbleached</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grünperga</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grünperga Papier GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Am Güterbahnhof 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grünhainichen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Melitta Pour Over 1x2 white 40-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Melitta Pour Over 1x4 white 40-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Cateringfilter 110mm / 1000 p obl.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Axfood, Eldorado kaffefilter, 102, 200 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scanfilter, Kaffefilter no. 4 oblekt, 200 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Favorit Kaffefilter 1x4, vita, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Favorit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;S Urnfilter 535/203 mm. 2x250 st. Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Coffee Filter 2/80 brown</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Filter Queen Kahls Kaffe 110mm Oblekt 500 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SCAN FILTER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;S Urnfilter 360/110 mm. 1x250 st. Vit. 250 pack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;S Urnfilter 550/203 mm. 2x250 st. Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coffee Queen Urnfilter 820 (550-203 mm)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papyrus 110 mm/ 1000-p obl.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papyrus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urnfilter 340-110 mm/ 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cateringfilter 90mm/ 1000-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SCAN FILTER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Coffee filters 4, Brown, 200 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad Urnfilter 360-110 mm/ 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad Urnfilter 437-152mm / 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad 110/250 mm. 1000 st. Blekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urnfilter 360-110 mm/ 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Melitta Original 1x4 white 40-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coffee Queen urnfilter 718 (465-152 mm)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Coffee Filter 4/80 brown</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Kaffefilter 1x4, vita, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Coffee filters 4, White, 200 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cateringfilter 110 mm/ 1000-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SCAN FILTER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cateringfilter 90mm/ 1000-p obl.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SCAN FILTER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad Urnfilter 465-152mm / 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad Urnfilter 535-203mm / 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papyrus 90mm/ 1000-p obl.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papyrus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urnfilter 465-152mm / 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urnfilter 535-152mm / 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Menigo 90mm/ 1000-p obl.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kaffefilter, ABENA, oblekt, filterpapper, 1x4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Global Supply A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad Urnfilter 550-203mm / 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Sweden 110 mm obl 4*250 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Budget Kaffefilter nr 2, oblekta, 200 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Budget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Favorit Kaffefilter 1x4, oblekta, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Favorit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ARISTO Cateringfilter 90 mm / 1000 vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aristo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic Coffee Filter 4/100 brown</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urnfilter blekt 437/152mm. 2x250 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urnfilter 330-110 mm/ 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Menigo 110 mm/ 1000-p obl.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Melitta Original 101 brown 40-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Coffee Filters 1x4 vita 200 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Cateringfilter 90 mm / 1000 p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Cateringfilter 110 mm/ 1000 p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Melitta Original 100 Brown 40-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Axfood Kaffefilter, Fixa, oblekt, 1x4, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duni Cateringfilter 90 mm / 1000-p obl.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Filter Queen 400-110 mm / 500 p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SCAN FILTER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Filter Queen 437-152mm / 250-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SCAN FILTER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;S Urnfilter 457/203 mm. 2x250 st. Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad 90mm/ 1000-p obl.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bellarom Kaffeefilter No. 4 ungebleicht 200 Stk-PK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bellarom</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Melitta Original 1x2 brown 40-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic Coffee Filter 2/100 brown</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Filter Queen 360-110 mm/ 250-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SCAN FILTER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Axfood Kaffefilter, Fixa, vita, 1x4, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jula Coffee Filters 1x4, white, 100 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jula</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coffee Queen Cateringfilter 110mm/ 1000-p Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Melitta Original 1x4 white 80-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Melitta Original 102 brown 80-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Melitta Mild 1x4 white 80-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coffee filter paper Not bleached 35-65 g/m²</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bellarom PA 4/100 TCF DN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bellarom</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad 110/250 mm. 1000 st. Oblekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP7G Paper cup for hot drinks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Melitta Original white 102 80-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Coffee Filter 2/80 white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop 104, vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Filter Queen Kahls Kaffe 90mm Oblekt 500 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SCAN FILTER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;S Kaffefilter 250/90 mm. Oblekt 4x250 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;S Urnfilter 437/152 mm. 2x250 st. Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urnfilter 400110 mm / 500 p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urnfilter 457-152mm / 500 vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grünperga Coffee Filter Paper, bleached</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grünperga</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grünperga Papier GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Am Güterbahnhof 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grünhainichen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Melitta Strong 1x4 brown 80-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melitta Europa GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Division Coffee Preparation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;S Kaffefilter 250/90 mm. Vit 4x250 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;S Urnfilter 350/110 mm. 2x250 st. Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;S Urnfilter 400/110 mm. 2x250 st. Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aristo 110 mm / 1000-p vit.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aristo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gekås Ullared Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gekås Ullared</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredman Operations Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lappi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urnfilter 400-152 mm / 500 p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples 90 mm obl 4*250 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urnfilter 535-203mm / 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urnfilter 457-203mm 500-p vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaffefilter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paper food container NR1310PAP187</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skål</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Bowl oval pressed 5284</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5047 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Bricka</x:v>
+        <x:v>Skål</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Naturesse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenway-Denmark.dk</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tolnevej 133</x:v>
-[...7 lines deleted...]
-        <x:v>Naturesse® Triangle 12173</x:v>
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Dipping bowl rectangular 3584</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5047 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Bricka</x:v>
+        <x:v>Skål</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Naturesse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenway-Denmark.dk</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tolnevej 133</x:v>
-[...7 lines deleted...]
-        <x:v>Naturesse® Tray 10066</x:v>
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse®  Bowl Ø165mm, 650ml(19441)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5047 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Bricka</x:v>
+        <x:v>Skål</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Naturesse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenway-Denmark.dk</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tolnevej 133</x:v>
-[...7 lines deleted...]
-        <x:v>Naturesse® Tray N745</x:v>
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Dipping bowl round N732</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5047 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Bricka</x:v>
+        <x:v>Skål</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Naturesse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenway-Denmark.dk</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tolnevej 133</x:v>
-[...7 lines deleted...]
-        <x:v>Naturesse® Tray large oval 4747</x:v>
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse®  Bowl Ø155mm(15190)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5047 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Bricka</x:v>
+        <x:v>Skål</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Naturesse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenway-Denmark.dk</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tolnevej 133</x:v>
-[...7 lines deleted...]
-        <x:v>Naturesse® Palm leaf 5045</x:v>
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Dip boat N731</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5047 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Bricka</x:v>
+        <x:v>Skål</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Naturesse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenway-Denmark.dk</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tolnevej 133</x:v>
-[...7 lines deleted...]
-        <x:v>Naturesse® Cuadra rectangular 3391</x:v>
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NR350PAP Paper bowl 350 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skål</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Punch bowl 5035</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5047 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Bricka</x:v>
+        <x:v>Skål</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Naturesse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenway-Denmark.dk</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tolnevej 133</x:v>
-[...7 lines deleted...]
-        <x:v>Naturesse® Tray N744</x:v>
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Bowl rectangular 5034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5047 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Bricka</x:v>
+        <x:v>Skål</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Naturesse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenway-Denmark.dk</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tolnevej 133</x:v>
-[...7 lines deleted...]
-        <x:v>Naturesse® Cuadra rectangular 3394</x:v>
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Kheops N140</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5047 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Bricka</x:v>
+        <x:v>Skål</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Naturesse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenway-Denmark.dk</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tolnevej 133</x:v>
-[...7 lines deleted...]
-        <x:v>SP4 Paper cup for hot drinks</x:v>
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Trigon bowl 12172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skål</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Punch bowl 5036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skål</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse®  Dip bowl round Ø95mm(15022)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skål</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse®  Bowl retangular 10x130x30mm(19471)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skål</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Dipping bowl square 3583</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skål</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Dipping bowl 5029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skål</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Trigon bowl 14645</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skål</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Boat small 10758</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skål</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Bowl deep 10759</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skål</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paper plate PPAP230 uncoated, unprinted, 23 cm, shallow</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4047 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Engångskoppar</x:v>
+        <x:v>Tallrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Huhtamaki</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Polarpakintie 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hämeenlinna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SP7H Paper cup for hot drinks</x:v>
+        <x:v>Paper plate P500PAP187D - PE coated unprinted, 20 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4047 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Engångskoppar</x:v>
+        <x:v>Tallrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Huhtamaki</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Polarpakintie 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hämeenlinna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SP9S Paper cup for hot drinks</x:v>
+        <x:v>Paper plate PPAP182 uncoated, unprinted, 18 cm, shallow</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4047 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Engångskoppar</x:v>
+        <x:v>Tallrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Huhtamaki</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Polarpakintie 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hämeenlinna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SP14 Paper cup for hot drinks</x:v>
+        <x:v>Papperstallrik 23 cm, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Plate Cocktail 21x21 cm (29952)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DeliQ Papperstallrik 18 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DeliQ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DeliQ Papperstallrik 23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DeliQ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papperstallrik 23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ST-Pack Paper Plates without Barrier or Printing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ST Pack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ST Pack Sanayi Ve Ticaret A.S.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yazibasi Mah. 325 Sk. No:7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Izmir</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Party Rectangular white paper plate, 18x18 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Round white paper plate, 23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tallrik 22cm, 20st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papperstallrik Djup 19 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Plate small N135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Plate round 5031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Plate N141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1999909683 Kartongtallrik, ABENA Gastro Ø18cm, vit, kartong, kaolinbeläggning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ST Pack Sanayi Ve Ticaret A.S.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yazibasi Mah. 325 Sk. No:7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Izmir</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1999911059 Kartongtallrik, ABENA Gastro Ø15cm, vit, kartong, kaolinbeläggning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ST Pack Sanayi Ve Ticaret A.S.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yazibasi Mah. 325 Sk. No:7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Izmir</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paper plate PPAP230CL clay-coated, 23 cm, shallow</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4047 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Engångskoppar</x:v>
+        <x:v>Tallrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Huhtamaki</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Polarpakintie 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hämeenlinna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SP12G Paper cup for hot drinks</x:v>
+        <x:v>Procos Paper bowl white, 15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BioPak 18 cm plate 20pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BioPak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BioPak 18 cm plate 50pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BioPak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papperstallrik 18 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papperstallrik 15 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paper plate PPAP182C lacqurec, printed, 18 cm, shallow</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4047 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Engångskoppar</x:v>
+        <x:v>Tallrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Huhtamaki</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Polarpakintie 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hämeenlinna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SP16G Paper cup for hot drinks</x:v>
+        <x:v>Paper Plates PPAP226CS lacquered, printed, 23cm, shallow</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4047 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Engångskoppar</x:v>
+        <x:v>Tallrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Huhtamaki</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Polarpakintie 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hämeenlinna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Formo (GTIN 7321574813821, 7321574819946, 7321574833706)</x:v>
+        <x:v>Naturesse®  Plate GN½(19472)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Party rectangular white paper plate, 23x23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Round white paper plate, 19,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kokliko Round white paper plate, 15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Party Paper bowl white, 15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Procos Round white paper plate, 15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kokliko Paper bowl white, 15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR®, 100 Tallrik, papper rund Ø 23 cm vit (49321)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rick Produktion GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>In der Weiden 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Schleiden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR®, 50 Tallrik, papper rund Ø 23 cm vit (87172)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rick Produktion GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>In der Weiden 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Schleiden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papperstallrik djup vi 20 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Assiett 18 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papperstallrik vit 18 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>23cm Plate large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>19cm Deep plate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DeliQ Papperstallrik djup 19 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DeliQ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BE Tallrik 25cm Sommarkrans, 8 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAMPER DIŞ TİCARET A.Ş</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>İNÖNÜ MAH. 139 SOKAK NO:83/1 AYRANCILAR-TORBALI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IZMIR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RUN Tallrik 18cm, 30 p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAMPER DIŞ TİCARET A.Ş</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>İNÖNÜ MAH. 139 SOKAK NO:83/1 AYRANCILAR-TORBALI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IZMIR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paper plate PPAP152C lacqure, printed, 15 cm, shallow</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4047 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Engångskoppar</x:v>
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic Assiette 18cm, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Plate square 5040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tallrik BBQ 26cm, 20st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Rectangular white paper plate, 23x23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse®  Elegance plate Ø230mm(20814)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse®  Plate no rim 240x160x15mm(19014)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COOP Sverige: 18 cm Assiett, 23 Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>26 cm Papperstallrik 26 cm, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Formo</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>16x19 cm Tallrik djup vit 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DeliQ Pappersassiett 15 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DeliQ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BioPak bowl 50pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BioPak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Tallrik 22 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papperstallrik vit 22 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1999909684 Kartongtallrik, ABENA Gastro Ø22,5cm, vit, kartong, kaolinbeläggning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ST Pack Sanayi Ve Ticaret A.S.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yazibasi Mah. 325 Sk. No:7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Izmir</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Party Round white paper plate, 28 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paper Plate PPAP216CS lacquered, printed, 21cm, shallow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Polarpakintie 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hämeenlinna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Formo (GTIN 7321574820348)</x:v>
+        <x:v>ST-Pack Paper Plates with Printing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ST Pack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ST Pack Sanayi Ve Ticaret A.S.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yazibasi Mah. 325 Sk. No:7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Izmir</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kokliko Round white paper plate, 28 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papperstallrik Djup 19 cm, 30 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Plate medium N136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BioPak Buffet classic plate 15 cm 100pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BioPak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>18cm Plate small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse®  Plate 160x160mm(15341)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Procos Rectangular white paper plate, 18x18 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Procos Rectangular white paper plate, 23x23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COOP Sverige: 18 cm Assiett, 23 cm Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR®, 100 Tallrik, papper rund Ø 18 cm vit (49296)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Papstar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rick Produktion GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>In der Weiden 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Schleiden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PAPSTAR®, 100 Tallrik, papper "pure" rund Ø 23 cm vit extra stark (11181)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rick Produktion GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>In der Weiden 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Schleiden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BE Tallrik 18cm Sommarkrans, 8 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAMPER DIŞ TİCARET A.Ş</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>İNÖNÜ MAH. 139 SOKAK NO:83/1 AYRANCILAR-TORBALI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IZMIR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BE Tallrik 15cm Vit, 40 p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAMPER DIŞ TİCARET A.Ş</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>İNÖNÜ MAH. 139 SOKAK NO:83/1 AYRANCILAR-TORBALI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IZMIR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Imbissteller P23, FSC-Mix, 12x20 st. / Lidl GM int.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2047 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hosti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOSTI GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Emil-Stickel-Straße 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfedelbach</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kokliko Round white paper plate, 23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Paper bowl white, 15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kotikulta Djup Tallrik19cm 30 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BioPak 22 cm plate 50pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BioPak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BioPak 22 cm plate 20pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BioPak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paper plate P500PAP187D – PE coated printed, 20 cm, deep</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4047 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Engångskoppar</x:v>
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse®  Eye Leaf 2-comp 280x150x30mm(18855)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BioPak Buffet classic plate 18 cm 100pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BioPak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>19cm Tallrik djup Konfetti 12p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>23cm Large plate coated</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Paper Plate 22cm Basic, 50 p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAMPER DIŞ TİCARET A.Ş</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>İNÖNÜ MAH. 139 SOKAK NO:83/1 AYRANCILAR-TORBALI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IZMIR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papperstallrik Vit 15 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paper Plates PPAP258 C lacquered, printed 25 cm, shallow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Round white paper plate, 15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Procos Round white paper plate, 19,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kokliko Round white paper plate, 19,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse®  Eye Leaf small 110x60x10mm(18852)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse®  Eye Leaf big 280x150x30mm(18854)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Plate large N137</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Plate round 5037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Plate round 5033</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MM Paper Plates ,13x20 cm 250 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mini-Maid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BioPak Buffet classic plate 22 cm 100pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BioPak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kotikulta Grilltallrik 16x19cm 30 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kotikulta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papperstallrik sjup vit 19x16 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Djuptallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paper plate PPAP171CS lacqured, printed, 18 cm, shallow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse®  Eye Leaf medium, 230x120x23mm(18853)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse®  Plate 200x200x15mm(15598)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papperstallrik 18 cm, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Formo</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic Tallrik 23cm, 50st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papperstallrik 15cm, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Plate round 5039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paper plate PPAP152 uncoated, unprinted, 15 cm, shallow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Polarpakintie 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hämeenlinna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SP14GL Paper cup for hot drinks</x:v>
+        <x:v>Paper plate, PPAP171S, uncoated, 17 cm, shallow</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4047 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Engångskoppar</x:v>
+        <x:v>Tallrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Huhtamaki</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Polarpakintie 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hämeenlinna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA Mugg 7oz Vit, 30 p</x:v>
-[...8 lines deleted...]
-        <x:v>Engångskoppar</x:v>
+        <x:v>Naturesse®  Plate round Ø170mm(15340)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tallrik Djup 19cm, 20st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Assiette 18cm, 20st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DeliQ Papperstallrik djup 16x19 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DeliQ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paper plate P500PAP187DG - PE coated unprinted, 20 cm, deep</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Procos Round white paper plate, 23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paper Plate PPAP216CLS clay-coated, 21cm, shallow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paper plate PPAP258CL clay-coated, 25cm, shallow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paper plate PPAP230C lacqured, printed, 23 cm, shallow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Plate square 5030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturesse® Plate round 5041</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5047 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturesse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenway-Denmark.dk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Priorsvej 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>22cm Tallrik Konfetti 12p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>STAMPER DIŞ TİCARET A.Ş</x:v>
-[...106 lines deleted...]
-        <x:v>SP22 Paper cup for hot drinks</x:v>
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13x20cm Sausage tray</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Party Round white paper plate, 15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Party Round white paper plate, 19,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Rectangular white paper plate, 18x18 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Party Round white paper plate, 23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Round white paper plate, 28 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Party, Rectangular Printed Paper Plate, 23x23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kokliko, Round Printed Paper Plate, 19,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Procos, Round Printed Paper Plate, 28 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AllOffice Papperstallrik Djup Belagd Vit 19 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AllOffice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SDW16GL Paper cup for hot drinks</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4047 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Engångskoppar</x:v>
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polarpakintie 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hämeenlinna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ice Cream Cup 4 oz / 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bröderna Hansson H-Tryck AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skulptörvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Markaryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic kaffefilter N0 4, 200 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kokliko, Rectangular Printed Paper Plate, 18x18 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Procos, Rectangular Printed Paper Plate, 18x18 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kokliko, Round Printed Paper Plate, 28 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alloffice  Papperstallrik Djup Belagd Vit 16x19 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AllOffice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Oblekta kaffefilter N0 2, 80 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ice Cream Cup 8 oz / 230 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bröderna Hansson H-Tryck AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skulptörvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Markaryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Party, Round Printed Paper Plate, 23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kokliko Rectangular white paper plate, 23x23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata, Round Printed Paper Plate, 23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Procos, Round Printed Paper Plate, 15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata, Paper Bowl Printed, 15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata, Round Printed Paper Plate, 15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kokliko, Rectangular Printed Paper Plate, 23x23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Party, Paper Bowl Printed, 15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Procos, Round Printed Paper Plate, 23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Procos, Paper Bowl Printed, 15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Oblekta kaffefilter N0 4, 80 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ice Cream Cup 6 oz / 160 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bröderna Hansson H-Tryck AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skulptörvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Markaryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata, Rectangular Printed Paper Plate, 18x18 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Party, Round Printed Paper Plate, 15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kokliko Rectangular white paper plate, 18x18 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kokliko, Round Printed Paper Plate, 15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic kaffefilter N0 2, 200 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA vita kaffefilter N0 4, 80 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ITS bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nagelpoelweg 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NZ Apeldoorn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata, Round Printed Paper Plate, 28 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Procos Round white paper plate, 28 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Party, Round Printed Paper Plate, 19,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kokliko, Paper Bowl Printed, 15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paper food container NR1310PAP187G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Huhtamaki</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Huhtamäki Foodservice Nordic Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Polarpakintie 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hämeenlinna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SP8 Paper cup for hot drinks</x:v>
-[...148 lines deleted...]
-        <x:v>GKB NEDERLAND B.V.</x:v>
+        <x:v>Decorata, Round Printed Paper Plate, 19,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AllOffice Papperstallrik Flat Belagd Vit 23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AllOffice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata Party, Rectangular Printed Paper Plate, 18x18 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Decorata, Rectangular Printed Paper Plate, 23x23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decorata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kokliko, Round Printed Paper Plate, 23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AllOffice Papperstallrik Assiett Belagd Vit 18 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4047 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AllOffice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oy Mini-Maid Ab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Terjärv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Procos, Rectangular Printed Paper Plate, 23x23 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procos S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>56th km Paleas Ethnikis Odou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inofita Viotias</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Papercups 17 oz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3047 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övriga engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>047 Engångsartiklar för mat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>TA Baflo</x:v>
-[...504 lines deleted...]
-      <x:c t="str">
         <x:v>Bröderna Hansson H-Tryck AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skulptörvägen 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Markaryd</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Formo (GTIN 7321574832716)</x:v>
-[...6239 lines deleted...]
-        <x:v>Decorata Round white paper plate, 23 cm</x:v>
+        <x:v>Decorata Party, Round Printed Paper Plate, 28 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3047 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Tallrik</x:v>
+        <x:v>Övriga engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Decorata</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Procos S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>56th km Paleas Ethnikis Odou</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inofita Viotias</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Decorata Party Rectangular white paper plate, 18x18 cm</x:v>
-[...4030 lines deleted...]
-      <x:c t="str">
         <x:v>Procos, Round Printed Paper Plate, 19,5 cm</x:v>
-      </x:c>
-[...1118 lines deleted...]
-        <x:v>Kokliko, Paper Bowl Printed, 15,5 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3047 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Övriga engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>047 Engångsartiklar för mat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Procos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Procos S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>56th km Paleas Ethnikis Odou</x:v>
       </x:c>