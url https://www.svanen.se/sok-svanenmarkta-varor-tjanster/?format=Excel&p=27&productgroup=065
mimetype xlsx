--- v0 (2025-12-16)
+++ v1 (2026-03-13)
@@ -1,2141 +1,2301 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff332ca6fdf45ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa4dd5ba8084c3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="Rdf4bdbb6acee41b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="produkter" sheetId="1" r:id="R2f07d9668c95433e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdf4bdbb6acee41b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2f07d9668c95433e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Varumärke</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensinnehavare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ort</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Strovels Alfanol HD Grön, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strovels by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Fettborttagare, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco PipeClean, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2065 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco PipeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic-Eco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buttentjernsveien 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jevnaker</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alka BayClean, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Degreaser 1100, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Oil &amp; Asphalt Remover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1065 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Metalltvätt, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Pineline Pressure Wash HD, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4065 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pineline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tekno-Forest Oy Ltd.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kynttilätie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Riihimäki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Pineline Fettborttagare, 1000 l</x:v>
+        <x:v>BayCleaner ACID 701, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro BayClean, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Parts Cleaner, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strovels Alfanol HD Grön, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strovels by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Stengrund Golvrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Purewave Pipecleaner, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2065 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Purewave</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Purewave AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tonningsgata 42</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stryn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VR 130, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Sartek 2, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro C4 Max, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Sartek 2, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Metalltvätt, 4 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4065 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pineline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tekno-Forest Oy Ltd.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kynttilätie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Riihimäki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Pineline Metalltvätt, 20 l</x:v>
+        <x:v>Pineline Varmkomponentvätt / Comp-Clean FA, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4065 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pineline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tekno-Forest Oy Ltd.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kynttilätie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Riihimäki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alka BayClean, 10 l</x:v>
+        <x:v>CLEAN 902 Universal Cleaner, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3065 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>WashTec</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AUWA-Chemie GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Argonstr. 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Augsburg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Micro BayClean, 10 l</x:v>
+        <x:v>TechSave Duo Clean, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5065 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Techsave</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BayClean Classic, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3065 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>WashTec</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AUWA-Chemie GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Argonstr. 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Augsburg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BayCleaner ACID 701, 10 l</x:v>
+        <x:v>Kiilto Pro Parts Cleaner, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Wood &amp; Decking Cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1065 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VR 1100, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Scale 130, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco PipeClean, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2065 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco PipeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic-Eco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buttentjernsveien 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jevnaker</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Metalltvätt, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Acid Cleaner / Bay cleaner, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Acid Cleaner / Bay cleaner, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Pressure Wash HD, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Parts Cleaner, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto C4 Max, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strovels Alfanol HD Grön, 210 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strovels by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VR 1100, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Degreaser 1100, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Industri Storfix Multirent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco PipeClean, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2065 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco PipeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic-Eco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buttentjernsveien 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jevnaker</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BayCleaner OX 740, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3065 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>WashTec</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AUWA-Chemie GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Argonstr. 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Augsburg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Strovels Alfanol HD Grön, 1000 l</x:v>
+        <x:v>Bio Gen Active Scale 130, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Metalltvätt, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BayClean Forte, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Degreaser 1100, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Power Cleaner, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Fettborttagare, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLEAN 901, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VR 130, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VR 1100, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Degreaser 1100, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Fettborttagare, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Power Cleaner, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VR 130, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Purewave Pipecleaner, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2065 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Purewave</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Purewave AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tonningsgata 42</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stryn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Stengrund Golvrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strovels Alfanol HD Grön, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3065 0022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Strovels by Clemondo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clemondo AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 13073</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helsingborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bio Gen Active Degreaser 1100, 5 l</x:v>
+        <x:v>Lahega Greenium Detaljtvätt, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Paint Brush Cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1065 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Fettborttagare, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Varmkomponentvätt / Comp-Clean FA, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Power Cleaner, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Scale 130, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3065 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bio Gen Active</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bio Gen Active AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sågvägen 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gällö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kiilto Pro Parts Cleaner, 20 l</x:v>
-[...63 lines deleted...]
-        <x:v>Pineline Metalltvätt, 4 l</x:v>
+        <x:v>Strovels Alfanol HD Grön, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strovels by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLEAN 902 Universal Cleaner, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Varmkomponentvätt / Comp-Clean FA, 20 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4065 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pineline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tekno-Forest Oy Ltd.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kynttilätie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Riihimäki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Pineline Varmkomponentvätt / Comp-Clean FA, 200 l</x:v>
+        <x:v>Pineline Pressure Wash HD, 20 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4065 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pineline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tekno-Forest Oy Ltd.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kynttilätie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Riihimäki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>CLEAN 902 Universal Cleaner, 10 l</x:v>
+        <x:v>CLEAN 901, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3065 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>WashTec</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AUWA-Chemie GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Argonstr. 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Augsburg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BayClean Classic, 10 l</x:v>
-[...31 lines deleted...]
-        <x:v>VR 130, 25 l</x:v>
+        <x:v>Pineline Acid Cleaner / Bay cleaner, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4065 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Industri Storfix Multirent, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3065 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Scale 130, 208 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3065 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industriellt rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industriella rengörings- och avfettningsmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v/>
+        <x:v>Bio Gen Active</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bio Gen Active AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sågvägen 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gällö</x:v>
-      </x:c>
-[...1598 lines deleted...]
-        <x:v>Skövde</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>