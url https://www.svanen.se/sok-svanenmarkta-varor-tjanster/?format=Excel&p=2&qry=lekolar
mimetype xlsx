--- v0 (2025-12-19)
+++ v1 (2026-02-18)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb618bbc83ce84a7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd82e9a35a7a7420e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R8b5df1be81364750"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R79023bdf6d6b46db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8b5df1be81364750" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R79023bdf6d6b46db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
@@ -196,50 +196,210 @@
       </x:c>
       <x:c t="str">
         <x:v>Förvaring till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Flexi 25 extra hyllplan (31313)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Garderob till barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flexi 28 liten dörr (36971)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Garderob till barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Högtryckslaminat till Flexi sittbänk, petrol (80734)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Garderob till barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Högtryckslaminat till Flexi sittbänk, blå (80735)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Garderob till barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Högtryckslaminat till Flexi sittbänk, grön (80736)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Garderob till barn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Flexi 25 klädfack hel utan sittbänk (33382)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
@@ -260,2098 +420,1938 @@
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 25 extra hyllplan (31313)</x:v>
+        <x:v>Flexi 22 klädfack hel med sittbänk (33384)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 28 liten dörr (36971)</x:v>
+        <x:v>Flexi 22 klädfack hel med sittbänk golvmodell (33388)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Högtryckslaminat till Flexi sittbänk, petrol (80734)</x:v>
+        <x:v>Flexi 25 klädfack hel med sittbänk dubbelsidig golvmodell m hjul (33941)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Högtryckslaminat till Flexi sittbänk, blå (80735)</x:v>
+        <x:v>Flexi 22 klädfack hel med sittbänk dubbelsidig golvmodell (33943)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Högtryckslaminat till Flexi sittbänk, grön (80736)</x:v>
+        <x:v>Flexi 28 klädfack hel med sittbänk dubbelsidig golvmodell (33945)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 22 klädfack hel med sittbänk (33384)</x:v>
+        <x:v>Flexi 28 dörr (36973)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 22 klädfack hel med sittbänk golvmodell (33388)</x:v>
+        <x:v>Flexi 28 Klädfack hel utan sittbänk (33383)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 25 klädfack hel med sittbänk dubbelsidig golvmodell m hjul (33941)</x:v>
+        <x:v>Flexi 28 klädfack hel med sittbänk 2 fack (36255)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 22 klädfack hel med sittbänk dubbelsidig golvmodell (33943)</x:v>
+        <x:v>Flexi 22 extra hyllplan (36269)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 28 klädfack hel med sittbänk dubbelsidig golvmodell (33945)</x:v>
+        <x:v>Flexi 28 extra överhylla (36272)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 28 dörr (36973)</x:v>
+        <x:v>Flexi 25 liten dörr (36970)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 28 Klädfack hel utan sittbänk (33383)</x:v>
+        <x:v>Ryggplatta till Flexifack (30998)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 28 klädfack hel med sittbänk 2 fack (36255)</x:v>
+        <x:v>Högtryckslaminat till Flexi sittbänk, lindgrön (80737)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 22 extra hyllplan (36269)</x:v>
+        <x:v>Flexi 22 klädfack delad (33854)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 28 extra överhylla (36272)</x:v>
+        <x:v>Flexi 28 klädfack hel med sittbänk dubbelsidig golvmodell m hjul (33942)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 25 liten dörr (36970)</x:v>
+        <x:v>Flexi 25 klädfack hel med sittbänk dubbelsidig golvmodell (33944)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ryggplatta till Flexifack (30998)</x:v>
+        <x:v>Flexi 28 klädfack hel med sittbänk 2 fack golvmodell (36258)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Högtryckslaminat till Flexi sittbänk, lindgrön (80737)</x:v>
+        <x:v>Flexi 25 klädfack hel med sittbänk 2 fack dubbelsidig golvm (36260)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 22 klädfack delad (33854)</x:v>
+        <x:v>Flexi 22 liten dörr (37026)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 28 klädfack hel med sittbänk dubbelsidig golvmodell m hjul (33942)</x:v>
+        <x:v>Flexi dubbelkrok (38809)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 25 klädfack hel med sittbänk dubbelsidig golvmodell (33944)</x:v>
+        <x:v>Högtryckslaminat till Flexi sittbänk, lingonröd (80731)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 28 klädfack hel med sittbänk 2 fack golvmodell (36258)</x:v>
+        <x:v>Högtryckslaminat till Flexi sittbänk, rosa (80732)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 25 klädfack hel med sittbänk 2 fack dubbelsidig golvm (36260)</x:v>
+        <x:v>Flexi 22 klädfack hel utan sittbänk (33381)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 22 liten dörr (37026)</x:v>
+        <x:v>Flexi 28 klädfack hel med sittbänk (33387)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi dubbelkrok (38809)</x:v>
+        <x:v>Flexi 25 klädfack hel med sittbänk golvmodell (33389)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Högtryckslaminat till Flexi sittbänk, lingonröd (80731)</x:v>
+        <x:v>Flexi 22 klädfack hel med sittbänk 2 fack golvmodell (36256)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Högtryckslaminat till Flexi sittbänk, rosa (80732)</x:v>
+        <x:v>Flexi 25 hörnmodul 2 fack med sittbänk (36266)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 22 klädfack hel utan sittbänk (33381)</x:v>
+        <x:v>Flexi 22 extra överhylla (36270)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 28 klädfack hel med sittbänk (33387)</x:v>
+        <x:v>Flexi klädkrok enkel (36275)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 25 klädfack hel med sittbänk golvmodell (33389)</x:v>
+        <x:v>Högtryckslaminat till Flexi sittbänk, svart (80728)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 22 klädfack hel med sittbänk 2 fack golvmodell (36256)</x:v>
+        <x:v>Högtryckslaminat till Flexi sittbänk, ljusorange (80730)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 25 hörnmodul 2 fack med sittbänk (36266)</x:v>
+        <x:v>Högtryckslaminat till Flexi sittbänk, havsblå (80733)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 22 extra överhylla (36270)</x:v>
+        <x:v>Flexi 28 klädfack delad (33856)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi klädkrok enkel (36275)</x:v>
+        <x:v>Flexi 28 sittbänk och skohylla delad (33859)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Högtryckslaminat till Flexi sittbänk, svart (80728)</x:v>
+        <x:v>Flexi 22 klädfack hel med sittbänk 2 fack (36253)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Högtryckslaminat till Flexi sittbänk, ljusorange (80730)</x:v>
+        <x:v>Högtryckslaminat till Flexi sittbänk, citrongul (80729)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Högtryckslaminat till Flexi sittbänk, havsblå (80733)</x:v>
+        <x:v>Högtryckslaminat till Flexi sittbänk, ljusgrå (33898)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 28 klädfack delad (33856)</x:v>
+        <x:v>Flexi 25 klädfack hel med sittbänk (33386)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 28 sittbänk och skohylla delad (33859)</x:v>
+        <x:v>Flexi 28 klädfack hel med sittbänk golvmodell (33390)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 22 klädfack hel med sittbänk 2 fack (36253)</x:v>
+        <x:v>Flexi 25 klädfack delad (33855)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Högtryckslaminat till Flexi sittbänk, citrongul (80729)</x:v>
+        <x:v>Flexi 22 sittbänk och skohylla delad (33857)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Högtryckslaminat till Flexi sittbänk, ljusgrå (33898)</x:v>
+        <x:v>Flexi 25 sittbänk och skohylla delad (33858)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 25 klädfack hel med sittbänk (33386)</x:v>
+        <x:v>Flexi 25 klädfack hel med sittbänk 2 fack (36254)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 28 klädfack hel med sittbänk golvmodell (33390)</x:v>
+        <x:v>Flexi 25 klädfack hel med sittbänk 2 fack golvmodell (36257)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 25 klädfack delad (33855)</x:v>
+        <x:v>Flexi 22 klädfack hel med sittbänk 2 fack dubbelsidig golvmodell m hjul (36262)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 22 sittbänk och skohylla delad (33857)</x:v>
+        <x:v>Flexi 25 hörnmodul 1 fack med sittbänk (36265)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 25 sittbänk och skohylla delad (33858)</x:v>
+        <x:v>Flexi meddelandehylla (36274)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 25 klädfack hel med sittbänk 2 fack (36254)</x:v>
+        <x:v>Flexi 28 extra hyllplan (31314)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 25 klädfack hel med sittbänk 2 fack golvmodell (36257)</x:v>
+        <x:v>Högtryckslaminat till Flexi sittbänk, mintgrön (80738)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 22 klädfack hel med sittbänk 2 fack dubbelsidig golvmodell m hjul (36262)</x:v>
+        <x:v>Högtryckslaminat till Flexi sittbänk, hörnmodul (36267)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 25 hörnmodul 1 fack med sittbänk (36265)</x:v>
+        <x:v>Högtryckslaminat till Flexi sittbänk, mörkgrå (33899)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi meddelandehylla (36274)</x:v>
+        <x:v>Flexi 22 klädfack hel med sittbänk dubbelsidig golvmodell m hjul (33940)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 28 extra hyllplan (31314)</x:v>
+        <x:v>Flexi 22 klädfack hel med sittbänk 2 fack dubbelsidig golvm (36259)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Högtryckslaminat till Flexi sittbänk, mintgrön (80738)</x:v>
+        <x:v>Flexi 25 klädfack hel med sittbänk 2 fack dubbelsidig golvmodell m hjul (36263)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Högtryckslaminat till Flexi sittbänk, hörnmodul (36267)</x:v>
+        <x:v>Flexi 28 klädfack hel med sittbänk 2 fack dubbelsidig golvmodell m hjul (36264)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Högtryckslaminat till Flexi sittbänk, mörkgrå (33899)</x:v>
+        <x:v>Flexi 25 extra överhylla (36271)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 22 klädfack hel med sittbänk dubbelsidig golvmodell m hjul (33940)</x:v>
+        <x:v>Flexi 25 dörr (36972)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 22 klädfack hel med sittbänk 2 fack dubbelsidig golvm (36259)</x:v>
+        <x:v>Flexi 22 dörr (37027)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 25 klädfack hel med sittbänk 2 fack dubbelsidig golvmodell m hjul (36263)</x:v>
+        <x:v>Högtryckslaminat till Flexi sittbänk, vit (80727)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Garderob till barn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flexi 28 klädfack hel med sittbänk 2 fack dubbelsidig golvmodell m hjul (36264)</x:v>
-[...158 lines deleted...]
-      <x:c t="str">
         <x:v>Fixa dockhus 1:2 1 dörr</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
@@ -3876,50 +3876,434 @@
       </x:c>
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Fixa 3:1 Materialvagn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Hus 3 bred D58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dockhus 4:2 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa öron 3:2 combo Avokadogrön/ljusturkos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Krypin Runda Bo 4:2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa lös låda A5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 4:2 utan rygg, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hyllplan 3, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hyllplan 2, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:1, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:3, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 1:2, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Fixa bas 3:3, djup 46</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
@@ -4836,402 +5220,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fixa Hus 3 bred D58</x:v>
-[...350 lines deleted...]
-      <x:c t="str">
         <x:v>Fixa Krypin Grotta 3:2 </x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
@@ -6660,50 +6692,850 @@
       </x:c>
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Fixa Hus 3 bred D46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Krypin Husfasad 4:2 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa spetsiga öron 1.5:1 combo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 3:2 utan rygg, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 4:1, utan rygg, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 1:2 utan rygg, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hyllplan 2, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hyllplan 1, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 1:3, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:5, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:1, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:2, djup 46, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa svängd 2, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr hel 1:1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr med handhål 2:2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa T 1, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel 4:, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel till hörn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa fast mellanvägg 2 djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa elevförvaring H62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 2 fack, hög</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 12 fack, bred</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 8 fack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Fasad 1,5:3 dörr höger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus 2 Fack (82781)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Flexi 25 liten dörr med handhål</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
@@ -7044,819 +7876,947 @@
       </x:c>
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fixa Hus 3 bred D46</x:v>
-[...767 lines deleted...]
-        <x:v>Kubus 2 Fack (82781)</x:v>
+        <x:v>Fixa bas 4:1, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:4, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 1:4, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:3, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:1, djup 36, topp ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:1, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa svängd 2, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr med handhål 1:1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr med handhål 2:5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa stödben 2st/1 extra hjul, för djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa lös mellanvägg 1 djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 4 fack hög</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 9 fack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 8 fack, bred</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Hus front 3:2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Fasad 2:3 dörr höger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Fasad 1,5:3 dörr vänster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Fasad 1:2 dörr höger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Fasad 1:2 dörr vänster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Öron topp 1,5:1 dörr höger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus vitpig 1 hyllplan med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 3 fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus vitpig 3 fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 4 fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus vitpig 4 fack utan rygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 6 fack hög utan rygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 12 fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus dörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa stomme 3:1 HT med rygg RM</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
@@ -8324,978 +9284,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fixa bas 4:1, djup 36</x:v>
-[...926 lines deleted...]
-      <x:c t="str">
         <x:v>Fixa Hus 4 bred D36</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
@@ -10852,50 +10884,178 @@
       </x:c>
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Fixa låda hel 2:1, 2 lådor, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 2:1, 2 lådor, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 2:1, 3 lådor, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 2:1, 3 lådor, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Fixa Krypin Grotta 4:2 </x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
@@ -12004,147 +12164,403 @@
       </x:c>
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fixa låda hel 2:1, 2 lådor, djup 45</x:v>
-[...95 lines deleted...]
-        <x:v>Fixa låda med handhål 2:1, 3 lådor, djup 57</x:v>
+        <x:v>Fixa bas 2:5, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:5, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:3, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:4, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:2, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:2, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 1:2, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:5, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:2, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:2, djup 58, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:3, djup 46, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 5:3, djup 46, topp i ljusgrå HT laminat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
@@ -13157,434 +13573,50 @@
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Fixa hörn 1, djup 36, topp i ljusgrå HT laminat</x:v>
-      </x:c>
-[...382 lines deleted...]
-        <x:v>Fixa bas 5:3, djup 46, topp i ljusgrå HT laminat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hyllor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>