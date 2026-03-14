--- v0 (2026-01-21)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a17b3f8c234143" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d8ff64022d146cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="Rcd0d5645d62d4535"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="produkter" sheetId="1" r:id="R635ade365a0843e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcd0d5645d62d4535" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R635ade365a0843e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
@@ -164,178 +164,178 @@
       </x:c>
       <x:c t="str">
         <x:v>Badrumsskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>MARBODAL Skåpstomme Dyning Ljus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Badrumsskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpstomme Dyning Målad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Badrumsskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>MARBODAL Skåpslucka Dyning Ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Badrumsskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Skåpstomme Dyning Ljus</x:v>
+        <x:v>MARBODAL Skåpslucka Dyning Brun</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Badrumsskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Skåpstomme Dyning Målad</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>MARBODAL Laminatbänkskiva 20 och 30 mm rak kant m kantlist MF1 eller MF1 Plus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0154, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bänkskiva</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
@@ -356,275 +356,691 @@
       </x:c>
       <x:c t="str">
         <x:v>Bänkskiva</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Moln</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Ramsvik Ek Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>MARBODAL Skåpslucka Fagerö Hav</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Granit målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Tall målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Granit Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Tall Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Ek Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>MARBODAL Tillbehör Passbit Målad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Tall Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>MARBODAL Skåpslucka Vinga Granit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Tall målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Ekbacken brunbets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Ekbacken Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Sand målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Frost målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>MARBODAL Tillbehör Rygg MFC</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Skåpslucka Ekbacken brunbets</x:v>
-[...95 lines deleted...]
-        <x:v>MARBODAL Skåpslucka Fagerö Tall Vitrin med spröjs</x:v>
+        <x:v>MARBODAL Skåpslucka Aspö Granit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Sand målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Frö målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Moln målad MDF</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
@@ -644,627 +1060,947 @@
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Tall målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Tall målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>MARBODAL Skåpslucka Lindö Hav Vitrin med spröjs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Skåpslucka Arkitekt Plus Tall Vitrin</x:v>
-[...254 lines deleted...]
-      <x:c t="str">
         <x:v>MARBODAL Skåpslucka Arkitekt Frost</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0164, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Skåpslucka Aspö Granit</x:v>
+        <x:v>MARBODAL Tillbehör Takanslutning Sand målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Frost Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Frost målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Gryning MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Moln</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Moln målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Sand Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Sand målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Tall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0164, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Skåpslucka Arkitekt Plus Moln</x:v>
+        <x:v>Marbodal Skåpslucka Saltö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Frö Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Frost målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Hav målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Malevik Brun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Frost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Frost målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Åska målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Granit Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Hav Vitrin med krysspröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Tall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Åska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Tall målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Gryning målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Aspö Sand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0164, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Tillbehör Dekorsida Sand målad MDF</x:v>
-[...191 lines deleted...]
-        <x:v>MARBODAL Skåpslucka Lindö Hav Vitrin med krysspröjs</x:v>
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Sand målad MDF</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
@@ -1284,115 +2020,147 @@
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Skåpslucka Fagerö Frost Vitrin med spröjs</x:v>
-[...63 lines deleted...]
-        <x:v>MARBODAL Skåpslucka Lindö Sand Vitrin med spröjs</x:v>
+        <x:v>MARBODAL Skåpslucka Form Sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Frö målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Granit målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Granit målad MFC</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
@@ -1412,3251 +2180,2835 @@
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Skåpslucka Malevik Brun</x:v>
-[...31 lines deleted...]
-        <x:v>MARBODAL Skåpslucka Aspö Sand</x:v>
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Frö</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0164, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Skåpslucka Arkitekt Plus Frö</x:v>
+        <x:v>MARBODAL Tillbehör Dekorsida Tall målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Frost målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Hav målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Åska målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Tall målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Moln Vitrin med krysspröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Gryning målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Frost målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Hav målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Åska målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Granit målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Tall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Moln målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Moln Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Hav målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Moln Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Åska Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Åska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Frö målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Frö målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Ek Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Åska Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Granit Vitrin med krysspröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Ekbacken Svartbets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Sand målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Granit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Hav målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Moln Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Moln målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Gryning målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Tall Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Frost Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Frö målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Hav målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Hav Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Ramsvik Ek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Gryning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0164, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Skåpslucka Arkitekt Plus Tall</x:v>
+        <x:v>MARBODAL Skåpslucka Fagerö Frö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Åska målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Frö Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Sand Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Ramsvik Ek Vitrin Räfflat Glas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Fanerad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Frö målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Sand målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Gryning målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Granit målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Målad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Granit Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Sand Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Gryning målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Fanerad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Frost Vitrin med krysspröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Frö målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Moln</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Frost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Målad Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Sand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0164, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Sand målad MDF</x:v>
-[...1951 lines deleted...]
-        <x:v>MARBODAL Skåpslucka Arkitekt Plus Gryning</x:v>
+        <x:v>MARBODAL Front Hörnskåp Sand målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Sand målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Frost målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Hav målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Åska Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Sand målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Granit målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Aspekt Frost Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Åska Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Tall Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Frö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Tall målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Frö Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Åska Vitrin med krysspröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Frö Vitrin med krysspröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Frost målad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Hav målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Tall målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Granit målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Åska målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Åska målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Granit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0164, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Dekorskåp Gryning målad MFC</x:v>
-[...959 lines deleted...]
-        <x:v>MARBODAL Skåpslucka Arkitekt Plus Sand</x:v>
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Bark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0164, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Front Hörnskåp Sand målad MFC</x:v>
-[...95 lines deleted...]
-        <x:v>MARBODAL Skåpslucka Lindö Åska Vitrin med krysspröjs</x:v>
+        <x:v>MARBODAL Skåpslucka Aspö Frost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Moln målad MDF</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
@@ -4676,54 +5028,214 @@
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Front Hörnskåp Granit målad MFC</x:v>
-[...2 lines deleted...]
-        <x:v>3031 0007, 3031 0007</x:v>
+        <x:v>MARBODAL Tillbehör Passbit MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Gryning målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Sand Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Sand målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Fanerad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Åska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
@@ -4772,179 +5284,211 @@
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Gryning målad MDF</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Frost målad MDF</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Skåpslucka Lindö Frö Vitrin med krysspröjs</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>MARBODAL Tillbehör Spotlightskiva Åska målad MDF</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Tillbehör Takanslutning Hav målad MFC</x:v>
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Gryning målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Gryning målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Aspö Moln</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Moln målad MFC</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
@@ -4964,2387 +5508,1843 @@
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Tillbehör Rygg Pärlspont Frost målad</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>MARBODAL Tillbehör Takanslutning Målad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Tillbehör Passbit MFC</x:v>
-[...191 lines deleted...]
-        <x:v>MARBODAL Skåpslucka Aspö Moln</x:v>
+        <x:v>MARBODAL Skåpslucka Fagerö Hav Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Fanerad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Frö målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Moln målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida 16mm Målad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Åska målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Målad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Frost målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Hav målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Frö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Granit målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Frost målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Moln målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Åska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Granit målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Hav</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida 16mm MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Aspekt Frost</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0164, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Skåpslucka Aspö Frost</x:v>
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Hav</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0164, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Skåpslucka Arkitekt Plus Granit</x:v>
+        <x:v>MARBODAL Tillbehör Rygg Frö målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Gryning målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Målad Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Tall målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Tall målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Gryning målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Granit målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Granit målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Åska målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida 16mm Fanerad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Frost Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Hav Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Öland Frost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Granit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Tall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Frost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Moln målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Gryning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Frö målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Granit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Åska målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Lin Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Sand Vitrin med krysspröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Frost</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0164, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Skåpslucka Arkitekt Plus Åska</x:v>
-[...958 lines deleted...]
-      <x:c t="str">
         <x:v>MARBODAL Skåpslucka Lindö Tall Vitrin med krysspröjs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Fanerad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Gryning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Frö målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Ek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>MARBODAL Skåpslucka Fagerö Granit Vitrin med spröjs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Gryning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Moln målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Hav målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpstomme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Köksskåp och fronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Möbler och inredning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>MARBODAL Skåpslucka Lindö Frost Vitrin med spröjs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Skåpslucka Lindö Lin Vitrin med spröjs</x:v>
-[...446 lines deleted...]
-      <x:c t="str">
         <x:v>MARBODAL Dekorskåp Moln målad MFC</x:v>
-      </x:c>
-[...446 lines deleted...]
-        <x:v>MARBODAL Skåpstomme</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0007, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Köksskåp och fronter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Möbler och inredning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>