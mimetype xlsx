--- v0 (2025-12-13)
+++ v1 (2026-02-02)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33963bb91f0d4d95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39c33f23e09e4934" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R6b631bab80d44719"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="Rd00eeb1c77454db3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6b631bab80d44719" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd00eeb1c77454db3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
@@ -484,1550 +484,1678 @@
       </x:c>
       <x:c t="str">
         <x:v>Bakform</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scan Filter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikhemsvägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eslöv</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Aristo Bakformar, 62x54 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakform</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aristo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Procurator Vita bakformar, 50x25 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakform</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scan Filter Rondell, Dia=250 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakform</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scan Filter Am. Muffin, 50x36 mm vita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakform</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Coop Amerikanska Muffinsformar, 24 st</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakform</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Siluett of Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 421</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kristinehamn</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Aristo Bakformar, 62x54 mm</x:v>
+        <x:v>Fixa Bullform 150 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakform</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siluett of Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 421</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kristinehamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aristo Rondeller, Vita Ø=105 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0028</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakform</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aristo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scan Filter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikhemsvägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eslöv</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Procurator Vita bakformar, 50x25 mm</x:v>
+        <x:v>Aristo Bakformar, 50x25 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0028</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakform</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Aristo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyreco Muffinsform, Vit, 50x35 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakform</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Scan Filter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikhemsvägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eslöv</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scan Filter Rondell, Dia=250 mm</x:v>
+        <x:v>Scan Filter Cortina, Vit, 20x15 - 100x25 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0028</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakform</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Scan Filter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikhemsvägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eslöv</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scan Filter Am. Muffin, 50x36 mm vita</x:v>
+        <x:v>Scan Filter vita bakformar, 60x20 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0028</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakform</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Scan Filter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikhemsvägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eslöv</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fixa Bullform 150 st</x:v>
+        <x:v>Coop Änglamark Knäckformar 14*18 mm, 240 st</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakform</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Siluett of Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 421</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kristinehamn</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Aristo Rondeller, Vita Ø=105 mm</x:v>
+        <x:v>Golden LF SM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2049 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakform</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREÅKER</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Småbrödformar, 150 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakform</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siluett of Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 421</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kristinehamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aristo Bakform Vit Cortina, 90x25 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0028</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakform</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aristo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scan Filter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikhemsvägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eslöv</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Aristo Bakformar, 50x25 mm</x:v>
+        <x:v>Aristo Bakformar, 60x20 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0028</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakform</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aristo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scan Filter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikhemsvägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eslöv</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lyreco Muffinsform, Vit, 50x35 mm</x:v>
+        <x:v>Aristo Bakformar, 65x20 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0028</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakform</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Aristo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aristo Am. Muffin, 60x36 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakform</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aristo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CaterLine Bagepapir, 33 x 42 cm, 40g/m2 500 ark, (1000022138)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bon Appetit, 8 m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Scan Filter AB</x:v>
-[...19 lines deleted...]
-        <x:v>Bakform</x:v>
+        <x:v>Allpapper Lind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Johans väg 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landvetter</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Baking paper 38cm x 30m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Scan Filter AB</x:v>
-[...19 lines deleted...]
-        <x:v>Bakform</x:v>
+        <x:v>QuickPack Haushalt + Hygiene GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosine-Starz-Strasse 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>thinbake pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thinbake</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tervakoski Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vähikkäläntie 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tervakoski</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Brand International Bagepapir, 42 x 38 cm, 18 ark (1000022865)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta Bakplåtspapper 42 x 33 cm, 18 ark (11615)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Brand Bagepapir, 20 m x 38 cm (1000023116)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Baking paper sheets  24 Blatt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Nordic Paper</x:v>
-[...19 lines deleted...]
-        <x:v>Bakform</x:v>
+        <x:v>QuickPack Haushalt + Hygiene GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosine-Starz-Strasse 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta Bakplåtspapper 42 x 33 cm, 18 sheets, Unbleached, BAKE IT, WRAP IT (11615)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore, 8 m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allpapper Lind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Johans väg 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landvetter</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CaterLine Bagepapir, 45 x 60 cm, 500 ark, (57 g/m2) (11003)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CaterLine Bagepapir, 45 x 60 cm, 500 ark (11153)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LeChef 30er sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Siluett of Sweden AB</x:v>
-[...19 lines deleted...]
-        <x:v>Bakform</x:v>
+        <x:v>QuickPack Haushalt + Hygiene GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosine-Starz-Strasse 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CaterLine Bagepapir, 40 x 60 cm, 500 ark (11559)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;S Bakplåtspapper Vitt, 45x57 cm (1000010190)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baking and cooking basepapers (white) 38-55 gsm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Scan Filter AB</x:v>
-[...19 lines deleted...]
-        <x:v>Bakform</x:v>
+        <x:v>Metsä Greaseproof Papers GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veldener Strasse 121-131</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Düren</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Bakplåts Papper, 20 m (11555)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ö&amp;B Bakplåtspapper, 10 m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Siluett of Sweden AB</x:v>
-[...138 lines deleted...]
-        <x:v>CaterLine Bagepapir, 33 x 42 cm, 40g/m2 500 ark, (1000022138)</x:v>
+        <x:v>Allpapper Lind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Johans väg 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landvetter</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado Baking paper sheets 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>QuickPack Haushalt + Hygiene GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosine-Starz-Strasse 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cater-Line Bagepapir, 60x45cm, natur, 500 ark, ubleget, Premium (1000022446)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5049 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rul-Let A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søstvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bon Appetit, 8 m</x:v>
+        <x:v>CaterLine Bagepapir, 30 x 52 cm, 500 ark (11155)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;S Bakplåtspapper Vitt, 53x32,5 cm (1000010193)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>thinbake nature pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thinbake</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tervakoski Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vähikkäläntie 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tervakoski</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cater-Line Bagepapir, 52x30cm, natur, 500 ark, ubleget, Premium (1000022445)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglemark Bakplåtspapper, 42 x 38 cm, 18 ark (11631)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CaterLine Bagepapir 42cm x 100 m, 40g/m² (11156)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Europris 38x42 24 ark/rulle</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0014</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Allpapper Lind</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Johans väg 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Landvetter</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ABENA Brand International Bagepapir, 42 x 38 cm, 18 ark (1000022865)</x:v>
+        <x:v>ABENA Brand Baking Paper, 8 m x 38 cm (1000022247)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5049 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rul-Let A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søstvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ABENA Brand Bagepapir, 20 m x 38 cm (1000023116)</x:v>
+        <x:v>ABENA Brand International Bagepapir, 42 x 38 cm, 18 ark (11581)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5049 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rul-Let A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søstvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>thinbake pro</x:v>
-[...31 lines deleted...]
-        <x:v>Rusta Bakplåtspapper 42 x 33 cm, 18 ark (11615)</x:v>
+        <x:v>Bon Appetit 33x42 24 ark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bakpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Fettäta papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allpapper Lind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Johans väg 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landvetter</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CaterLine Bagepapir, 32,5 x 53 cm, 40g/m2, 500 ark (1000022137)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5049 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>ABENA</x:v>
+        <x:v>Cater-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rul-Let A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søstvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rusta Bakplåtspapper 42 x 33 cm, 18 sheets, Unbleached, BAKE IT, WRAP IT (11615)</x:v>
+        <x:v>CaterLine Bagepapir, 46 x 62 cm, 40g/m2 , 500 ark (1000022136)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5049 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Rusta</x:v>
+        <x:v>Abena</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rul-Let A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søstvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dollarstore, 8 m</x:v>
-[...31 lines deleted...]
-        <x:v>CaterLine Bagepapir, 45 x 60 cm, 500 ark, (57 g/m2) (11003)</x:v>
+        <x:v>ICA Bakplåts Papper, 24 ark (11556)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5049 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Abena</x:v>
+        <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rul-Let A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søstvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
-      </x:c>
-[...638 lines deleted...]
-        <x:v>Landvetter</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>thinbake nature fit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4049 0025</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bakpapper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Fettäta papper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Thinbake</x:v>
       </x:c>
       <x:c t="str">