--- v0 (2025-12-15)
+++ v1 (2026-02-14)
@@ -1,85 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re75efec57b1c427a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b363b71031463d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R13f03543e68d4053"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R3dfbcc0d0bc94e3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R13f03543e68d4053" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3dfbcc0d0bc94e3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Varumärke</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensinnehavare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ort</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Hand Disk, 1 l (Lundbergs)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lundbergs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Fri Disk Natur, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3025 0036</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordexia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 20001</x:v>
@@ -452,69 +484,69 @@
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Procter &amp; Gamble Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 27303</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Hand Disk, 1 l (Lundbergs)</x:v>
+        <x:v>Liv Washing Up Flytande diskmedel, 1L (Clemondo)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5025 0031</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Lundbergs</x:v>
+        <x:v>Liv</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Coop Änglamark Handdisk, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3025 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
@@ -1188,3694 +1220,3790 @@
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Liv Washing Up Flytande diskmedel, 1L (Clemondo)</x:v>
+        <x:v>GOLD DROP eco line: Washing-up liquid no fragrance, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GOLD DROP eco line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gold Drop  Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rzeczna 11d</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limanowa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Freash Lime Handdishmedel, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Handdisk Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Diskmedel Citron, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0063, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Naturlig Diskmedel Parfymfri, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Clean Dishes Forest Garden, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Clean Dishes Forest Garden, 490 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GOLD DROP eco line: Washing-up liquid Green tea, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GOLD DROP eco line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gold Drop  Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rzeczna 11d</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limanowa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Diskmedel MFD, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AllOffice Diskmedel, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0063, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AllOffice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado Handdiskmedel Citrus, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Effekt Fri diskmedel, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Effekt Fri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mira Sensitive 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Fresh Lime Handdiskmedel, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Handdisk Utan Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;Ren Handdisk Parfymerad 1000ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES 0% Parfym &amp; Färgämnen, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Naturals Äpple, 1250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Diskmedel Natur, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2025 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dish Soap Opvaskemiddel, 1 l (Estell)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5025 0031</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Liv</x:v>
+        <x:v>Estell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Eldorado Handdiskmedel Citrus, 750 ml</x:v>
+        <x:v>Disky Diskmedel, 1 l (Ciroc AB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Handdisk. 500 ml (Sunda)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Handdisk Utan Färg och Parfym (Tvättex), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tvättex handdisk, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5025 0044</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Tvättex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tvättex handdisk, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Selefa Handdisk, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Selefa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecover Diskmedel Lemon &amp; Aloe Vera, 450 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecover Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steenovenstraat 1a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Diskmedel Skogsbris, 650 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Handdisk Parfymerad, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Handdisk Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Handdisk Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin dishwashing liquid LEMON, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Refin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Diskmedel Citrus, 650 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Diskmedel Neutral, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0063, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Handdiskmedel oparfymerat, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Handdiskmedel Havsbris, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop X-tra Diskmedel, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Xtra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Diskmedel Skogsbris, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Clean Dishes Herbal Nest, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Naturals Citron, 520 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Hand Dish Wash, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Diskmedel Citrus refill, 800 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mira Sensitive 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Handdisk citron, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Normal Super Dish Swan, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Normal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hemfrid Handdisk, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemfrid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Estell Dish Soap, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Asteri, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4025 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Diskmedel, UDF, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado Handdiskmedel Original, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Eldorado</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Effekt Fri diskmedel, 500 ml</x:v>
+        <x:v>GOLD DROP eco line: Washing-up liquid Lemon, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GOLD DROP eco line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gold Drop  Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rzeczna 11d</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limanowa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Handdisk Apple Explosion, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Opal Handdisk Fresh, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin dishwashing liquid ORIGINAL, 750 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5025 0044</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Effekt Fri</x:v>
+        <x:v>Refin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>AllOffice Diskmedel, 1 l</x:v>
+        <x:v>Easyclean Brilliant, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3025 0063, 3025 0054</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>AllOffice</x:v>
+        <x:v>KBM</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NSI Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fjärrvärmevägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skövde</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>GOLD DROP eco line: Washing-up liquid no fragrance, 500 ml</x:v>
+        <x:v>Easyclean Brilliant Sensitive, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0063, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Handdisk Oparfymerat, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene Dish Wash Clean Harmony with organic Aloe Vera, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>W5 Sensitive Washing Up Liquid, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>W5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Handdisk Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Naturals Granatäpple, 520 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Diskmedel Natur, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2025 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Estell Baby Nappdisk, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Max Power, 450 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Capasal IduDish Soft Swan, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Capasal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GOLD DROP eco line: Washing-up liquid Apple, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5025 0057</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GOLD DROP eco line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gold Drop  Sp. z o.o.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rzeczna 11d</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Limanowa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>GOLD DROP eco line: Washing-up liquid Green tea, 500 ml</x:v>
-[...31 lines deleted...]
-        <x:v>ABENA Puri Line Diskmedel MFD, 500 ml</x:v>
+        <x:v>glenta Handdisk Eco + Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Opal Handdisk Free, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Handdiskmedel Äpple, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Easyclean Brilliant Lemon, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0063, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Clean Dishes Blossom Breeze, 490 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Clean Dishes Herbal Nest, 490 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Handdiskmedel Rabarber, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häxan Diskmedel, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häxan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Handdisk Med Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Diskmedel Hav, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2025 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Clean Dishes Blossom Breeze, 1000 ml (Refill)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Opticare Neutral Håndopvask, 0,5 l (Opticare Nordic)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Opticare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clean &amp; Fair Opvaskemiddel (P. Lindberg). 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clean &amp; Fair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecover Diskmedel Grapefruit &amp; Green tea, 450 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecover Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steenovenstraat 1a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Diskmedel Parfymfri, 650 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Handdisk Eco + Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nila Handdisk Citron, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Handdisk, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Handdisk Oparfymerat, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Herobility diskmedel, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5025 0018, 5025 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Herobility</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häxan Diskmedel, 650 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häxan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prime Source Håndopvask Mild 10, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;Ren Handdisk utan parfym 1000ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0054, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Waves sensitive Dish Wash, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Waves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Naturals Äpple, 520 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original, 900 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zefir Hand Dish Wash Midnight Forest, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zefir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lawinex Diskmedel lemon, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Diskmedel utan färg och parfym, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Max Power med frisk doft av Granatäpple, 660 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Herobility Diskmedel, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herobility</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Handdiskmedel Oparfymerat, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Handdisk Frozen Raspberry, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Diskmedel, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0063, 3025 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Clean Dishes Blossom Breeze, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nila Handdisk Orginal, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Handdiskmedel Rabarber, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original, 520 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum, 800 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Handdisk Citron, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Velfyld ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adelers Allé 155</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårevejle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PLS Handdisk Parfymerad, 5 l</x:v>
-[...49 lines deleted...]
-        <x:v>ICA Skona</x:v>
+        <x:v>ABENA Puri-Line Diskmedel MFD, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0018, 5025 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Diskmedel Hav, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2025 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Diskmedel Äppelblom 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2025 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zefir Hand Dish Wash Citrus, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zefir</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PLS Diskmedel Citron, 1 l</x:v>
-[...31 lines deleted...]
-        <x:v>Activa Freash Lime Handdishmedel, 1 l</x:v>
+        <x:v>ICA Handdisk original, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Max Power, 660 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Handdiskmedel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Handdisk, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5025 0018, 5025 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Activa</x:v>
+        <x:v>GREENSHINE</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Velfyld ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adelers Allé 155</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårevejle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Meraki Clean Dishes Forest Garden, 490 ml</x:v>
-[...191 lines deleted...]
-        <x:v>Activa Fresh Lime Handdiskmedel, 5 l</x:v>
+        <x:v>Greenshine Handdisk, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5025 0018, 5025 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Activa</x:v>
+        <x:v>GREENSHINE</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Velfyld ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adelers Allé 155</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårevejle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>YES Naturals Äpple, 1250 ml</x:v>
-[...63 lines deleted...]
-        <x:v>Dish Soap Opvaskemiddel, 1 l (Estell)</x:v>
+        <x:v>We Clean Dish Wash Next, 5 l (Stadsing)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5025 0031</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Estell</x:v>
+        <x:v>WeClean</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tvättex handdisk, 5 l</x:v>
-[...703 lines deleted...]
-        <x:v>Normal Super Dish Swan, 1 l</x:v>
+        <x:v>Capasal IduDish Soft Swan, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5025 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Normal</x:v>
+        <x:v>Capasal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Iduna A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blokken 25</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Birkerød</x:v>
-      </x:c>
-[...2238 lines deleted...]
-        <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Kiilto Asteri, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4025 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Handdiskmedel för professionell användning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Handdiskmedel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kiilto Pro</x:v>
       </x:c>
       <x:c t="str">