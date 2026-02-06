--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -1,85 +1,2005 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09099424e5f44ae8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98fc09dacf364ac2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="Rbc99cd5bf99f4c1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="Rf03ef3e772e247c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbc99cd5bf99f4c1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf03ef3e772e247c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Varumärke</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensinnehavare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ort</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Beckers Scotte 5 Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO FEEL Helmatt interiörfärg BAS3, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 20 Halvmatt inomhusfärg, nyanserad, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 7 Matt väggfärg BAS1, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 7 Matt väggfärg, nyanserad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 7 Matt väggfärg, nyanserad, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 7 Matt väggfärg, nyanserad, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA BALANCE Helmatt interiörfärg BAS1, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 5 Helmatt Täckfärg Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>INTERIO GRUNDFÄRG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte 5 Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>INTERIO VÄGGFÄRG 7 ANTIKVIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte 7 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>INTERIO VÄGGFÄRG 20 S0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekora 12 Bas 1, 18 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKORA 12 Bas 3, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekora 20 Bas 1, 18 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekora 20 Bas 3, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekora 7 Bas 3, 18 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Väggfärg 7 Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Väggfärg 10 Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 base 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032, SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro ad.stil Helmatt Täckfärg Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex Prestanda 5 Helmatt Täckfärg, Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA AIR BASE PAINT 3, 0,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA AIR Tinted, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA AIR Tinted, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL Rezisto 5 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klint Väggfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0033</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sehlstedtgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Floor Paint PU Base 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Floor Paint PU Base 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex Nejd 1 RF Helmatt Grund- och Takfärg White/Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö Ambiance Deep Matt BC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 2 RF Helmatt Takfärg Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 7 Matt Täckfärg White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex Nejd 1RF A base</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 5 Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wall Primer Pro White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Gloss Paint PRO 50 Pencil Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Old Rose</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Denim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Metro Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Reflexfri takfärg 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wood &amp; Metal 40 RAL9010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Silkematt Rom base hvit, base A, base B, base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Multi Primer, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LADY Pure Color base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Lady</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF Primadekk 02 base hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LADY Essence base A, B, C, hvit og gul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Lady</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scala Perfect Finish 15 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scala</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Alle Rom base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Superfinish 15 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 5 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Proff Solid 10 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Proff Uno 5 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö AMBIANCE ENDLESS SKY Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MASTER WALL PAINT 20 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003, 3096 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MASTER WALL PAINT 5 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 3 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin INTERIOR WOOD SEMI-MATT Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Nordsjö PROFESSIONAL P6 Base Clear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordsjö Professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Akzo Nobel Decorative Coatings AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Staffantorpsvägen 50</x:v>
@@ -132,28858 +2052,26682 @@
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sadolin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Akzo Nobel Decorative Coatings AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Staffantorpsvägen 50</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MALMÖ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sadolin INTERIOR WOOD SEMI-MATT Base White</x:v>
+        <x:v>Hagmans Golvfärg 1K 000 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0007, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0007, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Floor Paint PU Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Floor Paint PU White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin INTERIOR WOOD SEMI-GLOSS Base White</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sadolin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Akzo Nobel Decorative Coatings AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Staffantorpsvägen 50</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MALMÖ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Floor Paint PU Base 4</x:v>
+        <x:v>PRO INTERIOR 2 TAKVIT S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PRO INTERIOR 7 BAS A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super Finish 40 Vit S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 20 Vit S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 5 Nespri Bas Vit 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 7 Bruten Vit 0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wall Paint 10 Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wall Paint 5 Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wall Paint 5 Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wall Paint 5 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Dark Maroon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Enamel 20 Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Lackfärg 30 V Bas Klar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Väggfärg 7 Bas Klar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Väggfärg 7 Florens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Eminent 2, Takfärg Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans 7, Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Älva, Väggfärg Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Snickerifärg C-bas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Roof &amp; Base Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0048, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte 7 Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO SERRA Halvmatt reparationsfärg BAS3, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO DECOR Matt interiörfärg BAS1, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 20 Halvmatt inomhusfärg NCS-S-0502-Y, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 20 Halvmatt inomhusfärg VIT S0500-N, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 20 Täckfärg Vägg Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 7 Matt Täckfärg Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>INTERIO VÄGGFÄRG 7 WHITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKORA 20 Nyanserad kulör, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekora 7 Bas 1, 18 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Väggfärg 7 502 utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Väggfärg 20 vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknoprimer 03, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mood Care Wall 7 Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro ad.stil Helmatt Täckfärg Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex Prestanda 5 Helmatt Täckfärg S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte GT 5, S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TEKNOWALL 05 WHITE BASE PAINT 1, 2,7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TEKNOWALL 05 Tinted 10L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mood Care Wall 7 Vit /Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA AIR BASE PAINT 3, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL Rezisto 7 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klint Takfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0033</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sehlstedtgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strong Wall 7 Vit S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strong Wall 5 Vit S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin WALL TRUE MATT Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Floor Paint PU White</x:v>
+        <x:v>Supertäck 5 Bruten Vit 0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Capafree 5 bas D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strong Wall Bas 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Väggfärg 7 Milano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Väggfärg 7 Neapel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Kitchen &amp; Bath 20 Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Kitchen &amp; Bath 20 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro PU Wood &amp; Metal 20 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wall Paint 10 Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Enamel 40 Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Lackfärg 70 V Äggskalsvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Väggfärg 7 Krita</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro+ 4, S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro+ 7, S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Väggfärg Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mood Air Wall, bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mood Air Wall, bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 7 Matt Täckfärg Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scotte GTe 5 White/Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scotte GTe 7 White/Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Takfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Snickeri- &amp; Lackfärg Halvblank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Finest Wall Bas D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 2S Offwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 2S White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 10 RAL 9010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 10 White/base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Gloss Paint PRO 50 Dove Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Gloss Paint PRO 50 Sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Antique White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Nyans Wallpaint 7 Dusty Pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall paint Nyans 7 Magnolia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Burnt Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Dark Storm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Mountain Mist</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dekso Aïr White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Ceiling Paint 2 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scala Perfect Urban base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scala</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Proff Solid 7 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006, 2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wall Paint Acryl+ 5 Base BB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DETALE KABRIC Base KD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DETALE CPH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF Projekt Dammbinder vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF Dynamic 05 base A, B og C og ferdigblandet klassisk hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LADY Supreme Finish Halvblank 40 base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Lady</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LADY Aqua Matt base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Lady</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Grundning för tapet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gebenna Fargeprøve Interiør base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gebenna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Våtrom 05 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Supermatt Rom base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cello Easy base hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MASTER WALL PAINT 7 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL VÄGGFÄRG HALVMATT 20 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003, 3096 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 10 S 0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 20 S 0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 3 BLACK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 5 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 5 S 0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 7 Nordsjövit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 7 S 0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 7 BLACK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL P10 S 0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL P6 S 0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin INTERIOR WOOD SEMI-GLOSS Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>INTERIO VÄGGFÄRG 7 BASE C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte R2 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lady Minerals Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Lady</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Väggfärg 10 Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Väggfärg 20 502 utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Offwhite S0500-N, 0,75 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Interior Strong Finish 20 White</x:v>
+        <x:v>Flügger Interior Strong Finish 20 base 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032, SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex Prestanda 5 S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TEKNOWALL 05 NCS-S 0502-Y, 10L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA AIR WHITE BASE PAINT 1, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA AIR BASE PAINT 3, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA AIR CEILING PURE WHITE, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA AIR CEILING PURE WHITE, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Floor Paint PU Base 1, 2,8 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Interior Strong Finish 40 Base 1</x:v>
+        <x:v>Flügger Floor Paint PU Base 3, 9,1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sadolin INTERIOR WOOD SEMI-GLOSS Base White</x:v>
+        <x:v>Scotte GTe 7 Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger  Interior Strong Finish 40 Råhvid S0500-N, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SALAMAA JOY BASE PAINT 3 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro ad.seren Helmatt Täckfärg Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 20 Halvmatt Täckfärg Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Grundfärg Inomhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Reko Väggfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Finest Wall Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 2 Offwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5 White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wall Primer Pro Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Gloss Paint PRO 50 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Dusty Peach</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Soft Feather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DETALE MATT PAINT White/Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, SE/044/002, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DETALE CPH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wall Paint Acryl+ 10 Base BB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LADY Supreme Finish Silkematt 15 base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Lady</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BUTINOX Elegant Matt base A, B og C og ferdigblandet klassisk hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF Projekt Dammbinder klar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LADY Balance base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Lady</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LADY Supreme Finish Superblank 80 base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Lady</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BUTINOX Stilfullt Treverk 40 base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF PVA 07 base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF Prima Wall 10 base A, B, C og hvid og kulørene råhvid og  lys råhvid </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Proff Uno 1 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006, 2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Fashion 80 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Proff Solid 5 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006, 2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Korall Tak 02</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Korall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gebenna Væg &amp; Loft 5 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gebenna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eico Pro Cover White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eicó Jünsel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MASTER WOOD PRIMER INDOOR </x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL GRUND VÄGG &amp; TAK Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL TAK OCH VÄGGFÄRG HELMATT 3 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL VÄGGFÄRG MATT 10 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL VÄGGFÄRG HELMATT 5 S 0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PERFORM+ EASY2CLEAN Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin PRIMER WALL &amp; CEILING Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Sadolin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Akzo Nobel Decorative Coatings AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Staffantorpsvägen 50</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MALMÖ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PRO INTERIOR 2 TAKVIT S0500-N</x:v>
+        <x:v>Nordsjö PROFESSIONAL A5 S 0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL A7 S 0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL P10 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL SNICKERI 40 S 0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL SNICKERI 40 S 0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin INTERIOR WOOD SEMI-GLOSS S0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strong Wall 7 Bas 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strong Wall 7 Bas 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K 002 Mellangrå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0007, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 RAL 9010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VÄGG- OCH TAKFÄRG PLUS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hornbach</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Schulz Farben- u. Lackfabrik GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>An der Altnah 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Langenlonsheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Capafree 7 Bas D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Caparol</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DAW Nordic AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 36115</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GÖTEBORG</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PRO INTERIOR 7 BAS A</x:v>
+        <x:v>Caparol Kulörprov Finest Wall Bas A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Caparol</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DAW Nordic AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 36115</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GÖTEBORG</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Super Finish 40 Vit S0500-N</x:v>
+        <x:v>Kulörprov Bas A Inne</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Caparol</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DAW Nordic AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 36115</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GÖTEBORG</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Supertäck 20 Vit S0500-N</x:v>
+        <x:v>Kulörprov Bas D Inne</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Caparol</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DAW Nordic AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 36115</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GÖTEBORG</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Supertäck 5 Nespri Bas Vit 1</x:v>
+        <x:v>Supertäck 5 Bas D</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Caparol</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DAW Nordic AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 36115</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GÖTEBORG</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Supertäck 7 Bruten Vit 0502-Y</x:v>
+        <x:v>Supertäck 7 Bas A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Caparol</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DAW Nordic AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 36115</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GÖTEBORG</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Pro Wall Paint 10 Base 1</x:v>
+        <x:v>JOTAPROFF Trä-Snickerier 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wall Paint 10 White</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0024, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik Pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Pro Wall Paint 5 Base 1</x:v>
+        <x:v>Yunik Pro Wall Paint 5 Base 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0024, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik Pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Pro Wall Paint 5 Base 3</x:v>
+        <x:v>Yunik Pro Wall Paint 7 Base 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0024, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik Pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Pro Wall Paint 5 White</x:v>
+        <x:v>Yunik Pro Wood Enamel 80 White</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0024, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik Pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Dark Maroon</x:v>
+        <x:v>Yunik Pro Wood Enamel 80 Base 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0024, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Enamel 80 Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Lackfärg 30 V Antikvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Lackfärg 30 V Bas Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Väggfärg 7 Cortina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro+ 4 Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Älva, Väggfärg Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Takfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Väggfärg Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO SERRA Halvmatt reparationsfärg BAS1, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte 7 Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO DECOR Matt interiörfärg BAS3, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 20 Halvmatt inomhusfärg BAS3, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA PRIMER Helmatt grund- och innertaksfärg, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 7 Matt väggfärg BAS1, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 7 Matt väggfärg VIT S0500-N, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 7 Täckfärg Vägg Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sober Täckfärg vägg &amp; tak Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte 20 Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO DECOR Matt interiörfärg BAS1, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO DECOR Matt interiörfärg BAS3, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO LOFT Innertaksfärg vit, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 20 Halvmatt inomhusfärg BAS1, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA PRIMER Helmatt grund- och innertaksfärg, nyanserad, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 7 Matt väggfärg NCS-S-0502-Y, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 7 Matt väggfärg VIT S0500-N, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA BALANCE Helmatt interiörfärg, nyanserad, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 20 Halvmatt Täckfärg Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex Allgrund Grundfärg Bas C Elliptic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknoceiling 02 NCS-S0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>INTERIO VÄGGFÄRG 7 S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekora 12 Bas 1, 9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte Webetonex White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Väggfärg 5 Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Väggfärg 5 Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Väggfärg 7 vit </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 base 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032, SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BECKERS INTERIO VÄGGFÄRG 10 S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte GT 5 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA AIR WHITE BASE PAINT 1, 0,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA AIR WHITE BASE PAINT 1,  1,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte GT 7  Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL Rezisto 5 S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL Rezisto 7 S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Floor Paint PU Base 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger  Interior Strong Finish 40 Hvid, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Råhvid S0500-N, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Base 4_0,35 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Hvid, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 7 Matt Täckfärg S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 7 Matt Täckfärg S0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex Allgrund Grundfärg Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scotte Re2 Grund- och Takfärg White/ Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 20 H2O Offwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 20 H2O White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5 Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5 RAL 9010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 10 Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 5 White/Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wall Primer Perform White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Gloss Paint PRO 50 Eucalyptus Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Reflekt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Pro Wood Enamel 20 Base 1</x:v>
+        <x:v>REFLEKT Wall Paint Nyans 7 Liquorice</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0024, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Nyans Wallpaint 7 Studio Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Ceiling Paint Acryl 3 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DETALE MATT PAINT Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, SE/044/002, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DETALE CPH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Takfärg 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Schulz Farben- u. Lackfabrik GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>An der Altnah 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Langenlonsheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BUTINOX Klassisk Silkematt base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF Prima Wall 07 base A, B, C </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF Prima Wall 05 base A, B og C og ferdigblandet klassisk hvit / lys råhvid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Vegg og tak base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BUTINOX Tak &amp; Vegg base A/hvit, B og C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scala Perfect Sperregrunn base hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scala</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Proff ISOLER 10 base hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 5 S 0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Proff Tak/Loft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CanCan Supermatt Takfärg bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CANCAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö COLOUR TEST INDOOR Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MASTER WALL PAINT 7 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL VÄGGFÄRG HALVMATT 20 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 20 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 3 S 0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL A5 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL A5 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL A7 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL A7 S 0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL SNICKERI 80 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin WALL MATT Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin WALL MATT Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K 003 Ljusgrå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0007, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K 005 Gråblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0007, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K 021 Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0007, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Floor Paint PU Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 2 Takvit S0500 10 liter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 5 Varmvit S0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 5 Vit S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Capafree 5 bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wall Paint 20 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Project Wall Paint 7 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Yunik Pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>CELLO FEEL Helmatt interiörfärg BAS3, 2,7 l</x:v>
+        <x:v>Yunik Pro Project Wall Paint 10 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wall Paint 7 Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wall Paint 7 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Enamel 40 Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Takfärg 3 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Väggfärg 20 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans 7, Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro 20, Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro+ 7 bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO SERRA Halvmatt reparationsfärg BAS1, 9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cello</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kesko Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Työpajankatu 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KESKO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BIORA 20 Halvmatt inomhusfärg, nyanserad, 3 l</x:v>
+        <x:v>CELLO DECOR Matt interiörfärg BAS1, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO LOFT Innertaksfärg vit, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO FEEL Helmatt interiörfärg BAS3, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 20 Halvmatt inomhusfärg BAS3, 9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Takkatie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helsinki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Scotte 5 Bas A</x:v>
+        <x:v>BIORA 20 Halvmatt inomhusfärg VIT S0500-N, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 20 Halvmatt inomhusfärg VIT S0500-N, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 20 Halvmatt inomhusfärg, nyanserad, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA PRIMER Helmatt grund- och innertaksfärg, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 7 Matt väggfärg BAS3, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 7 Matt väggfärg BAS3, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA BALANCE Helmatt interiörfärg BAS3, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA BALANCE Helmatt interiörfärg, nyanserad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA BALANCE Helmatt interiörfärg, nyanserad, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte 20 S0502-Y</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0001, 4096 0027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heidehofintie 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vantaa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Scotte 5 Bas C</x:v>
+        <x:v>Beckers Scotte 20 Vit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0001, 4096 0027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heidehofintie 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vantaa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>INTERIO GRUNDFÄRG    10L</x:v>
+        <x:v>Ekora 20 Bas 1, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekora 7 Bas 1, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekora 7 Bas 3, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Väggfärg 20 Bas C</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0001, 4096 0027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heidehofintie 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vantaa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alcro Milltex 5 Helmatt Täckfärg Base C, 3,6L</x:v>
+        <x:v>Teknoceiling 02 whit, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknowall 07 white base paint 1, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 White, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032, SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Offwhite S0500-N, 3 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 base 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032, SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 base 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032, SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Floor Paint PU White, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>INTERIO VÄGGFÄRG 20 WHITE / BASE A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0001, 4096 0027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>INTERIO VÄGGFÄRG 20 ANTIKVIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Fusion, Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TEKNOWALL 05 BASE PAINT 3, 9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA AIR Tinted, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALCRO Milltex Nejd 7 White/Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Alcro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heidehofintie 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vantaa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BIORA BALANCE Helmatt interiörfärg BAS1, 2,7 l</x:v>
+        <x:v>Flügger Floor Paint PU Base 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Floor Paint PU Base 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Floor Paint PU Black, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALCRO Milltex Nejd 5 Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SALAMAA JOY WHITE BASE PAINT 1 2,7 L</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Takkatie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helsinki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BIORA 7 Matt väggfärg, nyanserad, 10 l</x:v>
+        <x:v>Alcro ad.seren Helmatt Täckfärg Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wall Paint 10 RAL9010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 2S Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 1 Ultramat Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 1 Ultramat Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 1 Ultramat Offwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 20 H2O Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 2S Airless White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 2S Eggshell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 10 Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 10 White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 20 Offwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Calm Space</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Ceiling paint PRO White antireflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Gloss Paint PRO 50 Antique White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Gloss Paint PRO 50 Koala</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall paint Nyans 7 Abstract Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Linen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Morning haze</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Soft Harmony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Tundra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Perfect Match</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger CTM Wall Paint 5 White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DETALE MATT PAINT Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, SE/044/002, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DETALE CPH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wall Paint Acryl+ 5 Base CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Kitchen, Hall &amp; Laundry 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BUTINOX Premium Matt base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF Prima Air 05 base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LADY Supreme Finish Pure Matt 03 base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Lady</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Fashion 05 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Proff Solid 20 base hvit og base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gebenna Væg 10 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gebenna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL VÄGGFÄRG MATT 7 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 10 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin INTERIOR WOOD SEMI-MATT Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 7 S 0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL A7 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL P10 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL P10 RÅVIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL SNICKERI 15 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL SNICKERI 40 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin WALL SEMI-MATT Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K Bas B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0007, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Floor Paint PU Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF Prima Wall 25  base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Capafree 7 Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol CAPAFREE 5 Väggfäg Vit S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Kulörprov Finest Wall Bas D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PRO INTERIOR 7 VIT S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super Finish 40 Bas 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 2 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 20 Bas D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strong Wall Bas 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Kitchen &amp; Bath 20 Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro PU Wood &amp; Metal 20 Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Enamel 20 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Enamel 20 Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood &amp; Metal PU 20 White / S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Aquamarine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dröm Helmatt Täckfärg Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0047, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 3 BLACK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Base 3_0,35 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Råhvid S0500-N, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 4,2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex Prestanda 7 Matt Täckfärg Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex Prestanda 7 Matt Täckfärg Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex Prestanda 7 Matt Täckfärg S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 5 Helmatt Täckfärg S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scotte GTe 5 Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 7 White/Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckes Mood Care Ceiling White/Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Snickeri- &amp; Lackfärgsgrund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Floor Paint Acrylic Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 2 White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5 Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 10 Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 20 White/Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wall Primer Pro Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Gloss Paint PRO 50 Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Balance</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall paint Nyans 7 Dove Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Koala</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Midnight</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Soft Pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Superfinish 40 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Väggfärg 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Schulz Farben- u. Lackfabrik GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>An der Altnah 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Langenlonsheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BUTINOX Stilfullt Treverk 15 base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LADY Wonderwall base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Lady</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BUTINOX Stilfullt Treverk 05 base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BUTINOX Superdekk Tak base hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Fashion 40 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DecoTREND Elegance Color loftmaling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Proff Uno 7 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Proff Uno 10 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scala Perfect 02</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scala</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Infra Tak 02 base hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Infra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Proff Tak/Loft hvit og Primadekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö AMBIANCE SMOOTH SILK Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MASTER WALL PAINT 5 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MASTER WOOD PAINT INDOOR 40 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL SNICKERIFÄRG HALVMATT Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL VÄGGFÄRG MATT 10 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PERFORM+ EASY2CLEAN Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 10 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 20 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin PRIMER INTERIOR WOOD Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 7 0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL SNICKERI 15 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL SNICKERI 40 RÅVIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin CEILING</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin COLOUR TEST Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin INTERIOR WOOD SEMI-GLOSS Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO SERRA Halvmatt reparationsfärg BAS3, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO FEEL Helmatt interiörfärg BAS1, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO FEEL Helmatt interiörfärg BAS1, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 20 Halvmatt inomhusfärg BAS1, 9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Takkatie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helsinki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BIORA 7 Matt väggfärg, nyanserad, 3 l</x:v>
+        <x:v>BIORA 20 Halvmatt inomhusfärg BAS1, 2,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Takkatie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helsinki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BIORA 7 Matt väggfärg, nyanserad, 1 l</x:v>
+        <x:v>BIORA 7 Matt väggfärg BAS3, 9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Takkatie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helsinki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BIORA 7 Matt väggfärg BAS1, 9 l</x:v>
+        <x:v>BIORA 7 Matt väggfärg BAS1, 2,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Takkatie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helsinki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>INTERIO VÄGGFÄRG 20 S0502-Y    10</x:v>
+        <x:v>Alcro MILLTEX 2 RF Takfärg Vit/Bas A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0001, 4096 0027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 20 HalvmattTäckfärg Vägg Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte 20 Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heidehofintie 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vantaa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Scotte 7 Vit</x:v>
+        <x:v>Beckers Scotte 5 0502-Y</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0001, 4096 0027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heidehofintie 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vantaa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ekora 20 Bas 1, 18 l</x:v>
+        <x:v>Beckers Scotte Grund Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte Grund Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte R2 S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekora 20 Bas 3, 18 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Takkatie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helsinki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ekora 12 Bas 1, 18 l</x:v>
+        <x:v>Ekora 20 Nyanserad kulör, 20 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Takkatie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helsinki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EKORA 12 Bas 3, 9 l</x:v>
+        <x:v>Ekora 3 Vit, 9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Takkatie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helsinki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ekora 20 Bas 3, 9 l</x:v>
+        <x:v>Alcro B-Milltex Täckfärg Vägg/tak Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknoceiling 02 white, 9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Takkatie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helsinki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ekora 7 Bas 3, 18 l</x:v>
+        <x:v>Teknowall 07 white base paint 1, 9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Takkatie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helsinki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Living Väggfärg 7 Bas A</x:v>
+        <x:v>Teknowall 07 base paint 3, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknowall 07 base paint 3, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Eggshell 0502-Y, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032, SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>INTERIO VÄGGFÄRG 20 BASE C</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0001, 4096 0027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heidehofintie 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vantaa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Living Väggfärg 10 Bas C</x:v>
+        <x:v>BECKERS INTERIO VÄGGFÄRG 10 WHITE</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0001, 4096 0027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heidehofintie 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vantaa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alcro Milltex Prestanda 5 Helmatt Täckfärg, Bas A ; 3,6 L</x:v>
+        <x:v>TEKNOWALL 05 Tinted 3L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte GT 5 C</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0014, 4096 0027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA AIR CEILING PURE WHITE, 0,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex Prestanda 5 Helmatt Täckfärg,Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Alcro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heidehofintie 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vantaa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>INTERIO VÄGGFÄRG 7 ANTIKVIT    10L</x:v>
+        <x:v>Nordsjö AMBIANCE DEEP MATT Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol CAPAFREE 2 Takfärg Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol CAPAFREE 7 Väggfärg Vit S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 5 Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 7 Varmvit S0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Väggfärg 7 Bas Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Väggfärg 7 Capri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro+ 7 Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>INTERIO VÄGGFÄRG 7 S0502-Y</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0001, 4096 0027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heidehofintie 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vantaa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alcro ad.stil Helmatt Täckfärg Bas C 0,9L</x:v>
-[...2 lines deleted...]
-        <x:v>4096 0027</x:v>
+        <x:v>Beckers Living Väggfärg 7 Bas C </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mood Smooth Wall vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Primer Grundfärg vägg vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknowall 07 NCS-S 0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknowall 07 NCS-S 0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Eggshell 0502-Y, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032, SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 base 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032, SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Floor Paint PU White, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Fusion, bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL Rezisto 7 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Floor Paint PU Base 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Hvid, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v> Flügger Interior Strong Finish 40 Råhvid S0500-N, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 20 Halvmatt Täckfärg Tonad Vit S0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Alcro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heidehofintie 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vantaa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordsjö PROFESSIONAL Rezisto 5 Base White</x:v>
+        <x:v>Alcro Milltex 20 Halvmatt Täckfärg Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 5 Helmatt Täckfärg White/Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 5 Helmatt Täckfärg S0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mood Care Ceiling A base</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex Nejd 1 RF Helmatt Grund- och Takfärg White Drum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Väggfärg Matt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wood &amp; Metal 40 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 1 Ultramat White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Floor Paint Acrylic Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 10 Målarhvítt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 7 Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Washed Khaki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Gloss Paint PRO 50 Cement Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Gloss Paint PRO 50 Dolphin Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Gloss Paint PRO 50 Old Fashion Pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Varnish Primer V</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Nyans Wall Paint 7 Elegance</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall paint Nyans 7 Innocent Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Stone slate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Estate Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Park Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Pencil Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Soft Shadow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Grundfärg trä</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wall Paint 5 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wall Paint 5 RAL 9010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Combi Primer White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Misty Sage</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DETALE KABRIC Base KL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DETALE CPH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LADY Perfection base B og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Lady</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF Akryl 25 base A og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Kulörprov interiör</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF Prima Clean 05 base A, B, C og hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Heftgrunn vanntynnet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Fashion 15 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö COLOUR TEST INDOOR Base Clear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MASTER CEILING PAINT 3 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MASTER WOOD PAINT INDOOR 40 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL ELEMENTFÄRG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL VÄGGFÄRG HELMATT 5 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL VÄGGFÄRG MATT 7 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 7 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Nordsjö Professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Akzo Nobel Decorative Coatings AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Staffantorpsvägen 50</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MALMÖ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Floor Paint PU Base 1, 9,1 l</x:v>
+        <x:v>Nordsjö PROFESSIONAL 7 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL GRUND+ Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL P6 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL P6 RÅVIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL SNICKERI 80 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL XTREME 1 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin WALL SEMI-MATT Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003, 3096 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin WALL TRUE MATT Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Base 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Floor Paint PU Base 3, 0,7 l</x:v>
+        <x:v>PRO INTERIOR 2 VIT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super Finish 40 Bas 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 7 Bas D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 7 Vit S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Ceiling Paint 2 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wall Paint 10 Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Enamel 40 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Enamel 20 Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Lackfärg 30 V Äggskalsvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Väggfärg 5 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Väggfärg 7 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro+ 4 bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte 7 S 0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO SERRA Halvmatt reparationsfärg BAS3, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO DECOR Matt interiörfärg BAS3, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO FEEL Helmatt interiörfärg BAS1, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA BALANCE Helmatt interiörfärg BAS1, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA BALANCE Helmatt interiörfärg BAS3, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 5 Täckfärg Vägg Tonad vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 7 Täckfärg Vägg S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sober Täckfärg vägg &amp; tak Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte 5 S 0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte 7 0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO SERRA Halvmatt reparationsfärg BAS1, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO FEEL Helmatt interiörfärg BAS3, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 20 Halvmatt inomhusfärg BAS3, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA PRIMER Helmatt grund- och innertaksfärg, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA 3 Helmatt grund- och innertaksfärg, nyanserad, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA BALANCE Helmatt interiörfärg BAS1, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIORA BALANCE Helmatt interiörfärg BAS3, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex 7 Täckfärg Vägg Tonad vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>INTERIO VÄGGFÄRG 7 BASE A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro ad.harmoni Helmatt Takfärg Vit/ Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKORA 12 Bas 3, 18 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekora 3 Vit, 18 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte 5 RAL 9010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Interio VÄGGFÄRG 10 S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>INTERIO TAKFÄRG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mood Smooth Wall Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 White, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032, SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 RAL 9010, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032, SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TEKNOWALL 05 WHITE BASE PAINT 1, 9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TEKNOWALL 05 BASE PAINT 3, 2,7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TEKNOWALL 05 NCS-S 0500-N, 10L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mood Care Wall 5 Vit /Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte GT 7  Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SCOTTE GT 7 A and C -base</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL Rezisto 5 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Floor Paint PU White, 0,75 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3096 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Inomhusfärg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Färger och lacker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BIORA AIR BASE PAINT 3, 0,9 L</x:v>
-[...110 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>ALCRO Milltex Nejd 5 White/Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALCRO Milltex Nejd 7 Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0014, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Hvid, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte Re2 A base</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Väggfärg 7 Palermo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Project Wall Paint 5 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Kitchen &amp; Bath 20 Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wall Paint 7 Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Enamel 40 Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Enamel 80 Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood &amp; Metal PU 20 Base AA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Väggfärg 7 Äggskalsvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Snickerifärg A-bas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Snickerifärg Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0045, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Dröm Helmatt Täckfärg Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0047, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 20 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 7 Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform Airless White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mood Care Ceiling White/Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Väggfärg Ultramatt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Snickeri- &amp; Lackfärg Matt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0027, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Sperregrunn base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dekso Aïr Offwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wall Paint 10 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 20 H2O Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 10 Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 5 Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Blackish Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Primer H2O</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Gloss Paint PRO 50 Estate Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Gloss Paint PRO 80 White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Concrete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans 7 Ocean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall paint Nyans 7 Sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Deep Sea</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wood &amp; Metal 20 Offwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wall Paint Acryl+ 10 Base CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Väggfärg 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Schulz Farben- u. Lackfabrik GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>An der Altnah 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Langenlonsheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Häftgrund Universal base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scala Perfect 10 base hvit, base A, base B, base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scala</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scala Perfect Finish 40 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scala</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scala Perfect Finish 80 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scala</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scala Perfect Finish 05 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scala</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL 5 Nordsjövit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gebenna Væg 7 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gebenna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Proff Safe hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Harmoni Takmaling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Harmoni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Proff Uno 20 base hvit, base A, base B og base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjøco Supermatt Tak base hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørveien 1160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torvikbukt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö AMBIANCE SMOOTH SILK Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MASTER WALL &amp; CEILING PRIMER Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MASTER WALL PAINT 20 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MASTER WOOD PAINT INDOOR 15 Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MASTER WOOD PAINT INDOOR 15 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL HÄFTGRUND SNICKERI Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL VÄGGFÄRG HELMATT 5 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL GRUND+ Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL HÄFTGRUND SUPERTÄCK </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL SNICKERI 40 Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin COLOUR TEST Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K bas-A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0007, 3096 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Offwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Offwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol CAPAFREE 7 Väggfärg Bruten vit 0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 20 Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 20 Bruten Vit 0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck Grund Bas D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck Grund Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3096 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF Dynamic Tak/Loft ferdigblandet hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTAPROFF CoverTech ferdigblandet hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0040, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Färger och lacker</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Mountain Rock, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Summer Sky, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 5 Svart, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas CC, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas AA, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas AA, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Savann, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Väggfärg, bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Råvit, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Svart, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Vit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Mocca 2,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Oceanblå 2,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Väggfärg 7 Moss</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Väggfärg 7 Oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 5 Bas CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klint Väggfärg, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Klint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Klint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sehlstedtgatan 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alcro Milltex 2 RF Helmatt Takfärg Vit/Bas A, 10L</x:v>
-[...145 lines deleted...]
-        <x:v>Flügger</x:v>
+        <x:v>Colorex Älva Väggfärg, bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Älva Väggfärg, vit/bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Premium V, bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Älva Väggfärg, bas C, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Premium V, vit/bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Pro 4 V, vit/bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Sidengrå, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Svart, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NordenPaint Freja Väggfärg, bas A, 9,4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NordenPaint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NordenPaint Freja Väggfärg, bas C, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NordenPaint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NordenPaint Freja Väggfärg, bas C, 9,4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NordenPaint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Älva Väggfärg, Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg Matt 5 Dark Blue, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Väggfärg, vit/bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07, Mistel, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Mörkgrå, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 5 Vit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Havregul 2,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Väggfärg 7 Cloudy Day</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Wall Primer Pro White</x:v>
-[...17 lines deleted...]
-        <x:v>Flügger</x:v>
+        <x:v>Clas Ohlson Väggfärg 7 Iron Ore, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 20 Bas AA, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>REFLEKT Gloss Paint PRO 50 Pencil Grey</x:v>
-[...17 lines deleted...]
-        <x:v>Reflekt</x:v>
+        <x:v>Yunik Väggfärg 20 Bas AA, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>REFLEKT Wall Paint Nyans 7 Old Rose</x:v>
-[...17 lines deleted...]
-        <x:v>Reflekt</x:v>
+        <x:v>Yunik Väggfärg 7 Bas AA, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Denim</x:v>
-[...17 lines deleted...]
-        <x:v>Reflekt</x:v>
+        <x:v>Yunik Väggfärg 7 Bas BB, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Metro Green</x:v>
-[...17 lines deleted...]
-        <x:v>Reflekt</x:v>
+        <x:v>Yunik Väggfärg 5 Svart, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Reflexfri takfärg 2</x:v>
-[...14 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>Yunik Väggfärg 20 Bas CC, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>RAW Wood &amp; Metal 40 RAL9010</x:v>
-[...17 lines deleted...]
-        <x:v>RAW</x:v>
+        <x:v>Yunik Väggfärg 5 Bas BB, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PP Multi Primer, 9 l</x:v>
-[...17 lines deleted...]
-        <x:v>PP</x:v>
+        <x:v>Yunik Väggfärg 7 500 Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>LADY Pure Color base A, B, C og hvit</x:v>
-[...462 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>Luxi Väggfärg 5 Vit, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Roströd 2,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Väggfärg 7 Green Herb</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
-[...25 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas BB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Glacier Blue, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Light Steel, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas BB, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Älva Väggfärg, bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Colorex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Hagmans Golvfärg 1K Bas C</x:v>
-[...14 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>Landora RUS Väggfärg Premium V, vit/bas A, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Pro 4 V, bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Sober, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 VIT, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NordenPaint Freja Väggfärg, bas A, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NordenPaint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Väggfärg, vit/bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Råvit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Modevit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Pastellgrå, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Disigt blå, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Senap, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg Matt 5 Dark Green, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Pro 4 V, vit/bas A, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Ka lkvit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 VIT, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NordenPaint Freja Väggfärg, bas A, 2,82 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NordenPaint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Copper Green, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas AA, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 500 Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas CC, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 500 Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas BB, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas BB, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas AA, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 20 Bas CC, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas BB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Väggfärg 7 Sidenmatt Warm Grey, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klint Väggfärg, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sehlstedtgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Premium V, bas C, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Café, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Granit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 VIT, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NordenPaint Freja Väggfärg, bas C, 2,82 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NordenPaint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 5 Vit, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 5 Modevit, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 10 Modevit, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 10 Offwhite, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 5 Modevit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Älva Väggfärg, vit/bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Colorex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Midun Lackfärg 30 V Bas Klar</x:v>
-[...17 lines deleted...]
-        <x:v>Midun</x:v>
+        <x:v>Colorex Älva Väggfärg, vit/bas A, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Midun Väggfärg 7 Bas Klar</x:v>
-[...17 lines deleted...]
-        <x:v>Midun</x:v>
+        <x:v>Landora RUS Väggfärg Premium V, vit/bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Midun Väggfärg 7 Florens</x:v>
-[...17 lines deleted...]
-        <x:v>Midun</x:v>
+        <x:v>Landora Väggfärg 07 Grafit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Colorex Eminent 2, Takfärg Vit</x:v>
-[...14 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>Wallpassion Väggfärg, bas C, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Väggfärg, vit/bas A, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07, Målarvit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Vit, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Ljusgrå, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Salvia 2,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Älva Väggfärg, Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Colorex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Colorex Vagans 7, Vit/Bas A</x:v>
-[...17 lines deleted...]
-        <x:v>Colorex</x:v>
+        <x:v>Clas Ohlson Väggfärg 7 Pure White, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas CC, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 20 500 Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 20 500 Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 500 Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 502 Kalkvit S0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas BB, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Midsummer Meadow, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Pure White, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Royal Pink, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas CC, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas AA, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 20 500 Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 20 Bas BB, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 20 Bas BB, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 20 Bas AA, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 5 Bas BB, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Pro 4 V, vit/bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Colorex Älva, Väggfärg Bas C</x:v>
-[...17 lines deleted...]
-        <x:v>Colorex</x:v>
+        <x:v>Landora Väggfärg 07 Gräddvit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Wallpassion Snickerifärg C-bas</x:v>
-[...14 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>Landora Väggfärg 07 Sand, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 10 Vit, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07, Målarvit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 502 Kalkvit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Sand, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Väggfärg 7 Mud Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Väggfärg 7 Beach Shell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 5 Bas BB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klint Väggfärg, 1 dl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sehlstedtgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Premium V, bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Pro 4 V, bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Pro 4 V, bas C, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Väggfärg, bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wallpassion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Interior Strong Finish 20 base 3, 0,7 l</x:v>
-[...17 lines deleted...]
-        <x:v>Flügger</x:v>
+        <x:v>Yunik Väggfärg 5 Bas CC, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Perform 7 Eggshell</x:v>
-[...14 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>Yunik Väggfärg 7 Bas BB, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas CC, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Väggfärg Matt 5 Misty Pink, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Modevit, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Dammig mynta, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Väggfärg 7 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alcro Milltex 20 Täckfärg Vägg Vit</x:v>
-[...145 lines deleted...]
-        <x:v>Reflekt</x:v>
+        <x:v>Droppen Elegance Väggfärg 7 Modevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Dark Storm</x:v>
-[...17 lines deleted...]
-        <x:v>Reflekt</x:v>
+        <x:v>Yunik Väggfärg 10 Bas CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>REFLEKT Wall Paint Nyans Full-Matt Edition Mountain Mist</x:v>
-[...17 lines deleted...]
-        <x:v>Reflekt</x:v>
+        <x:v>Clas Ohlson Väggfärg 7 Midnight Sun, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Soft Clouds, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 10 Antracit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dekso Aïr White</x:v>
-[...2481 lines deleted...]
-        <x:v>Colorex</x:v>
+        <x:v>Luxi Väggfärg Hellmat Kvällsskog, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Antikrosa 2,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Wallpassion Väggfärg Vit/Bas A</x:v>
-[...18306 lines deleted...]
-        <x:v>SE/044/007</x:v>
+        <x:v>Luxi Väggfärg Helmatt Skogsgrön, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
-[...2 lines deleted...]
-        <x:v>EU44 Färger och lacker för inomhusbruk och utomhusbruk</x:v>
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Clas Ohlson</x:v>
-[...16 lines deleted...]
-        <x:v>SE/044/007</x:v>
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Helmatt Havsblå, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
-[...2 lines deleted...]
-        <x:v>EU44 Färger och lacker för inomhusbruk och utomhusbruk</x:v>
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Clas Ohlson</x:v>
-[...16 lines deleted...]
-        <x:v>SE/044/002</x:v>
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Helmatt Mörk Mossa, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
-[...2 lines deleted...]
-        <x:v>EU44 Färger och lacker för inomhusbruk och utomhusbruk</x:v>
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Yunik</x:v>
-[...16 lines deleted...]
-        <x:v>SE/044/002</x:v>
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Helmatt Blygrå, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
-[...2 lines deleted...]
-        <x:v>EU44 Färger och lacker för inomhusbruk och utomhusbruk</x:v>
+        <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Yunik</x:v>
-[...16 lines deleted...]
-        <x:v>SE/044/006</x:v>
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Helmatt Kit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Inomhusfärg (EU-Ecolabel)</x:v>
-[...4670 lines deleted...]
-      <x:c t="str">
         <x:v>Utomhusfärg (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Färger och lacker för inomhusbruk och utomhusbruk</x:v>
-[...191 lines deleted...]
-        <x:v>EU44 Färger och lacker för inomhusbruk och utomhusbruk</x:v>
+        <x:v>EU44 Dekorativa färger, lacker och relaterade produkter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Luxi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jem &amp; Fix</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skomagervej 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vejle</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>