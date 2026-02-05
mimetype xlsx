--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79eccddc80634b72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd55f42411ee4fa5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R83f6ecd27d1c43b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="Rda84095664a34d56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R83f6ecd27d1c43b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rda84095664a34d56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
@@ -548,398 +548,398 @@
       </x:c>
       <x:c t="str">
         <x:v>Dialyspåse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>098 Engångspåsar, -slangar och -tillbehör för medicinskt bruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>stay•safe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fresenius Medical Care Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 548</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>stay∙safe® Luer-Lock Set</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3098 0001, 3098 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig medicinsk engångsutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>098 Engångspåsar, -slangar och -tillbehör för medicinskt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>stay•safe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fresenius Medical Care Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 548</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LoFric Hydro-Kit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3098 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig medicinsk engångsutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>098 Engångspåsar, -slangar och -tillbehör för medicinskt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LoFric</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wellspect AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LoFric Origo Sleeve Nelaton 40cm ch16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3098 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig medicinsk engångsutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>098 Engångspåsar, -slangar och -tillbehör för medicinskt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LoFric</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wellspect AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embra® Gravitationsaggregat, luftat, PVC-fri, 180 cm; (Ref 10400)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3098 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig medicinsk engångsutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>098 Engångspåsar, -slangar och -tillbehör för medicinskt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Embra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Evercare Medical AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SpeediCath® Standard Nelaton, Female CH 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3098 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig medicinsk engångsutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>098 Engångspåsar, -slangar och -tillbehör för medicinskt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SpeediCath®</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coloplast</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holtedam 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Humlebæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SpeediCath® Standard Nelaton, Female CH 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3098 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig medicinsk engångsutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>098 Engångspåsar, -slangar och -tillbehör för medicinskt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SpeediCath®</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coloplast</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holtedam 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Humlebæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SpeediCath® Standard Nelaton, Boy CH 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3098 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig medicinsk engångsutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>098 Engångspåsar, -slangar och -tillbehör för medicinskt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SpeediCath®</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coloplast</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holtedam 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Humlebæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SpeediCath® Compact, CH 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3098 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig medicinsk engångsutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>098 Engångspåsar, -slangar och -tillbehör för medicinskt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SpeediCath®</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coloplast</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holtedam 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Humlebæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SpeediCath® Compact, CH 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3098 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig medicinsk engångsutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>098 Engångspåsar, -slangar och -tillbehör för medicinskt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SpeediCath®</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coloplast</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holtedam 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Humlebæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SpeediCath® Compact Eve, CH 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3098 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Övrig medicinsk engångsutrustning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>098 Engångspåsar, -slangar och -tillbehör för medicinskt bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SpeediCath®</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coloplast</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holtedam 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Humlebæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>sleep•safe Luer-Lock Adaptor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3098 0001, 3098 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Övrig medicinsk engångsutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>098 Engångspåsar, -slangar och -tillbehör för medicinskt bruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>sleep•safe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fresenius Medical Care Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 548</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
-      </x:c>
-[...318 lines deleted...]
-        <x:v>Humlebæk</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>stay∙safe® Cap</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3098 0001, 3098 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Övrig medicinsk engångsutrustning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>098 Engångspåsar, -slangar och -tillbehör för medicinskt bruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>stay•safe</x:v>
       </x:c>
       <x:c t="str">