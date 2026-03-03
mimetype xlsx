--- v0 (2026-01-01)
+++ v1 (2026-03-03)
@@ -1,85 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cc4aa82a30b4540" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racf760c089cf48a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Produkter" sheetId="1" r:id="R83d0ce62349f4261"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="produkter" sheetId="1" r:id="R6dcdacce99bf4f90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R83d0ce62349f4261" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6dcdacce99bf4f90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensnummer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Miljömärkning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kategori</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Produktgrupp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kriteriegeneration</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Varumärke</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensinnehavare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ort</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Aiden by Best Western Karlstad Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0852</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aiden by Best Western Karlstad Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tage Erlandergatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Arken Hotel &amp; Art Garden Spa, Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3055 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotell och andra logiverksamheter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Arken Hotel &amp; Art Garden Spa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lotus Hotel Group Arken Hotel &amp; Art Garden Spa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordatlanten 100</x:v>
@@ -249,51 +281,51 @@
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Best Western Arlanda Hotellby, Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3055 0264</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotell och andra logiverksamheter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Best Western</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Best Western Arlanda Hotellby</x:v>
+        <x:v>Arlanda Hotellby</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bristagatan 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Arlandastad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Best Western Hotel Bentleys, Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3055 0332</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotell och andra logiverksamheter</x:v>
       </x:c>
       <x:c t="str">
@@ -6372,50 +6404,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotell och andra logiverksamheter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic GO Upplandsgatan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Upplandsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Scandic GO, Västra Norrlandsgatan 13, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0851</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic GO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic GO, Västra Norrlandsgatan 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Norrlandsgatan 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Scandic Grand Central, Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3055 0077</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotell och andra logiverksamheter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic Grand Central</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kungsgatan 70</x:v>
@@ -7364,947 +7428,851 @@
       </x:c>
       <x:c t="str">
         <x:v>Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotell och andra logiverksamheter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic No. 53</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kungsgatan 53</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scandic No. 53, Restaurang</x:v>
-[...2 lines deleted...]
-        <x:v>3055 0450</x:v>
+        <x:v>Scandic Norrköping Nord, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0237</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotell och andra logiverksamheter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Scandic No. 53</x:v>
-[...2 lines deleted...]
-        <x:v>Kungsgatan 53</x:v>
+        <x:v>Scandic Norrköping Nord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järngatan 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Oceanhamnen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0521</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Oceanhamnen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bröderna Pihls gränd 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Opalen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0337</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Opalen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engelbrektsgatan 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Park, Stockholm, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5255</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scandic Norrköping Nord, Hotell</x:v>
-[...2 lines deleted...]
-        <x:v>3055 0237</x:v>
+        <x:v>Scandic Plaza Borås, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotell och andra logiverksamheter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Scandic Norrköping Nord</x:v>
-[...2 lines deleted...]
-        <x:v>Järngatan 17</x:v>
+        <x:v>Scandic Plaza Borås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allégatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Plaza Umeå, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Plaza Umeå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic S:t Jörgen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0193</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic S:t Jörgen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 4160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Segevång, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0305</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Segevång</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Segesvängen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Sjöfartshotellet, Stockholm, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Sjöfartshotellet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 15056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Skellefteå, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0228</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Skellefteå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kanalgatan 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skellefteå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Skärholmen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0461</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Skärholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oxholmsgränd 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skärholmen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Star Lund, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0072</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Star Lund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 11026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Star Sollentuna, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Star Sollentuna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Stora Hotellet, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Stora Hotellet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brunnsgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nyköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Stortorget, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0253</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Stortorget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stortorget 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Strömmen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0235</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Strömmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slottsgatan 99</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norrköping</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scandic Oceanhamnen, Hotell</x:v>
-[...2 lines deleted...]
-        <x:v>3055 0521</x:v>
+        <x:v>Scandic Sundsvall City, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0246</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotell och andra logiverksamheter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Scandic Oceanhamnen</x:v>
-[...13 lines deleted...]
-        <x:v>3055 0337</x:v>
+        <x:v>Scandic Sundsvall City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trädgårdsgatan 31-33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Sundsvall Nord, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0224</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotell och andra logiverksamheter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Scandic Opalen</x:v>
-[...13 lines deleted...]
-        <x:v>3055 0052</x:v>
+        <x:v>Scandic Sundsvall Nord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värdshusbacken 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Swania, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0181</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotell och andra logiverksamheter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Scandic Park</x:v>
-[...2 lines deleted...]
-        <x:v>Box 5255</x:v>
+        <x:v>Scandic Swania</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 288</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trollhättan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Södertälje, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Södertälje</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Verkstadsvägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södertälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Södra Kajen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0588</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Södra Kajen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södra kajen 37</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scandic Plaza Borås, Hotell</x:v>
-[...2 lines deleted...]
-        <x:v>3055 0019</x:v>
+        <x:v>Scandic Talk, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0294</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotell och andra logiverksamheter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Scandic Plaza Borås</x:v>
-[...13 lines deleted...]
-        <x:v>3055 0031</x:v>
+        <x:v>Scandic Talk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mässvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Triangeln, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0153</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotell och andra logiverksamheter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Scandic Plaza Umeå</x:v>
-[...2 lines deleted...]
-        <x:v>Storgatan 40</x:v>
+        <x:v>Scandic Triangeln</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Triangeln 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Täby, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Täby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Näsbyvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Täby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Umeå Syd, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotell och andra logiverksamheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Umeå Syd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yrkesvägen 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Umeå</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scandic Portalen, Hotell</x:v>
-[...638 lines deleted...]
-      <x:c t="str">
         <x:v>Scandic Uplandia, Hotell</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Scandic Uplandia, Konferens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3055 0137</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svanen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotell och andra logiverksamheter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic Uplandia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragarbrunnsgatan 32</x:v>
       </x:c>