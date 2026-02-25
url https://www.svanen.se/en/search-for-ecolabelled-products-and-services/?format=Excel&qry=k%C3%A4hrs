--- v0 (2026-01-06)
+++ v1 (2026-02-25)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R975391cfba014c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5546fd7e9f6b40f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R415df5ae35c141df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R3460f1a18da84406"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R415df5ae35c141df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3460f1a18da84406" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -4450,28 +4450,764 @@
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Whole Grain (LTCLRW3004)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Cardamom Plank (LTCLRW4011)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Pepper Plank (LTCLRW4013)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Saffron (LTCLRW4005)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Butterscotch (LTCLRW3007)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Turmeric Plank (LTCLRW4012)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Aros (LTCLRW221150)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Faded Black (LTCLRW3008)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Coconut Cream (LTCLRW3001)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Fennel Plank (LTCLRW4015)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nutmeg Plank (LTCLRW4001)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Cocoa Bean (LTCLRW3011)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Driftwood (LTCLRW3005)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Pure Walnut (LTCLRW3010)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Sesame Plank (LTCLRW4014)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Earl Grey (LTCLRW3006)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Cumin Plank (LTCLRW4004)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Ginger Plank (LTCLRW4002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Light Suede (LTCLRW3002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Pure Oak (LTCLRW3003)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Cloves Plank (LTCLRW4003)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Tahini (LTCLRW4016)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Celery Plank (LTCLRW4006)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>