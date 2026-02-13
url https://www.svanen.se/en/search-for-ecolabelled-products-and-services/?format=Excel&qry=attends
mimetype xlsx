--- v0 (2025-12-18)
+++ v1 (2026-02-13)
@@ -1,405 +1,405 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50fdb5e882834504" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d585d166e0949c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R65061114b65e4c03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R7ac5ce94b2944ae5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R65061114b65e4c03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7ac5ce94b2944ae5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends Cover Dri Plus 80 x 90, 120 pcs (204016)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Plus 60 x 90, 200 pcs (203972)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Plus 60 x 60, 200 pcs (203934)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Cover Dri Plus 60 x 90, 120 pcs (207017)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Cover Dri Plus 80 x 90, 120 pcs (204016)</x:v>
+        <x:v>Attends Cover Dri Plus 80 x 170, 28 pcs (205518)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Cover Dri Plus 60 x 90, 200 pcs (203972)</x:v>
+        <x:v>Attends Cover Dri Super 60 x 90, 200 pcs (203996)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Cover Dri Plus 60 x 60, 200 pcs (203934)</x:v>
+        <x:v>Attends Cover Dri Super 60 x 60, 200 pcs (203958)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Cover Dri Plus 80 x 170, 28 pcs (205518)</x:v>
+        <x:v>Attends Cover Dri Plus 40x60, 300 pcs (203910)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Cover Dri Super 60 x 90, 200 pcs (203996)</x:v>
+        <x:v>Attends Cover Dri Super 60 x 90, 72 pcs (205617)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Cover Dri Super 60 x 60, 200 pcs (203958)</x:v>
+        <x:v>Attends Cover Dri Plus 80 x 170, 120 pcs (204030)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Cover Dri Plus 40x60, 300 pcs (203910)</x:v>
-[...94 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Soft Normal 2, 96 pcs (207246)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
@@ -868,50 +868,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends Soft Micro 0, 224 pcs (2205273)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10M, 104 pcs (213773)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Soft Normal 2, 96 pcs (207567)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
@@ -1220,51 +1284,51 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Slip Air Comfort 10M, 104 pcs (213773)</x:v>
+        <x:v>Attends Soft Extra Plus 3+, 120 pcs (205112)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
@@ -1668,82 +1732,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Soft Extra Plus 3+, 120 pcs (205112)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Men 2 Protective Shield, 90 pcs (212790)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
@@ -2884,114 +2916,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Pull-Ons Discreet Underwear 3, 60 pcs (212769)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Pull-Ons Discreet Underwear 3 Large, 60 pcs (212776)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends Pull-Ons Discreet Underwear 3 Medium, 60 pcs (212769)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Soft Mini Long 1, 192 pcs (204863)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
@@ -3880,50 +3912,82 @@
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Attends Pull-Ons 6XS, 72 pcs (217009)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Ultra Mini 0, 224 pcs (2205075)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0117</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>