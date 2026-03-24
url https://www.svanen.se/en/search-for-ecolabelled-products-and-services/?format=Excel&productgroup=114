--- v0 (2026-02-06)
+++ v1 (2026-03-24)
@@ -1,118 +1,118 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48dbe15cb37d4df7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4698f5e20bc48af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R1d29610c69a9498a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R222204166e5945e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1d29610c69a9498a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R222204166e5945e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MEDITE TRICOYA EXTREME (MTX)</x:v>
+        <x:v>MEDITE EXTERIOR</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2114 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MDF for exterior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>114 Exterior panels and cladding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MEDITE</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MEDITE Europe DAC</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Redmondstown, Clonmel, Co.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tipperary</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MEDITE EXTERIOR</x:v>
+        <x:v>MEDITE TRICOYA EXTREME (MTX)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2114 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MDF for exterior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>114 Exterior panels and cladding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MEDITE</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MEDITE Europe DAC</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Redmondstown, Clonmel, Co.</x:v>
       </x:c>