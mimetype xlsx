--- v0 (2025-12-28)
+++ v1 (2026-03-29)
@@ -1,191 +1,223 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27ba4cb67d3b4500" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cac0bc43abe43f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R8ec77a9492a9401f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R89d2cbd41813485c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ec77a9492a9401f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R89d2cbd41813485c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>PostNord Service Point</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3111 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delivery to parcel agent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>111 E-commerce logistics</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PostNord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PostNord Sverige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bring Pack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3111 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delivery to parcel agent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>111 E-commerce logistics</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bring E-commerce &amp; Logistics AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västberga allé 60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hägersten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paket till utlämningsställe (ombud eller paketbox)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3111 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delivery to parcel agent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>111 E-commerce logistics</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bring E-commerce &amp; Logistics AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västberga allé 60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hägersten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>PostNord Parcel Locker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3111 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delivery to parcel agent</x:v>
       </x:c>
       <x:c t="str">
         <x:v>111 E-commerce logistics</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PostNord</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PostNord Sverige</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bring Pack</x:v>
-[...72 lines deleted...]
-        <x:v>Delivery to parcel agent</x:v>
+        <x:v>Varubrev 1:a klass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3111 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home delivery</x:v>
       </x:c>
       <x:c t="str">
         <x:v>111 E-commerce logistics</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PostNord</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PostNord Sverige</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>PostNord Pallet Privat Mottagare</x:v>
       </x:c>
       <x:c t="str">
@@ -228,211 +260,179 @@
       </x:c>
       <x:c t="str">
         <x:v>Home delivery</x:v>
       </x:c>
       <x:c t="str">
         <x:v>111 E-commerce logistics</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Early Bird</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Early Bird AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hantverkarvägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norsborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Hemleverans Kväll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3111 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home delivery</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>111 E-commerce logistics</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Early Bird</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Early Bird AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hantverkarvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norsborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Varubrev Ekonomi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3111 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home delivery</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>111 E-commerce logistics</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PostNord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PostNord Sverige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>MyPack Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3111 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Home delivery</x:v>
       </x:c>
       <x:c t="str">
         <x:v>111 E-commerce logistics</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PostNord</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PostNord Sverige</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Hemleverans Kväll</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>PostNord Groupage Privat Mottagare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3111 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Home delivery</x:v>
       </x:c>
       <x:c t="str">
         <x:v>111 E-commerce logistics</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PostNord</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PostNord Sverige</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Varubrev 1:a klass</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>MyPack Home Small</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Varubrev Ekonomi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3111 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Home delivery</x:v>
       </x:c>
       <x:c t="str">
         <x:v>111 E-commerce logistics</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PostNord</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PostNord Sverige</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>