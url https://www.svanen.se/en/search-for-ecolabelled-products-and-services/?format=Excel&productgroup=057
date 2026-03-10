--- v0 (2026-01-09)
+++ v1 (2026-03-10)
@@ -1,1237 +1,789 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c4d651c601f4a9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dab71bdae884d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd51d87155c694a6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R24499a718b2e4cc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd51d87155c694a6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R24499a718b2e4cc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Profile Recycle White</x:v>
-[...826 lines deleted...]
-        <x:v>Bankeryd</x:v>
+        <x:v>PANDURO READY MIX TEMPERA 250ml black (807756)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml primary yellow (807747)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml brown (70642274)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Creall® Eco color Turquoise, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Craft Paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Office and hobby supplies</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml white (70642201)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Primary yellow, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml green (70642264)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml primary blue (807752)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Creall® Eco color Primary blue, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Craft Paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Office and hobby supplies</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Creall® Eco color Primary yellow, 500 ml</x:v>
-[...17 lines deleted...]
-        <x:v>Creall</x:v>
+        <x:v>PANDURO READY MIX TEMPERA 250ml purple (807751)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Royal blue, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Dark blue, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Orange, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml beige (70642229)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Creall Eco color grey 500ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Craft Paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Office and hobby supplies</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml dark blue (70642254)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Dark yellow, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Creall® Eco color Primary red, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Craft Paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Office and hobby supplies</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Creall® Eco color Royal blue, 500 ml</x:v>
-[...113 lines deleted...]
-        <x:v>Creall</x:v>
+        <x:v>PANDURO READY MIX TEMPERA 250ml green (807754)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml violet (70642244)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Creall Eco color Cyclamen 500ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Craft Paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Office and hobby supplies</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Creall® Eco color Mid green, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Creall Eco color pink 500ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Craft Paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Office and hobby supplies</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
@@ -1252,1658 +804,762 @@
       </x:c>
       <x:c t="str">
         <x:v>Craft Paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Office and hobby supplies</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Creall® Eco color Mid green, 500 ml</x:v>
-[...17 lines deleted...]
-        <x:v>Creall</x:v>
+        <x:v>PANDURO READY MIX TEMPERA 250ml turquoise (807753)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml white (807746)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Creall® Eco color Light yellow, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Craft Paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Office and hobby supplies</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml red (70642234)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml brown (807755)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml orange (807748)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Creall® Eco color Light green, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Craft Paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Office and hobby supplies</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml black (70642284)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Creall Eco color White 500ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Craft Paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Office and hobby supplies</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml orange (70642224)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Creall® Eco color Dark red, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Craft Paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Office and hobby supplies</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml primary blue (70642255)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml hot pink (807750)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Light brown, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Dark green, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Violet, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Creall® Eco color Black, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Creall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Creall® Eco color Peach, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Craft Paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Office and hobby supplies</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Creall® Eco color Black, 500 ml</x:v>
-[...17 lines deleted...]
-        <x:v>Creall</x:v>
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml primary yellow (70642215)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANDURO READY MIX TEMPERA 250ml primary red (807749)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havo B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AH Ermelo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CREATIV COMPANY GREENSPOT READY MIX 500ml primary red (70642235)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3057 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>057 Office and hobby supplies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Creall® Eco color Dark brown, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Craft Paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Office and hobby supplies</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Creall® Eco color Dark green, 500 ml</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>Creall® Eco color Ochre, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3057 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Craft Paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>057 Office and hobby supplies</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Creall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havo B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 320</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AH Ermelo</x:v>
-      </x:c>
-[...1278 lines deleted...]
-        <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>