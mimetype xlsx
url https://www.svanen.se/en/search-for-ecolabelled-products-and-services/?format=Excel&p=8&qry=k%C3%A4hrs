--- v0 (2025-12-16)
+++ v1 (2026-02-25)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23b4cf3fadc94be6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fff1f79b593436a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rb5d48c64a3ad4ee2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Rc90493497dfe47dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb5d48c64a3ad4ee2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc90493497dfe47dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -708,562 +708,562 @@
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kährs Ek Abetone (133NABEK1VKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Burgundy (151N8AEKF0KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Cornwall (151L8AEK09KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Cosenza (151N9LEK09KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Creme (152N7BEK0WKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Lecco (133NABEK50KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nouveau Gray (151NAYEKD1KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Palazzo Bianco (15313BEKVVKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Palazzo Rovere (153138EK50KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Vigo (151N51EK0NKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Vedbo (151NCSEK01KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Palazzo Biondo (15314BEK20KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Erve (133NCDEKF0KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Urban Brown Strip (153N6BEKP4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Pearl Grey Strip (153N6BEKR4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Kährs Ask Skagen (153N18AK0VKW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Abetone (133NABEK1VKW)</x:v>
-[...478 lines deleted...]
-      <x:c t="str">
         <x:v>Kährs Oak Flint (133NCDEKD9KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
@@ -2052,50 +2052,466 @@
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kährs Ek Horizon (151N8AEKC4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Mist (153N3BEKC4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Europeisk lönn Gotha (133N18EL50KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Ale (153N6CEKQ1KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Erve (133NCDEK15KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Hampshire (151L87EK09KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nice (153N19EK50KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nouveau White (151L8AEK1DKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ask Flow (151N8AAKG4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Prague (151N4AEKD4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Crayon (151N51EKL4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Frosted Oat Plank (151N9AEKN4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Pearl Grey Plank (151N9AEKR4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Kährs Ek Lecco Ultra Matt (133N1BEK04KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
@@ -2116,466 +2532,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Horizon (151N8AEKC4KW)</x:v>
-[...414 lines deleted...]
-      <x:c t="str">
         <x:v>Kährs Ek Eclipse (153N3BEKE4KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
@@ -3876,50 +3876,466 @@
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kährs Ek Sky (151N8AEKB4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Terra (151N8AEKF4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Brighton (151L87EK0VKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nouveau Blonde (151N8AEKP1KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nouveau Snow (151N8EEK0WKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Palazzo Fumo (15313REK15KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Paris (151N4AEKFVKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Torum (151NYMEK0NKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Biscotti (151N51EKK4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Loft White Plank (151N9AEKM4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Frozen Hazelnut Strip (153N6BEKQ4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Frosted Oat Strip (153N6BEKN4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Charcoal Light Plank  (151N9AEKS4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Kährs Ask Coral (133N11AKLCKW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
@@ -4004,474 +4420,794 @@
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Sky (151N8AEKB4KW)</x:v>
-[...414 lines deleted...]
-      <x:c t="str">
         <x:v>Kährs Ek Realba Matt (133N22EK15KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Whole Grain (LTCLRW3004)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Cardamom Plank (LTCLRW4011)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Pepper Plank (LTCLRW4013)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Saffron (LTCLRW4005)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Butterscotch (LTCLRW3007)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Turmeric Plank (LTCLRW4012)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Aros (LTCLRW221150)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Faded Black (LTCLRW3008)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Coconut Cream (LTCLRW3001)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Fennel Plank (LTCLRW4015)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nutmeg Plank (LTCLRW4001)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Cocoa Bean (LTCLRW3011)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Driftwood (LTCLRW3005)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Pure Walnut (LTCLRW3010)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Sesame Plank (LTCLRW4014)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Earl Grey (LTCLRW3006)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Cumin Plank (LTCLRW4004)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Ginger Plank (LTCLRW4002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Celery Plank (LTCLRW4006)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Light Suede (LTCLRW3002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Pure Oak (LTCLRW3003)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Cloves Plank (LTCLRW4003)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Tahini (LTCLRW4016)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>