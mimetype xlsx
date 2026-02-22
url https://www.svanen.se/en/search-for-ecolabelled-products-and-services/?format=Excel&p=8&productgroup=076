--- v0 (2025-12-15)
+++ v1 (2026-02-22)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R159f62346e534bb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf02329795144400" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rea9c1962373c4200"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R94495ebd44914872"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rea9c1962373c4200" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R94495ebd44914872" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -836,50 +836,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Cleaning service</x:v>
       </x:c>
       <x:c t="str">
         <x:v>076 Cleaning services</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Itri</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Itri Service AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Kista</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>A Rengörarna i Sörmland AB, Lokalvård inklusive golvvård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3076 0075</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>076 Cleaning services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A Rengörarna i Sörmland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>A Rengörarna i Sörmland AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blommenhovsvägen 22B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nyköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Coor Service Management AB, Lokalvård inklusive golvvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3076 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning service</x:v>
       </x:c>
       <x:c t="str">
         <x:v>076 Cleaning services</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Coor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Coor Service Management</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Knarrarnäsgatan 7</x:v>
@@ -900,82 +932,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Cleaning service</x:v>
       </x:c>
       <x:c t="str">
         <x:v>076 Cleaning services</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samhall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samhall AB, Städtjänster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 27705</x:v>
       </x:c>
       <x:c t="str">
         <x:v>STOCKHOLM</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>A Rengörarna i Sörmland AB, Lokalvård inklusive golvvård</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Lokalvården Campusavdelningen Örebro Universitet, Lokalvård inklusive golvvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3076 0079, 3076 0079</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning service</x:v>
       </x:c>
       <x:c t="str">
         <x:v>076 Cleaning services</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Örebro universitet</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Örebro Universitet</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 1252</x:v>
@@ -1092,238 +1092,238 @@
       </x:c>
       <x:c t="str">
         <x:v>Cleaning service</x:v>
       </x:c>
       <x:c t="str">
         <x:v>076 Cleaning services</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sodexo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sodexo AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dalvägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Solna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forenede Service AB, Lokalvård</x:v>
+        <x:v>Northclean Facility Services AB, Lokalvård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3076 0174</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning service</x:v>
       </x:c>
       <x:c t="str">
         <x:v>076 Cleaning services</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
-        <x:v/>
-[...2 lines deleted...]
-        <x:v>Forenede Service AB</x:v>
+        <x:v>Northclean Facility Services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Northclean Facility Services AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Höjdrodergatan 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Malmö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Finns Städ &amp; Fönsterputs AB, Fönsterputs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3076 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>076 Cleaning services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finns Städ och Fönsterputs </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finns Städ och Fönsterputs AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marieholmsgatan 56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>XLNT Hospitality AB, Fönsterputs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3076 0132, 3076 0030</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>076 Cleaning services</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exellent</x:v>
       </x:c>
       <x:c t="str">
         <x:v>XLNT Hospitality AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ekbacksvägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bromma</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Finns Städ &amp; Fönsterputs AB, Fönsterputs</x:v>
-[...2 lines deleted...]
-        <x:v>3076 0142</x:v>
+        <x:v>Effekt Svenska AB, Fönsterputs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3076 0106, 3076 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>076 Cleaning services</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>4</x:v>
-[...11 lines deleted...]
-        <x:v>Göteborg</x:v>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Effekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Effekt Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östra Bangatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlandastad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sesab AB, Fönsterputs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3076 0109, 3076 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>076 Cleaning services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sesab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sesab Service AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 16060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Rengörare Näslund AB, Fönsterputs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3076 0159, 3076 0044</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>076 Cleaning services</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rengörare Näslund</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rengörare Näslund AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 5895</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
-      </x:c>
-[...62 lines deleted...]
-        <x:v>MALMÖ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Itri Service, Fönsterputs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3076 0176</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>076 Cleaning services</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Itri</x:v>
       </x:c>
       <x:c t="str">