--- v0 (2026-01-12)
+++ v1 (2026-03-04)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63fe0118641e455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbc3769057284fc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rdf3c865c4b834699"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Rfb9d92efc2f24be4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdf3c865c4b834699" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfb9d92efc2f24be4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -100,210 +100,210 @@
       </x:c>
       <x:c t="str">
         <x:v>Manufacturing licence</x:v>
       </x:c>
       <x:c t="str">
         <x:v>039 Manufacturing of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>The Crescent Textile Mills Limited</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sargodha Road</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Faisalabad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Manufacturing licence for Norvigroup, Vamdrup, Denmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2039 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Manufacturing licence</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>039 Manufacturing of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Manufacturing licence for UAB Devold, Panevėžys, Lithuania</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2039 0104</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Manufacturing licence</x:v>
       </x:c>
       <x:c t="str">
         <x:v>039 Manufacturing of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Devold AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>O.A. Devold-vegen 16</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Langevåg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Manufacturing licence for Norvigroup, Vamdrup, Denmark</x:v>
-[...2 lines deleted...]
-        <x:v>2039 0054</x:v>
+        <x:v>Manufacturing licence for Mascot Høie, Brekstad, Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2039 0051, 2039 0051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Manufacturing licence</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>039 Manufacturing of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mascot Høie AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tverrveien 29</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brekstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Manufacturing licence for Dilling A/S, Herning, Denmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5039 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Manufacturing licence</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>039 Manufacturing of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Manufacturing licence for Norvigroup Norway, Mysen, Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2039 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Manufacturing licence</x:v>
       </x:c>
       <x:c t="str">
         <x:v>039 Manufacturing of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Norvigroup Norsk Dun AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mysen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Manufacturing licence for Mascot Høie, Brekstad, Norway</x:v>
-[...94 lines deleted...]
-      <x:c t="str">
         <x:v>Manufacturing licence for Nishat Chunian Limited, Punjab, Pakistan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3039 0087</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Manufacturing licence</x:v>
       </x:c>
       <x:c t="str">
         <x:v>039 Manufacturing of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Nishat Chunian Limited</x:v>
       </x:c>
       <x:c t="str">
         <x:v>31-Q Gulberg II, Lahore</x:v>
@@ -484,114 +484,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Manufacturing licence</x:v>
       </x:c>
       <x:c t="str">
         <x:v>039 Manufacturing of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Miro Gloves S.R.O</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Borova 275</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Borova u Policky</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Manufacturing licence for Nishat Mills, Lahore, Pakistan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2039 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Manufacturing licence</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>039 Manufacturing of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nishat Mills Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>05Km East Hudiara Drain, Off 22 KM Ferozepur Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahore</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Manufacturing licence for ACS Textiles (Bangladesh), Narayangonj, Bangladesh</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2039 0081</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Manufacturing licence</x:v>
       </x:c>
       <x:c t="str">
         <x:v>039 Manufacturing of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>ACS Textiles (Bangladesh) Ltd.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ward No-3, P.O-Parabo, P.S.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Narayangonj</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Manufacturing licence for Rustam Towel (Pvt) Ltd, Lahore Punjab Pakistan</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Manufacturing licence for Velamen S.A. Barcelona, Spain</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2039 0105</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Manufacturing licence</x:v>
       </x:c>
       <x:c t="str">
         <x:v>039 Manufacturing of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Velamen S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Avda. Josep Tarradellas 123 3-1</x:v>
@@ -608,82 +608,50 @@
         <x:v>3039 0107</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Manufacturing licence</x:v>
       </x:c>
       <x:c t="str">
         <x:v>039 Manufacturing of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Faisal Spinning Mills Ltd. (Home Division)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1,7 KM Warburton Road</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sheikhupura</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Lahore</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Manufacturing licence for Norilia, Oslo, Norway</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2039 0035</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Manufacturing licence</x:v>
       </x:c>
       <x:c t="str">
         <x:v>039 Manufacturing of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">