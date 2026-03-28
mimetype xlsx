--- v0 (2025-12-29)
+++ v1 (2026-03-28)
@@ -1,7549 +1,7933 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b63139929504ce7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30de6ac2348e4c43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R4048707480c64ffd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R28169e5d011a418d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4048707480c64ffd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R28169e5d011a418d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>DURACELL PLUS: AA alkaline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0003, 3001 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duracell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duracell International Operations Sàrl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemin de Blandonnet 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vernier</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop AAA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Hengwei Battery Co. Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 77 Zhengyang West Road, Youchegang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing, Zhejiang</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TRONICS LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>MAX Power Products GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KG, Mittlerer Hasenpfad 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frankfurt am Main</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anslut, LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anslut</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>R 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Home, 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Changhong Super Alkaline 6LR61/9V,U8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Super Alkaline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan Changhong NewEnergy Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>35 EAST, Mianxing Road..</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Ultimate Lithium 9V</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FAVORIT (Bergendahls), LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Favorit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Industrial AAA/LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0009, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop 9V</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Hengwei Battery Co. Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 77 Zhengyang West Road, Youchegang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing, Zhejiang</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max, Max Plus, Industrial D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0009, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Home, C, LR14 Alkaline Battery</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Hengwei Battery Co. Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 77 Zhengyang West Road, Youchegang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing, Zhejiang</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deltaco 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0026, 3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Deltaco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hengdian Group DMEGC Magnetics Stock Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>East A, Hengdian Industrial Area, Dongyang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Province</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado, LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PowerBoost LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Powerboost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Industrial, C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0009, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ÅHLENS, LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AEROCELL, LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AEROCELL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anslut, LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anslut</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Voltage LR03, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voltage</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VARTA Longlife Power LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0006, 3001 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VARTA Consumer Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustavslundsvägen 139, 2tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Industrial, D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0009, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Ultra Power LR03</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5001 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ultra Power</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hengdian Group DMEGC Magnetics Stock Co., Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>East A, Hengdian Industrial Area, Dongyang</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhejiang Province</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>FIRST PRICE, LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>First Price</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VARTA Longlife Power LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0006, 3001 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VARTA Consumer Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustavslundsvägen 139, 2tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GP Ultra LR03 (AAA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GPBM Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sörredsvägen 113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deltaco LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0026, 3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Deltaco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hengdian Group DMEGC Magnetics Stock Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>East A, Hengdian Industrial Area, Dongyang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Province</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NOVIPRO, 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOVIPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIRST PRICE, LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>First Price</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIRST PRICE, LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>First Price</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VARTA Longlife Max Power 9V</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0038, 3001 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VARTA Consumer Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustavslundsvägen 139, 2tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max, D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0009, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ÅHLENS, LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Voniko LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voniko</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max, Max Plus, Eveready Gold, Alkaline Power C Alkaline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RUSTA, 9V/6LR61 Alkaline Battery</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GoldenPower, LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GoldenPower</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Goldtium (Jiangmen) Energy Products Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building 1&amp;2, No. 83</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Proviance</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Voniko LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voniko</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max Plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0042, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DURACELL PLUS: AAA alkaline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0003, 3001 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duracell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duracell International Operations Sàrl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemin de Blandonnet 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vernier</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Changhong Super Alkaline 6LR61/9V,H3A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Super Alkaline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan Changhong NewEnergy Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>35 EAST, Mianxing Road..</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson LR03, 18-pack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max, 9 V</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0036, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MNU 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ANSMANN LR03, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ansmann</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Batteries LR03 (AAA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MAX Power Products GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KG, Mittlerer Hasenpfad 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frankfurt am Main</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Amazon Basics 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amazon Basics</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Camelion Electric Industrial Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO.268 Zhaohui Road of the Economic Developing District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Advanced AA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0009, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Excell LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0041</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Excell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fujian Nanping Nanfu Battery Co. Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>109 Industry Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nanping  Fujian, P.R.C</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GP Ultra LR14 (C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GPBM Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sörredsvägen 113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WÜRTH LR03 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Voltage LR03, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voltage</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>R LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max, Max Plus, Eveready Gold, Alkaline Power D Alkaline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Changhong LR03 ALKALINE BATTERY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Changhong</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan Changhong NewEnergy Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>35 EAST, Mianxing Road..</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ultimate Lithium AAA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0009, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0042, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PowerBoost 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Powerboost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIX-PRO LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FIX-PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer MAX Plus AA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0009, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max Plus AA Alkaline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Ultra Power LR14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5001 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ultra Power</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hengdian Group DMEGC Magnetics Stock Co., Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>East A, Hengdian Industrial Area, Dongyang</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhejiang Province</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>FIRST PRICE, 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>First Price</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NOVIPRO, LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOVIPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anslut, LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anslut</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anslut, 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anslut</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa, LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RUSTA, C/LR14 Alkaline Battery</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GP Ultra Plus, LR03 (AAA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GPBM Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sörredsvägen 113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Camelion, 6LR61 (U8+) (9V)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camelion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Camelion Electric Industrial Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO.268 Zhaohui Road of the Economic Developing District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Home, LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAPTOR, LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Raptor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VARTA Longlife Max Power LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0006, 3001 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VARTA Consumer Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustavslundsvägen 139, 2tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MNU LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Everyday</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0042, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ultra Power, LR8D425 (LR61 AAAA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ultra Power</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hengdian Group DMEGC Magnetics Stock Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>East A, Hengdian Industrial Area, Dongyang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Province</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GoldenPower, 6LR61 (9V)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GoldenPower</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Goldtium (Jiangmen) Energy Products Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building 1&amp;2, No. 83</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Proviance</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VARTA Industrial Pro LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0006, 3001 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VARTA Consumer Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustavslundsvägen 139, 2tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anslut, LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anslut</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Camelion, 6LR61-BP1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camelion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Camelion Electric Industrial Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO.268 Zhaohui Road of the Economic Developing District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MNU LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VARTA Longlife Power LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0006, 3001 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VARTA Consumer Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustavslundsvägen 139, 2tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FAVORIT (Bergendahls), LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Favorit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Home, AA, LR6 Alkaline Battery</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Hengwei Battery Co. Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 77 Zhengyang West Road, Youchegang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing, Zhejiang</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GoldenPower, LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GoldenPower</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Goldtium (Jiangmen) Energy Products Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building 1&amp;2, No. 83</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Proviance</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson LR6, 18-pack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VARTA Longlife Power LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0006, 3001 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VARTA Consumer Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustavslundsvägen 139, 2tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Excell 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0041</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Excell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fujian Nanping Nanfu Battery Co. Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>109 Industry Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nanping  Fujian, P.R.C</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GP Ultra LR6 (AA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GPBM Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sörredsvägen 113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Voltage LR14, 2 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voltage</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NOVIPRO, LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOVIPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MNU LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIX-PRO LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FIX-PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GP Ultra Plus, LR6 (AA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GPBM Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sörredsvägen 113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Camelion, LR03 (AAA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camelion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Camelion Electric Industrial Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO.268 Zhaohui Road of the Economic Developing District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Energizer MAX AAA/LR03</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0009, 3001 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Energizer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Energizer Trading Limited</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sword House</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Buckinghamshire</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Energizer MAX Plus AA</x:v>
+        <x:v>Energizer Industrial AAA Alkaline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Amazon Basics LR03 (AAA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amazon Basics</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Camelion Electric Industrial Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO.268 Zhaohui Road of the Economic Developing District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FAVORIT (Bergendahls), LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Favorit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Voltage LR20, 2 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voltage</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Philips LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Philips</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>R LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duracell Plus: Alkaline 9V</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0033, 3001 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duracell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duracell International Operations Sàrl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemin de Blandonnet 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vernier</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VARTA Industrial Pro LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0006, 3001 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VARTA Consumer Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustavslundsvägen 139, 2tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Changhong LR20 ALKALINE BATTERY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Changhong</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan Changhong NewEnergy Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>35 EAST, Mianxing Road..</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GP Ultra Plus, LR20 (D)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GPBM Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sörredsvägen 113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ultra Power 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ultra Power</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hengdian Group DMEGC Magnetics Stock Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>East A, Hengdian Industrial Area, Dongyang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Province</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Camelion, LR20 (D)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camelion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Camelion Electric Industrial Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO.268 Zhaohui Road of the Economic Developing District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa, LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop AA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Hengwei Battery Co. Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 77 Zhengyang West Road, Youchegang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing, Zhejiang</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Hengwei Battery Co. Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 77 Zhengyang West Road, Youchegang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing, Zhejiang</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max Alkaline AA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0009, 3001 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Energizer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Energizer Trading Limited</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sword House</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Buckinghamshire</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Camelion, 6LR61-BP1</x:v>
+        <x:v>NOVIPRO LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOVIPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max, Max Plus, Industrial AAA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0009, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max and Industrial AA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0009, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Batteries LR06 (AA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MAX Power Products GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KG, Mittlerer Hasenpfad 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frankfurt am Main</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Philips LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Philips</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Hengwei Battery Co. Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 77 Zhengyang West Road, Youchegang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing, Zhejiang</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PowerBoost LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Powerboost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Excell LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0041</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Excell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fujian Nanping Nanfu Battery Co. Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>109 Industry Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nanping  Fujian, P.R.C</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deltaco LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Deltaco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hengdian Group DMEGC Magnetics Stock Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>East A, Hengdian Industrial Area, Dongyang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Province</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa, LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aerocell LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AEROCELL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIX-PRO LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FIX-PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Voltage 6LR61, 2 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voltage</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Marquant, 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marquant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VARTA Longlife Max Power LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0006, 3001 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VARTA Consumer Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustavslundsvägen 139, 2tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Industrial, 9 V</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0036, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Batteries 6LR61 (9V)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MAX Power Products GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KG, Mittlerer Hasenpfad 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frankfurt am Main</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Voniko LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voniko</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>R LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DURACELL OPTIMUM : AA alkaline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0003, 3001 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duracell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duracell International Operations Sàrl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemin de Blandonnet 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vernier</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VARTA LONGLIFE Power 9V</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0038, 3001 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VARTA Consumer Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustavslundsvägen 139, 2tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VARTA Longlife Max Power LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0006, 3001 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VARTA Consumer Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustavslundsvägen 139, 2tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Home, LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max D, alkaline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WÜRTH LR6 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Camelion, LR6-BP4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5001 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Camelion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhejiang Camelion Electric Industrial Co., LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NO.268 Zhaohui Road of the Economic Developing District</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jiaxing</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Energizer Max, D</x:v>
+        <x:v>Aerocell LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AEROCELL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MNU LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Advanced AAA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0009, 3001 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Energizer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Energizer Trading Limited</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sword House</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Buckinghamshire</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Energizer Industrial, D</x:v>
+        <x:v>RAPTOR, LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Raptor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max Plus, 9 V</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0036, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RUSTA, D/LR20 Alkaline Battery</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Alkaline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0042, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Amazon Basics LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0026, 5001 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amazon Basics</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hengdian Group DMEGC Magnetics Stock Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>East A, Hengdian Industrial Area, Dongyang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Province</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Marquant, LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marquant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max, Max Plus, Industrial C</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0009, 3001 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Energizer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Energizer Trading Limited</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sword House</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Buckinghamshire</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Voniko LR20</x:v>
+        <x:v>Changhong LR14 ALKALINE BATTERY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Changhong</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan Changhong NewEnergy Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>35 EAST, Mianxing Road..</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Amazon basics 9V ALKALINE BATTERY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amazon Basics</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan Changhong NewEnergy Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>35 EAST, Mianxing Road..</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Voltage LR6, 20 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voltage</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TRONICS LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>MAX Power Products GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KG, Mittlerer Hasenpfad 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frankfurt am Main</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max AA Alkaline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0034, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Voniko LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Voniko</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>128 Xingguang Road</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ningbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA LR14</x:v>
+        <x:v>ICA 6LR61</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>128 Xingguang Road</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ningbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ÅHLENS, LR6</x:v>
+        <x:v>GoldenPower, LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GoldenPower</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Goldtium (Jiangmen) Energy Products Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building 1&amp;2, No. 83</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Proviance</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIRST PRICE, LR6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
-[...5 lines deleted...]
-        <x:v>Åhléns</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>First Price</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>No. 818 Rongji Road, Luotuo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ningbo P.R</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>NOVIPRO, LR03</x:v>
+        <x:v>Fixa, LR03</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Excell LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0041</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Excell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fujian Nanping Nanfu Battery Co. Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>109 Industry Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nanping  Fujian, P.R.C</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Voltage LR6, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voltage</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ultimate Lithium AA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0009, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Home, LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Excell LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0041</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Excell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fujian Nanping Nanfu Battery Co. Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>109 Industry Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nanping  Fujian, P.R.C</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DURACELL OPTIMUM : AAA alkaline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0003, 3001 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duracell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duracell International Operations Sàrl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemin de Blandonnet 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vernier</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VARTA Longlife Max Power LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0006, 3001 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VARTA Consumer Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustavslundsvägen 139, 2tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RUSTA, AAA/LR03 Alkaline Battery</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max, C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0009, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FAVORIT (Bergendahls), 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Favorit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deltaco LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0026, 3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Deltaco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hengdian Group DMEGC Magnetics Stock Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>East A, Hengdian Industrial Area, Dongyang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Province</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deltaco LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0026, 3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Deltaco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hengdian Group DMEGC Magnetics Stock Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>East A, Hengdian Industrial Area, Dongyang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Province</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Marquant, LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marquant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aerocell LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AEROCELL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max Plus, C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0009, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GoldenPower, LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GoldenPower</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Goldtium (Jiangmen) Energy Products Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building 1&amp;2, No. 83</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Proviance</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TRONICS LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>MAX Power Products GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KG, Mittlerer Hasenpfad 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frankfurt am Main</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson, LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Changhong LR6 ALKALINE BATTERY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Changhong</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan Changhong NewEnergy Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>35 EAST, Mianxing Road..</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Home, 9V, 6LR61 Alkaline Battery</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Hengwei Battery Co. Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 77 Zhengyang West Road, Youchegang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing, Zhejiang</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GP Ultra Plus, 6LR61/6LP3146 (9V)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GPBM Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sörredsvägen 113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Voltage 6LR61, 2 pcs clipstrip</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voltage</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIX-PRO LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FIX-PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ultra Power LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ultra Power</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hengdian Group DMEGC Magnetics Stock Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>East A, Hengdian Industrial Area, Dongyang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Province</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aerocell LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AEROCELL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max Plus AA Alkaline Battery</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0034, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GP Ultra LR20 (D)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GPBM Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sörredsvägen 113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Camelion, 6LR61-H3A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camelion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Camelion Electric Industrial Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO.268 Zhaohui Road of the Economic Developing District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Batteries LR14 (C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MAX Power Products GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KG, Mittlerer Hasenpfad 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frankfurt am Main</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ANSMANN LR03, 4 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ansmann</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Changhong 6LR61 ALKALINE BATTERY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Changhong</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan Changhong NewEnergy Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>35 EAST, Mianxing Road..</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Camelion, 6LR61 Ultra (9V)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camelion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Camelion Electric Industrial Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO.268 Zhaohui Road of the Economic Developing District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GP Ultra 6LR61 (9V)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GPBM Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sörredsvägen 113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FAVORIT (Bergendahls), LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Favorit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ANSMANN LR6, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ansmann</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ANSMANN LR6, 4 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ansmann</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Philips LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Philips</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NOVIPRO,LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOVIPRO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>No. 818 Rongji Road, Luotuo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ningbo P.R</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>FIRST PRICE, LR14</x:v>
+        <x:v>ICA LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Camelion, LR6-BP2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camelion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Camelion Electric Industrial Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO.268 Zhaohui Road of the Economic Developing District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AEROCELL, LR6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
-[...5 lines deleted...]
-        <x:v>First Price</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AEROCELL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>No. 818 Rongji Road, Luotuo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ningbo P.R</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>FIRST PRICE, 6LR61</x:v>
+        <x:v>Eldorado, LR03</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
-[...5 lines deleted...]
-        <x:v>First Price</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>No. 818 Rongji Road, Luotuo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ningbo P.R</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Anslut, LR6</x:v>
+        <x:v>Voniko 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voniko</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Voltage LR6, 8 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voltage</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>128 Xingguang Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIX-PRO 6LR61</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
-[...5 lines deleted...]
-        <x:v>Anslut</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FIX-PRO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>No. 818 Rongji Road, Luotuo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ningbo P.R</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Anslut, 6LR61</x:v>
+        <x:v>ICA Home, AAA, LR03 Alkaline Battery</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Hengwei Battery Co. Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 77 Zhengyang West Road, Youchegang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing, Zhejiang</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Industrial, AA Alkaline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ultra Power LR6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ultra Power</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hengdian Group DMEGC Magnetics Stock Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>East A, Hengdian Industrial Area, Dongyang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Province</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Industrial</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0042, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Changhong Super Alkaline 6LR61/9V,U8+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Super Alkaline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan Changhong NewEnergy Technology Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>35 EAST, Mianxing Road..</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sichuan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Primary Alkaline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0042, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Max Plus, D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0009, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop 6LR61</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
-[...5 lines deleted...]
-        <x:v>Anslut</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>No. 818 Rongji Road, Luotuo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ningbo P.R</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>FAVORIT (Bergendahls), LR14</x:v>
+        <x:v>ICA Home, D, LR20 Alkaline Battery</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Hengwei Battery Co. Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 77 Zhengyang West Road, Youchegang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing, Zhejiang</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa, 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado, 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop LR20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TRONICS LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>MAX Power Products GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KG, Mittlerer Hasenpfad 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frankfurt am Main</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer Ultimate Lithium, 9V</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0036, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energizer Trading Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sword House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buckinghamshire</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Voltage LR03, 8 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
-[...5 lines deleted...]
-        <x:v>Favorit</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Voltage</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>128 Xingguang Road</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ningbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ultra Power, LR8D425 (LR61 AAAA)</x:v>
-[...43 lines deleted...]
-        <x:v>001 Primary batteries</x:v>
+        <x:v>Philips LR03</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Philips</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Camelion, LR14 (C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5001 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camelion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Camelion Electric Industrial Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO.268 Zhaohui Road of the Economic Developing District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jiaxing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Energizer MAX Plus AAA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0034, 3001 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Energizer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Energizer Trading Limited</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sword House</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Buckinghamshire</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Energizer Industrial AAA Alkaline</x:v>
-[...31 lines deleted...]
-        <x:v>MNU LR03</x:v>
+        <x:v>GP Ultra Plus, LR14 (C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GPBM Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sörredsvägen 113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Marquant, LR6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marquant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Philips 6LR61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Philips</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>R LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>No. 818 Rongji Road, Luotuo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ningbo P.R</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Amazon Basics LR03 (AAA)</x:v>
-[...31 lines deleted...]
-        <x:v>R LR03</x:v>
+        <x:v>ICA Home, LR20</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
-[...5 lines deleted...]
-        <x:v/>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>No. 818 Rongji Road, Luotuo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ningbo P.R</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Philips LR14</x:v>
+        <x:v>Marquant, LR03</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
-[...5 lines deleted...]
-        <x:v>Philips</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marquant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>No. 818 Rongji Road, Luotuo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ningbo P.R</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Voltage LR20, 2 pcs</x:v>
+        <x:v>Aerocell 6LR61</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
-[...5 lines deleted...]
-        <x:v>Voltage</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AEROCELL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>128 Xingguang Road</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ningbo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Voltage LR03, 12 pcs</x:v>
+        <x:v>RUSTA, AA/LR6 Alkaline Battery</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PowerBoost LR14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3001 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primary batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Powerboost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zhejiang Mustang Battery Co., LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No. 818 Rongji Road, Luotuo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ningbo P.R</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta LR03</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3001 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Primary batteries</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>001 Primary batteries</x:v>
-[...5 lines deleted...]
-        <x:v>Voltage</x:v>
+        <x:v>001 Non-rechargeable portable batteries</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhongyin (Ningbo) Battery CO., LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>128 Xingguang Road</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ningbo</x:v>
-      </x:c>
-[...6686 lines deleted...]
-        <x:v>Ningbo P.R</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>