--- v0 (2025-12-17)
+++ v1 (2026-02-16)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf14138377e54638" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7083587438c4f63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rec9bf2d1a84f46f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R65e47ba0ce4f43c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec9bf2d1a84f46f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R65e47ba0ce4f43c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -1860,50 +1860,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Other disposable health care products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>098 Disposable bags, tubes and accessories for health care</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SpeediCath®</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Coloplast</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holtedam 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Humlebæk</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>SpeediCath® Compact Set female, CH 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3098 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other disposable health care products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>098 Disposable bags, tubes and accessories for health care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SpeediCath®</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coloplast</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holtedam 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Humlebæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>sleep•safe Set Paed</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3098 0001, 3098 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other disposable health care products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>098 Disposable bags, tubes and accessories for health care</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>sleep•safe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fresenius Medical Care Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 548</x:v>
@@ -2181,82 +2213,50 @@
       <x:c t="str">
         <x:v>Other disposable health care products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>098 Disposable bags, tubes and accessories for health care</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SpeediCath®</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Coloplast</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holtedam 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Humlebæk</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>SpeediCath® Compact, CH 6</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>SpeediCath® Compact Set female, CH 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3098 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other disposable health care products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>098 Disposable bags, tubes and accessories for health care</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SpeediCath®</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Coloplast</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holtedam 1</x:v>
       </x:c>