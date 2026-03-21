--- v0 (2026-01-16)
+++ v1 (2026-03-21)
@@ -1,4381 +1,5469 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c188de04d0b4f84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4935bda1cb4445ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R77a59ec6487443be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Rd33a88258ec6409e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R77a59ec6487443be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd33a88258ec6409e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>ND NTech Villa Säkerhetsdörr - TE Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0007, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traryd Fönster, Intakt, 2+1 Utåtgående fönsterdörr med u-värde 1,0 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Traryd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP Fönster, Intakt, 3-glas Inåtgående fönsterdörr med u-värde 1,0 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SP Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP Fönster, Balans, Fönsterdörr med u-värde 1,0 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SP Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Fast sidoljus för säkerhetsdörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0007, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NTech Villa Säkerhetsdörr med fast felt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0007, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Elitfönster Harmoni, Inåtgående Fönsterdörr 2+1 Eco Plus (IKID-AL Eco Plus)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balcony door</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elitfönster Harmoni</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elitfönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 153</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vetlanda</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ND NTech Villa Säkerhetsdörr - TE Passiv Trä, Trä/Alu</x:v>
+        <x:v>SP Fönster, Intakt, 2+1 Utåtgående fönsterdörr med u-värde 1,0 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SP Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND Ntech Villa Fast dörr - TI Passiv Trä, Trä/Alu</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2062 0007, 2062 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balcony door</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NorDan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NorDan AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stasjonsveien 46</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MOI</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>ND NTech Villa Fast dörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0007, 2062 0008, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Fast sidoljus för skjutdörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0007, 2062 0008, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Villa Pardörr (säkerhet)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Villa Fast dörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traryd Fönster, Intakt, 3-glas Inåtgående fönsterdörr med u-värde 1,0 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Traryd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP Fönster, Stabil, Fönsterdörr med u-värde 1,0 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SP Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Dubbel Skjutdörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0007, 2062 0008, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Skjutdörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP Fönster, Intakt, 2+1 Inåtgående fönsterdörr med u-värde 1,0 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SP Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Pardörr (säkerhet)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0007, 2062 0008, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traryd Fönster, Genuin, Fönsterdörr med u-värde 1,0 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Traryd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Skjutdörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0007, 2062 0008, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Säkerhetsdörr - BE Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0008, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Traryd Fönster, Intakt, 2+1 Inåtgående fönsterdörr med u-värde 1,0 eller lägre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balcony door</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Traryd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svenska Fönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Snickarvägen 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EDSBYN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ND NTech Skjutdörr</x:v>
+        <x:v>NorDan NTech Dubbel Skjutdörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Villa Säkerhetsdörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Säkerhetsdörr</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2062 0007, 2062 0008, 2062 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balcony door</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NorDan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NorDan AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stasjonsveien 46</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MOI</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SP Fönster, Stabil, Fönsterdörr med u-värde 1,0 eller lägre</x:v>
+        <x:v>NorDan NTech Villa Säkerhetsdörr med fast felt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balcony door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traryd Fönster, Optimal, Fönsterdörr med u-värde 1,0 eller lägre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balcony door</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Traryd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BYKO-DA75 Aluminium covered balcony doors and entrance doors / block doors outward / inward opened 75 mm sash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior door</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BYKO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BITUS LATVIA SIA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lacplesa street 75-5/6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Flerluft  - TO Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP Fönster, Stabil, Sidohängt/överkantshängt fönster med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>SP Fönster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svenska Fönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Snickarvägen 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EDSBYN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Traryd Fönster, Intakt, 2+1 Utåtgående fönsterdörr med u-värde 1,0 eller lägre</x:v>
+        <x:v>ND NTech One Fast båge - ZA Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prima, Fönsterdörr med u-värde 1,0 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Fast båge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Toppstyrt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traryd Fönster, Genuin, Sidohängt/överkantshängt fönster med u-värde 0,91 eller lägre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Balcony door</x:v>
+        <x:v>Window</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Traryd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svenska Fönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Snickarvägen 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EDSBYN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ND Ntech Villa Fast dörr - TI Passiv Trä, Trä/Alu</x:v>
-[...127 lines deleted...]
-        <x:v>SP Fönster, Balans, Fönsterdörr med u-värde 1,0 eller lägre</x:v>
+        <x:v>Traryd Fönster, Genuin, Fast fönster med u-värde 0,91 eller lägre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Balcony door</x:v>
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Traryd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND Ntech Villa Fast karm m/båge  - TM Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Parfönster sidohängt fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP Fönster, Intakt, 3+1 Utåtgående fönsterdörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SP Fönster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svenska Fönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Snickarvägen 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EDSBYN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SP Fönster, Intakt, 3-glas Inåtgående fönsterdörr med u-värde 1,0 eller lägre</x:v>
+        <x:v>NorDan NTech Dreh-kipp Säkerhetsfönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Continental, 3-glas Inåtgående fönster med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elitfönster Harmoni, Inåtgående Sidhängt fönster 2+1 Eco Plus (IKI-AL Eco Plus)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elitfönster Harmoni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elitfönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 153</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Fönster, Sidohängt fönster i aluminiumbeklätt trä inåtgående 2+1-glas med u-värde 0,91 eller lägre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Balcony door</x:v>
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech One Sidohängt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech One Fast båge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Fönster, Vridfönster i trä utåtgående 3-glas med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Fast karm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Continental Passiv, 3+1 inåtgående fönster med u-värde 1,0 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BYKO-WA75 Windows/fixed windows outward opened 75 mm sash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BYKO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BITUS LATVIA SIA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lacplesa street 75-5/6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Villa Sidohängt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traryd Fönster, Optimal, Sideswing med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Traryd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech One Fast ramme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP Fönster, Balans, Vridfönster med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SP Fönster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svenska Fönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Snickarvägen 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EDSBYN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ND NTech Villa Fast dörr</x:v>
-[...63 lines deleted...]
-        <x:v>SP Fönster, Intakt, 2+1 Inåtgående fönsterdörr med u-värde 1,0 eller lägre</x:v>
+        <x:v>SP Fönster, Intakt, 3-glas Inåtgående fönster med u-värde 0,91 eller lägre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Balcony door</x:v>
+        <x:v>Window</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SP Fönster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svenska Fönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Snickarvägen 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EDSBYN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ND NTech Villa Säkerhetsdörr - BE Passiv Trä, Trä/Alu</x:v>
-[...95 lines deleted...]
-        <x:v>Traryd Fönster, Intakt, 3-glas Inåtgående fönsterdörr med u-värde 1,0 eller lägre</x:v>
+        <x:v>Traryd Fönster, Optimal, Vridfönster med u-värde 0,91 eller lägre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Balcony door</x:v>
+        <x:v>Window</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Traryd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svenska Fönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Snickarvägen 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EDSBYN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SP Fönster, Intakt, 2+1 Utåtgående fönsterdörr med u-värde 1,0 eller lägre</x:v>
+        <x:v>Traryd Fönster, Intakt, 2+1 Inåtgående fönster med u-värde 0,91 eller lägre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Balcony door</x:v>
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Traryd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Bottenhängt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP Fönster, Balans, Sideswing med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SP Fönster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svenska Fönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Snickarvägen 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EDSBYN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Traryd Fönster, Optimal, Fönsterdörr med u-värde 1,0 eller lägre</x:v>
+        <x:v>SP Fönster, Stabil, Topturn med u-värde 0,91 eller lägre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Balcony door</x:v>
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SP Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Sidohängt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Fast karm m/båge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech One Bottenhängt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP Fönster, Stabil, Fast fönster med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SP Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elitfönster Harmoni, Inåtgående fönster 2+1 Kipp/Dreh Eco Plus (IKI-AL Kd Eco Plus)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elitfönster Harmoni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elitfönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 153</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traryd Fönster, Optimal, Fast fönster med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Traryd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svenska Fönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Snickarvägen 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EDSBYN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Traryd Fönster, Genuin, Fönsterdörr med u-värde 1,0 eller lägre</x:v>
+        <x:v>Svenska Fönster, Fönsterdörr i aluminiumbeklätt trä inåtgående 2+1-glas med u-värde 1,0 eller lägre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Balcony door</x:v>
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech One Kipp-Dreh</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Vridfönster  - TG Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND Ntech Villa Fast karm m/båge - BM Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0009, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Flerluftsfönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ultimat, Sideswing med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Fast båge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0009, 2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ultimat, Sidohängt/överkantshängt med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Continental, 3-glas Inåtgående fönstredörr med u-värde 1,0 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Fönster, Topturnfönster i trä utåtgående 3-glas med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Villa Flerluft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP Fönster, Balans, Sidohängt/överkantshängt fönster med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SP Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v> ND NTech Fast karm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Fönster, Fönsterdörr i aluminiumbeklätt trä utåtgående 3+1-glas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ultimat, Topturn med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech One Fast karm m/båge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Villa Fast karm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ultimat, Fönsterdörr med u-värde 1,0 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Fönster, Sidohängt/överkantshängt fönster i trä utåtgående 3-glas med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP Fönster, Intakt, 2+1 Inåtgående fönster med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SP Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Sidohängt - NS Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Fönster, Fönsterdörr i trä utåtgående 3-glas med u-värde 1,0 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Villa Vridfönster Opus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traryd Fönster, Optimal, Topturn med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Traryd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svenska Fönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Snickarvägen 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EDSBYN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BYKO-DA75 Aluminium covered balcony doors and entrance doors / block doors outward / inward opened 75 mm sash</x:v>
-[...63 lines deleted...]
-        <x:v>SP Fönster, Balans, Sideswing med u-värde 0,91 eller lägre</x:v>
+        <x:v>SP Fönster, Intakt Passiv, 3+1 Inåtgående fönster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SP Fönster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svenska Fönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Snickarvägen 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EDSBYN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SP Fönster, Stabil, Topturn med u-värde 0,91 eller lägre</x:v>
+        <x:v>NorDan NTech Villa Parfönster sidohängt fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Flerluftsfönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Vridfönster - BG Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0009, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traryd Fönster, Intakt Passiv, 3+1 Inåtgående fönster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Traryd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Villa Sidosving</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Flerluftsfönster - FV Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Bottenhängt - NB Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech One Bottenhängt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech One Parfönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traryd Fönster, Intakt, 3-glas Inåtgående fönster med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Traryd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND Ntech One Parfönster - Z2 Passiv Trä, Trä/Alu </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Topphängd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traryd Fönster, Intakt, 3+1 Utåtgående fönsterdörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Traryd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Fönster, Topturnfönster i aluminiumbeklätt trä utåtgående 3-glas med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND Ntech Villa Fast båge - TZ Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Villa Fast sidoljus för säkerhetsdörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP Fönster, Balans, Topturn med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>SP Fönster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svenska Fönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Snickarvägen 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EDSBYN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ultimat, Topturn med u-värde 0,91 eller lägre</x:v>
+        <x:v>ND NTech Villa Vridfönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0009, 2062 0006, 2062 0003, 2062 0008, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Villa Topphängd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech One Sidohängt - ZS Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Fönster, Sideswingfönster i aluminiumbeklätt trä utåtgående 3-glas med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Fönster, Sidohängt/överkantshängt fönster i aluminiumbeklätt trä utåtgående 3-glas med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech One Fast karm m/båge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Fönster, Sidohängt fönster i aluminiumbeklätt trä inåtgående 3-glas med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Villa Vridfönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Fönster, Vridfönster i aluminiumbeklätt trä utåtgående 3-glas med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ultimat, Vridfönster med u-värde 0,91 eller lägre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mockfjärds</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mockfjärds Fönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 340</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Borlänge</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Continental, 3-glas Inåtgående fönster med u-värde 0,91 eller lägre</x:v>
+        <x:v>NorDan NTech One Fast båge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Bottenhängt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Villa Toppstyrt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Villa Fast båge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Fönster, Fönsterdörr i aluminiumbeklätt trä utåtgående 2+1-glas med u-värde 1,0 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Fönster, Fönsterdörr i aluminiumbeklätt trä utåtgående 3-glas med u-värde 1,0 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Fönster, Fast fönster i trä 3-glas med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elitfönster Harmoni, Inåtgående Underkantshängt fönster 2+1 Eco Plus (IKIU-AL Eco Plus)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elitfönster Harmoni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elitfönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 153</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Villa Fast karm m/båge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Fast karm m/båge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prima, Topturn med u-värde 0,91 eller lägre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Continental, 2+1 inåtgående fönster med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Mockfjärds</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mockfjärds Fönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 340</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Borlänge</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Continental Passiv, 3+1 inåtgående fönster med u-värde 1,0 eller lägre</x:v>
+        <x:v>ND NTech One Fast karm m/båge - ZF Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prima, Sidohängt/överkantshängt med u-värde 0,91 eller lägre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elitfönster Harmoni, Fast karm 3-glas (EFL-AL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elitfönster Harmoni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elitfönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 153</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Fast karm - FA Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prima, Fast med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traryd Fönster, Optimal, Sidohängt/överkantshängt fönster med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Traryd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traryd Fönster, Genuin, Vridfönster med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Traryd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech One Flerluftsfönster - ZG Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ultimat, Fast fönster med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Mockfjärds</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mockfjärds Fönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 340</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Borlänge</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Elitfönster Harmoni, Inåtgående Sidhängt fönster 2+1 Eco Plus (IKI-AL Eco Plus)</x:v>
+        <x:v>ND NTech Villa Fast karm - TL Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Fast karm m/båge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0009, 2062 0006, 2062 0003, 2062 0008, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Dreh-kipp Säkerhetsfönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Vridfönster Opus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech One Parfönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Fast karm - BL Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0009, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Flerluft - BO Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0009, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Sidohängt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech One Sidohängt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Sidohängt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Continental, 2+1 inåtgående fönsterdörr med u-värde 1,0 u-värde eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Dreh-kipp Säkerhetsfönster - ND Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traryd Fönster, Genuin, Topturn med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Traryd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Villa Sidosving parfönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Fönster, Fönsterdörr i aluminiumbeklätt trä inåtgående 3-glas med u-värde 1,0 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech One Bottenhängt - ZB Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech One Kipp-Dreh</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Fönster, Fast fönster i aluminiumbeklätt trä 3-glas med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prima, Vridfönster med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mockfjärds Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech One Flerluftsfönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0006, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech One Flerluftsfönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Fast karm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0007, 2062 0009, 2062 0006, 2062 0008, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Flerluft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0009, 2062 0006, 2062 0003, 2062 0008, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP Fönster, Balans, Fast fönster med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SP Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elitfönster Harmoni, Kombination öppningsbart/fast ECO Plus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3062 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elitfönster Harmoni</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elitfönster AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 153</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vetlanda</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ND NTech Villa Flerluft  - TO Passiv Trä, Trä/Alu</x:v>
+        <x:v>ND NTech One Kipp-Dreh - ZD Passiv Trä, Trä/Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0003, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SP Fönster, Stabil, Vridfönster med u-värde 0,91 eller lägre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3062 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SP Fönster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Fönster AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EDSBYN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NorDan NTech Fast sidoljus för skjutdörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2062 0012, 2062 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>062 Windows and external doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NorDan AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stasjonsveien 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MOI</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ND NTech Villa Sidosving</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2062 0006, 2062 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NorDan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NorDan AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stasjonsveien 46</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MOI</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ND NTech Sidohängt</x:v>
+        <x:v>ND NTech Fast karm m/båge - IF Passiv Trä, Trä/Alu</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2062 0003, 2062 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window</x:v>
       </x:c>
       <x:c t="str">
         <x:v>062 Windows and external doors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NorDan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NorDan AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stasjonsveien 46</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MOI</x:v>
-      </x:c>
-[...3294 lines deleted...]
-        <x:v>EDSBYN</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>