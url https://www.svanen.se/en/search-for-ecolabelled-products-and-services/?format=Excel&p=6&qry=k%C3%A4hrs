--- v0 (2025-12-16)
+++ v1 (2026-02-25)
@@ -1,85 +1,213 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea4936ab14d94774" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9274b4b10914654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R2604371da5e74961"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R79f9ef9aac974ee7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2604371da5e74961" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R79f9ef9aac974ee7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kährs Ek Derbyshire (151252240)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Chalk (133N14EKLCKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Dublin Ultra Matt Narrow (151N45EK04KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Solis (152N75EKORKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Kährs Ek Coast (151N8AEKD4KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
@@ -164,50 +292,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kährs Ek Clay (133N14EKHGKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Kährs Ek Dublin (151N4AEKF0KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
@@ -516,179 +676,51 @@
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Clay (133N14EKHGKW)</x:v>
-[...127 lines deleted...]
-        <x:v>Kährs Ek Solis (152N75EKORKW)</x:v>
+        <x:v>Kährs Ek Dublin (151N4AEK04KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
@@ -708,82 +740,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Dublin (151N4AEK04KW)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Kährs Ek Abetone (133NABEK1VKW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
@@ -2052,50 +2052,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kährs Ek Lecco Ultra Matt (133N1BEK04KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Salt  (133NCDEKM9KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Kährs Ek Horizon (151N8AEKC4KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
@@ -2468,114 +2532,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Lecco Ultra Matt (133N1BEK04KW)</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>Kährs Ek Eclipse (153N3BEKE4KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
@@ -4430,48 +4430,784 @@
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Kährs Ek Realba Matt (133N22EK15KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Whole Grain (LTCLRW3004)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Cardamom Plank (LTCLRW4011)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Pepper Plank (LTCLRW4013)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Saffron (LTCLRW4005)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Butterscotch (LTCLRW3007)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Turmeric Plank (LTCLRW4012)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Aros (LTCLRW221150)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Faded Black (LTCLRW3008)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Coconut Cream (LTCLRW3001)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Fennel Plank (LTCLRW4015)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nutmeg Plank (LTCLRW4001)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Cocoa Bean (LTCLRW3011)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Driftwood (LTCLRW3005)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Pure Walnut (LTCLRW3010)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Sesame Plank (LTCLRW4014)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Earl Grey (LTCLRW3006)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Cumin Plank (LTCLRW4004)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Ginger Plank (LTCLRW4002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Celery Plank (LTCLRW4006)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Light Suede (LTCLRW3002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Pure Oak (LTCLRW3003)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Cloves Plank (LTCLRW4003)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Tahini (LTCLRW4016)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>