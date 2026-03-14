--- v0 (2026-01-17)
+++ v1 (2026-03-14)
@@ -1,18833 +1,22353 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd61832e11c42ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8986e78a13d04255" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R84f83dae85b749ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R77e76907c1f64d6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R84f83dae85b749ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R77e76907c1f64d6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Vikan Damp43, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-MicroTech Pro mopp 50cm med chip, anpassad, utan CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>12074 Moppgarn Premium Light Blå-Vit, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Standard Damp Mop 40 cm ECO 20pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM Ultra HD Dry Mop 40 cm ECO 10pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleverClean Pro Allround Mop Grey, 47 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Effect Öglad 30 cm (12380)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Micro Super, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordex Pop Mopp, 30cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Micro High Mop 40 cm, (1000007831) 90% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-MicroTech mopp 75 cm (anpassad/CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-MicroTech Pro mopp 50 cm (anpassad/CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-MicroTech Pro mopp 85cm (anpassad/CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-MicroPlus Pro mopp 50 cm anpassad med chip, utan CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Effect Greyline 60 cm (12462)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa-moppen 30 cm (12470)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Shine Mop Plus 30 cm Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroSweep Samhall Ergo Mop 30 cm Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Mop Damp use, 45 cm, Allure Red (03141042)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline Allure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Pro Master 40 cm (12146)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-Wall &amp; Interior mopp, 35cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VÅT-TORRMOPP 60 A-COLLECTION 80PA LÅSFUNKTION KARDBORRE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>23-2055 Rekola Reflex H Mopcloth UMF 55x23 cm, colour coded</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Städalliansen M9B Mikrofibermopp 63 cm, grön &amp; svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikens Industriområde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandared</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Wet mop Trapezoid PRO 65 x 10,5 grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Vision Health Care Mop 40 cm, Art nr. FA-43-47-HC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikur Clean M9A Mikrofibermopp 93 cm, grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikens Industriområde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandared</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Premium 40 cm (12311)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Proffer Micro, 60 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Nordexia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 20001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bromma</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Swep Single r-MicroTech Pro mopp 50 cm (anpassad/CC)</x:v>
+        <x:v>Puri-Line all-round Super B Mop 60 cm, (1000029034) 79% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Sweep Duotex Ergo Mop Red, 47 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Samhall Mop 30 cm Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Mop Damp use, 45 cm, Yellow (03140561)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure Microfibre flatmop scrub, 45cm, grey/ red (03141062)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline Allure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Complete Mop 40 cm, (1000011289) 71% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Mopp AX, 90 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Mopp Green Act Fringe, 25 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>12111 Moppgarn Premium Nero, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VÅT-TORRMOPP 45 A-COLLECTION 45X12CM LÅSFUNKTION KARDBORRE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM Ultra HD Damp Mop 40 cm ECO 10pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-SafetyPlus Pro mopp, 50 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4083 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vileda Professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bertel Jungin aukio 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Espoo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Swep Single r-MicroTech Pro mopp 50cm med chip, anpassad, utan CC</x:v>
+        <x:v>Vikur Clean M9B Mikrofibermopp 43 cm, röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikens Industriområde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandared</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clever Clean mop, 100 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Wooden floor mop refill 45x13 cm grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordex Pop Mopp, 40cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clara Clean C 40 Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avet AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eichwiesstrasse 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rüti</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Samhall Duotex Ergo Mop Blue, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Twixter Green UniversalOne</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0073, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Duotex Mop Blue, 47 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Duotex Mop Blue, 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikan DampDry31, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Premium 90 cm (12309)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Allround Micro Clean, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-MicroTech Pro mopp 50cm (CC)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4083 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vileda Professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bertel Jungin aukio 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Espoo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Swep Single r-MicroTech Pro mopp 85cm (anpassad/CC)</x:v>
+        <x:v>Kleano Mopp Green Act Fringe, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vileda Professional UltraSpeed Pro r-Trio Max Mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0068, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Micro Power Lomme, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Inventar mop 30 cm, (1000008375) 66% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-MicroTech Pro mopp 65cm med chip, anpassad, utan CC</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4083 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vileda Professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bertel Jungin aukio 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Espoo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Swep Single r-MicroPlus Pro mopp 50 cm anpassad med chip, utan CC</x:v>
+        <x:v>Duo Handmop r-MicroPlus Pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4083 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vileda Professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bertel Jungin aukio 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Espoo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Activa Effect Greyline 60 cm (12462)</x:v>
+        <x:v>Puri-Line Heavy Scrub Super B Mop 40 cm m/chips, (1010002089) 50% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Damp Greyline 60 cm (12452)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Activa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hygienteknik Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Långängsvägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västerås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Activa-moppen 30 cm (12470)</x:v>
+        <x:v>Activa Effect Greyline 30 cm (12460)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Activa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hygienteknik Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Långängsvägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västerås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>12074 Moppgarn Premium Light Blå-Vit, 60 cm</x:v>
+        <x:v>Duotex ErgoPlus Mop Blue, 47 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>12112 Moppgarn Premium Nero, 60 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kleano</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SMB STÄDGROSS AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ursviksvägen 129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundbyberg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>12111 Moppgarn Premium Nero, 40 cm</x:v>
+        <x:v>Glenta A-mop Deep Clean, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta EasyClean Pro mopp, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Allround Mopp Clean, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Standard Damp Mop HD 40 cm ECO 20 pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Mop Damp use, 45 cm, Green (03140564)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Mop Damp use, 63 cm, Red (03140572)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleverClean Pro Ultra Mop Grey, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Cleany Mop Activ Fibres 30 cm, Art. nr. FV-28-32-G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure Microfibre flatmop scrub, 45cm, grey/ blue (03141060)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline Allure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Damp 30 cm (12231)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Superb 60 cm (12393)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proffer Micro, 45 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Proffer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-line scrub mop 30 cm, (1000007836) 56% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Heavy Scrub Super B Mop 40 cm (1000029037) 50% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-MicroTech Pro mopp 35 cm (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-MicroCombi Pro mopp 50 cm  (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Glass Cloth/Mop, 30 cm (12085)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Premium Greyline 40 cm (12441)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Wet Duotex Pocket Multi Mop Blue, 50 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>12070 Moppgarn Premium Light Blå-Vit, 30 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kleano</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SMB STÄDGROSS AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ursviksvägen 129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundbyberg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Activa Premium 40 cm (12311)</x:v>
+        <x:v>Glenta EasyClean Pro mopp, 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Samhall Mop 47 cm Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM Ultra HD Damp Mop 25 cm ECO 10pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Damp 60 cm (12234)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Activa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hygienteknik Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Långängsvägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västerås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Activa Effect Öglad 30 cm (12380)</x:v>
+        <x:v>Nline Micro Power, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Duotex Ergo Mop Blue, 100 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Micro High Mop Plus 60 cm, (1000007834) 55% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vileda Professional Express Pro r-Trio Max Mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0068, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Interior Super B Mop 25 cm, (10000029035) 66% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroSweep Samhall Ergo Mop 47 cm Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA DRY MOP 60 cm ECO 10PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Micro High Mop 30 cm, (1000007830) 90% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-MicroTech Pro mopp 85 cm (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>12113 Moppgarn Premium Nero, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Easy Act Mopp Clean utan frans, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Samhall Mop 62 cm Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI STANDARD DRY MOP 40 cm ECO 20PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA DRY MOP 25 cm ECO 10PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleverClean Pro Allround Mop Grey, 100 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Damp Light 60 cm (12274)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Activa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hygienteknik Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Långängsvägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västerås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nline Micro Super, 60 cm</x:v>
+        <x:v>Puri-Line Micro Ultra mop 60 cm, (1999914007) 90% recycled fiber </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Samhall Pocket Mop 50 cm  Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Standard Damp Mop 25 cm ECO 20pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TwistMop velcro 45 cm, 1 pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cobbenhagenstraat 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rijswijk ZH</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Vision Mop Glasmop 30 cm, Art. nr. P-1200-G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line all-round mop 40 cm, (1000007837) 79% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-MicroTech Pro mopp 65 cm (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-MicroTech Pro mopp 35 cm (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Interior mop 56 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordexia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 20001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bromma</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Puri-Line Micro High Mop 40 cm, (1000007831) 90% recycled fiber</x:v>
+        <x:v>DAMMOPP INTERIÖR VIPPA REFILL MICROFIBER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine 50 cm Fickmopp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber woodfloor mop Trapezoid PRO w fringe 65 x 10,5 grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikan Damp43, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroSweep Duotex Ergo Mop Blue, 62 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vileda Professional UltraSpeed Pro r-MicroLite Max Mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0069, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vileda Professional Express Pro r-MicroSpeed Max Mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0068, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Vision Mop 60 cm, Art. nr. FA-62-66-B (90% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-line scrub mop 40 cm, (1000007835) 56% recycled fiber</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5083 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Egelund 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Puri-Line Complete Mop 40 cm, (1000011289) 71% recycled fiber</x:v>
+        <x:v>Puri-Line heavy scrub moppe, 40cm (1000007836)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5083 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Egelund 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kleano Mopp AX, 90 cm</x:v>
+        <x:v>Nline Micro Power, 45 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Damp Light 30 cm, (12270)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Pro Micro 30 cm (12430)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Damp 40 cm (12232)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Mopp E-Light, 30 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0050</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kleano</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SMB STÄDGROSS AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ursviksvägen 129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundbyberg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kleano Mopp Green Act Fringe, 25 cm</x:v>
+        <x:v>Puri-Line all-round Super B Mop 40 cm, (1000029033) 79% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Easy Act Mopp Clean utan frans, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MultiDuster Maxi r-MicroPlus Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duotex Duster Mop, Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Samhall Mop 47 cm Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clara Clean C 28 Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avet AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eichwiesstrasse 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rüti</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Allroundmopp Klippt 40 cm, 5 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleanhouse Städmaterial &amp; Hygien in Scandinavia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ranhammarsvägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Swapmopp Trapp HD, 50 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0050</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kleano</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SMB STÄDGROSS AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ursviksvägen 129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundbyberg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordex Pop Mopp, 30cm</x:v>
+        <x:v>B50 Micro, 50 cm (12068)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep r-Squeegee mopp, till Multi Squeegee, 50 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Allroundmopp Öglad 90 cm, 5 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleanhouse Städmaterial &amp; Hygien in Scandinavia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ranhammarsvägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikur Clean M9B Mikrofibermopp 63 cm, röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikens Industriområde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandared</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duotex Ergo Plus Pocket Mop Blue, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Mopp Green Act, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordex Pop Mopp Lomme, 45 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordexia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 20001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bromma</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Puri-Line all-round Super B Mop 60 cm, (1000029034) 79% recycled fiber</x:v>
+        <x:v>Wetrok Microfiber Mop, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Complete Mop 40 cm m/lommer, (1999907003) 71% recycled fiber</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5083 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Egelund 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Micro Sweep Duotex Ergo Mop Red, 47 cm</x:v>
+        <x:v>Wetrok Micro Mop 60 cm (77600)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX-moppen 40 cm (12056)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Damp Greyline 40 cm (12451)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Samhall Duotex Ergo Mop Blue, 62 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0017</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleverClean Pro Allround Mop Grey, 62 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Samhall Pocket Mop 75 cm Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Vision Mop 30 cm, Art. nr. FA-29-33-B (90% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Superb 40 cm (12391)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Allroundmopp Öglad 60 cm, 5 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleanhouse Städmaterial &amp; Hygien in Scandinavia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ranhammarsvägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vileda Professional CombiSpeed Pro r-MicroLite Max Mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0069, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duotex Shine Mop Plus Blue, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Duotex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Micro System Duotex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 405</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Swep Duo r-MicroTech mopp 75 cm (anpassad/CC)</x:v>
+        <x:v>Glenta A-mop Deep Clean, 25 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Larrymopp Color 30 cm blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Mop Damp use, 45 cm, Red (03140562)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-Interiör handmopp</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4083 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vileda Professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bertel Jungin aukio 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Espoo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Microfibre Mop Damp use, 45 cm, Allure Red (03141042)</x:v>
+        <x:v>VÅT- TORRMOPP PRO 35 M FICKA A-COLLECTION 35X12CM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure Microfibre flatmop scrub, 28cm, grey/ blue (03141050)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wecoline Allure</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wecovi BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolf Dieselstraat 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NJ Zwolle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Microfibre Mop Damp use, 45 cm, Yellow (03140561)</x:v>
+        <x:v>Clever Clean mop, 62 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetrok Micro Mop 40 cm (77400)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Mopp E-Light, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa-moppen 40 cm (12471)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Premium Greyline 60 cm (12442)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Easy Act Mopp Clean utan frans, 25 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Larrymopp Color 40 cm blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Mop Damp use, 28 cm, Allure Red (03141032)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Wecoline Allure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Pro Master 60 cm (12147)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DAMM-MOPP 45X10CM MICROFIBER 80% POLYESTER 20% POLYAMID</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Duotex Ergo Mop Blue , 130 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Vision Health Care Mop 60 cm, Art nr. FA-62-66-HC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetloop Pro 90 cm (12044)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Wet Duotex Mop Red , 62 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Wet Duotex Mop Red, 47 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-MicroPlus Pro mopp 50 cm (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Easy Act Mopp Clean med öglor, 25 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clara Clean C 40 Yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ClaraClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avet AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eichwiesstrasse 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rüti</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rasant micro Basic Planet, 42x16 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroSweep Samhall Ergo Mop 100 cm Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Standard Damp Mop 60 cm ECO 20pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA DAMP MOP 25 cm ECO RED 10PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scrubba microfiber pad, 15,5x19,5 cm, Blue (03130000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Wecoline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wecovi BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolf Dieselstraat 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NJ Zwolle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MicroWet Samhall Mop 30 cm Green</x:v>
+        <x:v>Microfibre Mop Damp use, 28 cm, Blue (03140550)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleverClean Pro Allround Plus Mop Grey, 47 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0017</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Micro System Duotex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 405</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Samhall Shine Mop Plus 30 cm Blue</x:v>
+        <x:v>Swep Single r-Safety mopp, 35 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VÅTMOPP HUMID 60 A-COLLECTION 60X10CM 150GR</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TORRMOPP BONDER60 A-COLLECTION a-collection 60x12cm 175g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Duster Mop 55 cm, Blue</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0017</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Micro System Duotex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 405</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MicroSweep Samhall Ergo Mop 30 cm Blue</x:v>
+        <x:v>Activa Effect Öglad 60 cm (12383)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-MicroCombi Pro mopp 85 cm (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta EasyClean Pro mopp, 25 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Samhall Duotex Ergo Mop Blue, 100 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0017</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Micro System Duotex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 405</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vikan Damp43, 60 cm</x:v>
+        <x:v>Microfibre Mop Damp use, 28 cm, Allure Yellow (03141031)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline Allure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Pilemopp 40 cm (12474)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikur Clean M9B Mikrofibermopp 43 cm, blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikens Industriområde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandared</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure Microfibre flatmop scrub, 45cm, grey/ green (03141064)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline Allure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Glas micro mop 30 cm, (1000007840) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Mopp AX Pocket Chip, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>B50 Fickmopp, 50 cm (12072)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Mopp Green Act Fringe, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MultiDuster Maxi r-MicroPlus Pro Sleeve anpassad med chip, utan CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta A-mop Deep Clean, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clara Clean C 40 Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ClaraClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avet AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eichwiesstrasse 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rüti</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gipeco Miljö-Moppen Blå 90 cm (Art.nr. 420183)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco Holding AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JÖNKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-Safety mopp, 50 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SNABBMOPP 60X10CM 150G a-collection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sprint r-UniversalOne 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0073, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Premium 60 cm (12313)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>High Performance Mop 40 cm, Art. nr. FX-40-110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Duotex Ergo Mop Blue , 62 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line all-round mop 60 cm, (1000007838) 79% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetloop Pro 60 cm (12043)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Micro Ultra Super B Mop 40 cm, (1000029036) 90% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Damp Greyline 30 cm (12450)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Allround Mopp Clean, 25 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Standard Damp Mop 40 cm Red ECO 20pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Mop Damp use, 45 cm, Allure Blue (03141040)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline Allure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Allround Color Blå, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikan Damp42, 25 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5083 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikan A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rævevej 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skive</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Activa Pro Master 40 cm (12146)</x:v>
+        <x:v>Proffer Micro, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Proffer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>B50 Trapp Fickmopp, 50 cm (12069)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Hygienteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Micro High Super B Mop 40 cm 90% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-MicroTech mopp 50 cm (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-MicroTech mopp 75 cm, anpassad med chip, utan CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta A-mop Deep Clean, 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA DAMP MOP 40 cm ECO 10PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure Microfibre Scouring pad, 15x11cm, grey / blue (03130030)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline Allure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroSweep Duotex Ergo Mop Blue, 47 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Mopp AX, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vileda Professional UltraSpeed Pro r-MicroSpeed Max Mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0068, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-MicroTech Pro mopp 85cm med chip, anpassad, utan CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-MicroCombi Pro mopp 65 cm, anpassad med chip, utan CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Premium Greyline 30 cm (12440)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Activa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hygienteknik Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Långängsvägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västerås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TASKI Standard Damp Mop 40 cm ECO 20pc</x:v>
+        <x:v>12069 Moppgarn Premium Light Blå-Vit, 90 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Easy Act Mopp Clean med öglor, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikur Clean M9B Mikrofibermopp 30 cm, röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikens Industriområde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandared</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Wet mop pad pro w fringe 65 x 10,5 cm grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikan Damp42, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Duotex Ergo Mop Blue, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Vision Mop Heavy Duty 40 cm, Art. nr. FA-43-47-HD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX-moppen 60 cm (12057)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Wet Duotex Mop Green, 62 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Sweep Duotex Ergo Mop Red, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-MicroTech Pro mopp 50 cm (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-MicroCombi Pro mopp 85cm, anpassad med chip, utan CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duotex ErgoPlus Mop Blue, 62 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Polishing Mop 60 cm White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Larrymopp Color 60 cm röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Mop Damp use, 63 cm, Blue (03140570)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikur Clean M9A Mikrofibermopp 125 cm, grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikens Industriområde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandared</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure Microfibre flatmop scrub, 45cm, grey/ yellow (03141061)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline Allure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure Microfibre flatmop scrub, 28cm, grey/ red (03141052)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline Allure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Wet mop Trapezoid PRO 45 x 10,5 grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Duotex Mop Blue, 62 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Brush Mop 40 cm, (1000010632) 64% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-MicroTech Pro mopp 65cm (anpassad/CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-Wall &amp; Interior mopp, 35cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Vision Mop 40 cm, Art. nr. FA-43-47-B (90% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Effect Klippt Plus 30 cm (12360)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Micro Ultra mop 40 cm, (1999912521) 90% recycled fiber </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Ultramopp 40 cm, 5 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleanhouse Städmaterial &amp; Hygien in Scandinavia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ranhammarsvägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vileda Professional CombiSpeed Pro r-Trio Max Mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0068, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Wet Duotex Mop Red, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-MicroTech mopp 75 cm (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Easy Act Mopp Clean utan frans, 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Samhall Mop 62 cm Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Standard Damp Mop HD 60 cm ECO 20pc</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4083 0074</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TASKI</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daego co. LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TASKI JM Ultra HD Damp Mop 40 cm ECO 10pc</x:v>
+        <x:v>Swep Duo r-MicroPlus Pro mopp 35 cm (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleverClean Pro HD Mop Grey, 50 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sprint r-UniversalOne 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0073, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Vision Health Care Mop 30 cm, Art nr. FA-29-33-HC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Wet Duotex Pocket Multi Mop Blue, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroSweep Samhall Ergo Mop 130 cm Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX-moppen 120 cm (12062)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM Ultra Interior Mop ECO 5pc</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4083 0074</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Wet mop pad pro w fringe 45 x 10,5 cm grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroSweep Duotex Ergo Mop Blue, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Allround 30 cm (12160)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Premium 30 cm (12310)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Effect Klippt 30 cm (12370)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Effect Klippt 40 cm (12371)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Mopp AX-Light, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetloop Pro 40 cm (12041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Allround Micro Clean L, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Heavy Scrub mop 40 cm (1000027053) 50% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line all-round Super B Mop 40 cm m/chips, (1010002086) 79% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Easy Act Mopp Clean med öglor, 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Shine Mop 30 cm Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Larrymopp Color 40 cm röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA DAMP MOP 60 cm ECO 10PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>TASKI</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daego co. LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TASKI JM Ultra HD Dry Mop 40 cm ECO 10pc</x:v>
+        <x:v>TASKI JM ULTRA DAMP MOP 25 cm ECO 10PC</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4083 0074</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TASKI</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daego co. LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>CleverClean Pro Allround Mop Grey, 47 cm</x:v>
+        <x:v>SNABBMOPP 45X10CM 110G a-collection </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TwistMop velcro 30 cm, 1 pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cobbenhagenstraat 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rijswijk ZH</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikur Clean M9A Mikrofibermopp 63 cm, grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikens Industriområde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandared</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sprint Green-UniversalOne 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0073, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Loop mop pad pro w fringe 45 x 10,5 cm grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Pro Micro 60 cm (12433)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-MicroCombi Pro mopp 120 cm (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Effect Klippt 60 cm (12373)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Allround Micro Clean, 45 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-MicroTech mopp 50 cm med chip, anpassad, utan CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line all-round Super B Mop 90 cm, (100002088) 79% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Allround Mopp Clean, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroSweep Duotex Ergo Mop Blue, 100 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0017</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Effect Klippt Plus 60 cm (12363)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>High Performance Mop 25 cm, Art. nr. FX-25-80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetloop Pro 30 cm (12040)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordex Pop Mopp, 60cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Effect Greyline 40 cm (12461)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Easy Act Mopp Clean med öglor, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Twixter r-UniversalOne</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0073, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Samhall Mop 30 cm Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
         <x:v>Micro System Duotex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 405</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>VÅT-TORRMOPP 45 A-COLLECTION 45X12CM LÅSFUNKTION KARDBORRE</x:v>
+        <x:v>Clever Clean mop, 130 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Allroundmopp Klippt 60 cm, 5 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleanhouse Städmaterial &amp; Hygien in Scandinavia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ranhammarsvägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroSweep Duotex Ergo Mop Blue , 130 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Damp Light 40 cm (12272)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Superb 30 cm (12390)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>High Performance Mop 60 cm, Art. nr. FX-60-145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>High Performance Mop 30 cm, Art. nr. FX-30-95</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Allround Micro Clean, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Micro High Mop Plus 40 cm, (1000007833) 55% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Complete Mop 60 cm, (1000011290) 71% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-MicroCombi Pro mopp 50cm (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Mopp AX, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vileda Professional CombiSpeed Pro r-MicroSpeed Max Mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0068, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-MicroCombi Pro mopp 50 cm med chip, utan CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Duotex Insert Pocket Mop 75 cm Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Mopp Green Act, 25 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Mopp Green Act, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Samhall Duotex Ergo Mop Blue, 130 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Samhall Mop 62 cm Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Larrymopp Color 60 cm blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA DRY MOP 40 cm ECO 10PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleverClean Pro Allround Plus Mop Grey, 62 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Pilemopp 60 cm (12476)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Städalliansen M9B Mikrofibermopp 43 cm, grön &amp; svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikens Industriområde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandared</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikan Damp43, 25 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-MicroTech mopp 50 cm (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Larrymopp Color 90 cm blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Larrymopp Color 30 cm röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM Ultra HD Damp Mop 60 cm ECO 10pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VÅT- TORRMOPP PRO 50 M FICKA A-COLLECTION 50X12CM</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0042</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Ahlsell Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Malmö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>VÅT-TORRMOPP 60 A-COLLECTION 80PA LÅSFUNKTION KARDBORRE</x:v>
+        <x:v>Vikan DampDry31, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Micro High Mop 60 cm, (1000007832) 90% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-MicroPlus Pro mopp 35 cm (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Duotex Insert Pocket Mop 50 cm Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA DAMP MOP 40 cm ECO RED 10PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Mop Damp use, 45 cm, Blue (03140560)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleverClean Pro Allround Plus Mop Grey, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duotex Duster Mop, Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Duster Mop 55 cm, Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Allround 60 cm (12163)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Mopp AX-Light, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clara Clean C 40 Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ClaraClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avet AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eichwiesstrasse 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rüti</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroSweep Samhall Ergo Mop 62 cm Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI STANDARD DRY MOP 60 cm ECO 20PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Mop Damp use, 28 cm, red (0314055)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DAMM-MOPP 60X10CM MICROFIBER 80% POLYESTER 20% POLYAMID</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0042</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Ahlsell Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Malmö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Swep Duo r-SafetyPlus Pro mopp, 50 cm</x:v>
+        <x:v>Micro Cleany Mop Activ Fibres 25 cm, Art. nr. FV-23-A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Effect Öglad 40 cm (12381)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Wet Duotex Mop Green, 47 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Inventar mop 25 cm, (1000007839) 66% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Duo r-MicroTech Pro mopp 65 cm (CC)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4083 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vileda Professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bertel Jungin aukio 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Espoo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Swep Duo r-Wall &amp; Interior mopp, 35cm</x:v>
+        <x:v>Swep Duo r-MicroCombi Pro mopp 35 cm  (CC)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4083 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vileda Professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bertel Jungin aukio 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Espoo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vikur Clean M9B Mikrofibermopp 43 cm, röd</x:v>
+        <x:v>Swep Duo r-MicroCombi Pro mopp 65 cm (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta EasyClean Pro mopp, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Mop Damp use, 45 cm, Allure Yellow (03141041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline Allure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duotex Duster Mop, Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Mop Damp use, 45 cm, Allure Green (03141044)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline Allure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Effect Klippt Plus 40 cm (12361)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Allround 40 cm (12161)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Samhall Mop 30 cm Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clara Clean C 60 Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avet AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eichwiesstrasse 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rüti</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>23-7059 Rekola Reflex S Mopcloth 55x23 cm, colour coded</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikur Clean M9B Mikrofibermopp 63 cm, blå</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikur Clean</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikur Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikens Industriområde</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandared</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vikur Clean M9A Mikrofibermopp 93 cm, grön</x:v>
+        <x:v>Nline Allround Color Blå, 45 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Allround Color Röd, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TwistMop velcro, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cobbenhagenstraat 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rijswijk ZH</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleverClean Pro Allround Mop Grey, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line all-round Super B Mop 60 cm m/chips, (1010002087) 79% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Mop Damp use, 28 cm, Allure Blue (03141030)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline Allure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>12073 Moppgarn Premium Light Blå-Vit, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikur Clean M9A Mikrofibermopp 43 cm, grön</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikur Clean</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikur Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikens Industriområde</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandared</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Micro Vision Health Care Mop 40 cm, Art nr. FA-43-47-HC</x:v>
+        <x:v>Vikur Clean M9 Microfibermopp 43 cm, blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikens Industriområde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandared</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Sweep Duotex Ergo Mop Red, 62 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Allround Mopp Clean, 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM Ultra HD Dry Mop 60 cm ECO 10pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VÅTMOPP HUMID 45 A-COLLECTION 45X10CM 110GR</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure Microfibre Scouring pad, 15x11cm, grey/red (03130032)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline Allure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Allround Color Röd, 45 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Micro Power Lomme, 45 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Twix r-UniversalOne</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0073, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Duster Mop 55 cm, Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vileda Professional Express Pro r-MicroLite Max Mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0069, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Loop mop Trapezoid PRO w fringe 65 x 10.5 grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Micro Super, 45 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikan Damp42, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Wet Duotex Mop Green, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micro Vision Mop 25 cm, Art. nr. FA-24-27-B (90% recycled fiber)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5083 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordisk Microfiber</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordisk Microfiber Danmark ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Agerhatten 27A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odense SØ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Clara Clean C 40 Blue</x:v>
-[...2 lines deleted...]
-        <x:v>3083 0015</x:v>
+        <x:v>Puri-Line all-round mop 40 cm, m/lommer (1000029668) 79% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Glas micro mop 40 cm, (1999907009) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Duotex Ergo Mop Blue, 47 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Ultramopp 60 cm, 5 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleanhouse Städmaterial &amp; Hygien in Scandinavia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ranhammarsvägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Micro Power, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>B75 Fickmopp, 75 cm (12073)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetrok Microfiber Mop, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gipeco-Moppen Grön 60 cm (Art.nr. 420154)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco Holding AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JÖNKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa-moppen 60 cm (12472)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TORRMOPP BONDER45 A-COLLECTION 45X12CM 175GR</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Avet AG</x:v>
-[...10 lines deleted...]
-        <x:v>Micro Wet Duotex Pocket Multi Mop Blue, 50 cm</x:v>
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Samhall Mop 47 cm Blue</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0017</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfiber mop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber woodfloor mop Trapezoid PRO w fringe 45 x 10,5 grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>23-4059 Rekola Reflex G Mopcloth MF/UMF 55x23 cm, colour coded</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swep Single r-MicroPlus Pro mopp 50cm (CC)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bertel Jungin aukio 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espoo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikur Clean M9B Mikrofibermopp 30 cm, blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikens Industriområde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandared</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MicroWet Duotex Mop Blue, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Duotex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Micro System Duotex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 405</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>12070 Moppgarn Premium Light Blå-Vit, 30 cm</x:v>
+        <x:v>Sprint Green-UniversalOne 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0073, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordex Pop Mopp Lomme, 60 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikan DampDry31, 25 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Micro Super, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Pro Micro 40 cm (12431)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Mopp E-Light, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Allroundmopp Klippt 30 cm, 5 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleanhouse Städmaterial &amp; Hygien in Scandinavia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ranhammarsvägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetrok Microfiber Mop, 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Heavy Scrub mop 40 cm, m/lommer (1000026925) 50% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rasant micro Top Planet, 44,5x15,5 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Larrymopp Color 120 cm blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clever Clean mop, 30 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clever Clean mop, 47 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfiber mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 17x26 cm, blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH XL ECO YELLOW 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk för badrum Röd, 33x33 cm (12037)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Microcloth Super, Blå 35 x 35 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 32*32 cm Grøn, Art. nr. MIS-3232-G2 (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft Micro klud, 32*32 cm, gul (1000008227) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft Micro klud, 40*40 cm, grøn (1000008230) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber washing glove, 15x21 cm, red (03140112)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber interior cover, 55 cm, blue (03140120)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Microfiber Cloth 32x32 cm Green, 350 gsm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber floorcloth with hole, 60x70 cm, green (03140744)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber cloth, 40x40cm, blue (03110100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH XL ECO GREEN 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Microfibre Cloth Green for Interior Mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Element Microfibre Cloth, Red 40 x 40 cm (3300810)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisalei 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brasschaat</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenspeed ORIGINAL microfiber cloth 70 x 53 cm, green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cobbenhagenstraat 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rijswijk ZH</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Basis Micro klud 40*40 cm, grøn (1000008238) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Microfiber Cloth 32x32 cm Red, 350 gsm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 33x33 cm, gul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber washing glove, 15x21 cm, blue (03140110)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber cloth, 40x40cm, yellow (03110101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Cloth Blue, recycyling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Cloth Knitted Samhall Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>22-9280 Rekola Reflex E Cloth colour code blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1108 Microfiberduk Kleano Svart</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Microfiber mop</x:v>
+        <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kleano</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SMB STÄDGROSS AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ursviksvägen 129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundbyberg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>12113 Moppgarn Premium Nero, 30 cm</x:v>
+        <x:v>TASKI JM ULTRA CLOTH XL ECO BROWN 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Cloth Blue for Interior Mop , recycling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Cloth Knitted Samhall Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proffer Microcloth, Red 32 x 32 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Proffer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Basis Micro klud 32*32 cm, grøn (1000008234) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Basis Micro klud 40*40 cm, rød (1000008237) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX Microduk ECO Gul, 38x38cm (20929)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Cloth Red for Interior Mop , recycling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>22-9286 Rekola Reflex E cloth colour code yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WISP Microfiber Cloths, 32x32 cm, Blue, 10, pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WISP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>B6 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tranåsvej 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sæby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WISP Microfiber Cloths, 32x32 cm, Yellow, 10, pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WISP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>B6 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tranåsvej 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sæby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WISP Microfiber Glasscloths, 50x60 cm, Light Blue, 10, pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WISP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>B6 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tranåsvej 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sæby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Universal Cleaning Cloth 2pack 30x30 cm grey/green, grey/pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Polishing cloth wine glass 5pack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ultra Tentax Gentle LCD 40*40 cm Grøn, Art. nr. MIU-4038-G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft Micro klud, 32*32 cm, rød (1000008225) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH XL ECO BLUE 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 40*40 cm Gul, Art. nr. MIS-4040-GU (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX Microduk ECO Röd, 32x32 cm (20907)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa ECO Microduk Gul, 32x32 cm (20098)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX Microduk ECO Grön, 38x38cm (20928)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetrok Mikrofiberduk, grön, 32 cm (62182086)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>r-MicronQuick röd 5-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0070, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 33x33 cm, blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI MyMicro Cloth Eco Blue 25pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Suomi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 311</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MICROFIBERDUK 40X40CM 2-P BLÅ 80% POLYESTER 20% POLYAMID</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Re-Belle Microfibre Cloth, Yellow, 40x40 cm (3303018)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisalei 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brasschaat</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>24-9255 Rekola Reflex C Cloth UMF 32x32 cm, code green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenspeed ORIGINAL microfiber cloth 18 x 13 cm, blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cobbenhagenstraat 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rijswijk ZH</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Städfen Städ-Duk 32x31cm 10pack Grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Städfen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa ECO Microduk Blå, 32x32 cm (20096)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 32*32 cm Blå, Art. nr. MIS-3232-B2 (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Dish Cloth 2pack 24x24 cm pink/turquoise</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber floorcloth, 60x70 cm, blue (03140730)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure microfibre cloth with scrub corner, 40x40 cm, grey/ green, (03110144)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MICROFIBERDUK 32X32CM BLÅ 80% POLYESTER 20% POLYAMID</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenspeed ORIGINAL microfiber cloth 70 x 53 cm, with hole, green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cobbenhagenstraat 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rijswijk ZH</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Microcloth Super, Röd 35 x 35 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 40*40 cm Hvid, Art. nr. MIS-4040-H (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 32*32 cm Gul, Art. nr. MIS-3232-GU2 (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft micro klud, 32x32cm blå (1000008224) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Basis Micro klud 32*32 cm, gul (1000008235) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure microfibre cloth with scrub corner, 40x40 cm, grey/ blue, (03110140)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>24-9256 Rekola Reflex C Cloth UMF 32x32 cm, code yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft Micro klud, 40*40 cm, rød (1000008229) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber floorcloth with hole, 60x70 cm, red (03140742)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>03578A Crohill Premium microvezeldoek 03120450 (Blue)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trasan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Microfibre Cloth Red for Interior Mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk Rostfritt Grå, 33x33 cm (12057)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI MyMicro Cloth Eco Yellow 25pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Suomi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 311</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MINI 320 INFINITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0044, 3083 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decitex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SAS DECITEX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8 rue de la source</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hallennes Lez Haubourdin</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Microfiber Cleaning Cloths 4-pack, 32x31 cm grey, beige, green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hemfrid Fönsterduk Mikrofiber 50x40 cm blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemfrid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Floor Cloth 60x50 cm grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Kitchen Towel 60x40 cm grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Microfiber cloth Bathroom 32x31 cm pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nice and Tidy Microfiber cleaning cloths 2 pack 24x24 cm grey, terracotta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemtex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk Fönster Blå, 33x33 cm (13244)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>r-MicroTuff Swift</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0063, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Basis Micro klud 40*40 cm, blå (1000008236) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Basis Micro klud 32*32 cm, blå (1000008232) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Basis Micro klud 32*32 cm, rød (1000008233) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure microfibre cloth with scrub corner, 40x40 cm, grey/ yellow, (03110141)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Nature Line Mikrofiberduk 4-p (14208)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Eco Microduk Röd, 32x32 cm (20097)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 33x33 cm, röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 17x26 cm, gul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk 4-p (12038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Polifix microclin Planet, 40x40 cm, Gul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NT100 INFINITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0075, 3083 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decitex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SAS DECITEX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8 rue de la source</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hallennes Lez Haubourdin</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Cloth Green for Interior Mop , recycling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Cloth Green, recycyling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk Golv Grå, 50x60 cm (12017)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft Micro klud, 32*32 cm, grå (1000031587) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proffer window cloth 35 x 35 cm, Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Proffer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>r-MicronQuick blå 5-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0070, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Element Microfibre Cloth, Green 40 x 40 cm (3300806)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisalei 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brasschaat</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI MyMicro Cloth Eco Red 25pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Suomi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 311</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft Micro klud, 40*40 cm, gul (1000008231) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Microfiber Cloth 32x32 cm Blue, 300 gsm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft Micro klud, 32*32 cm, grøn (1000008226) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Microfiber Floor Cloth 60x50 cm grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Bathroom cloth 32x31 cm red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 40x40 cm, röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1102 Microfiberduk Kleano Blå</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Microfiber mop</x:v>
+        <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kleano</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SMB STÄDGROSS AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ursviksvägen 129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundbyberg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>12112 Moppgarn Premium Nero, 60 cm</x:v>
+        <x:v>Original Microfiber cloth, yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Cloth Red, recycyling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Window cloth for window and mirrors 40x40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Microfiber Window cloth 40x40 cm turquoise</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Universalduk Microfiber 3-pack 32x31 cm blå, grön, rosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Microfiber cloth Window 40x40 cm blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WISP Microfiber Cloths, 32x32 cm, Green, 10, pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WISP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>B6 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tranåsvej 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sæby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenspeed Glass microfiber cloth 70 x 61 cm, blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cobbenhagenstraat 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rijswijk ZH</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 40*40 cm Blå, Art. nr. MIS-4040-B (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tentax Ultra Shine 40*40 cm Blå, Art. nr. MIG-4040-B (80% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proffer Microcloth, Green 32 x 32 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Proffer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 32*32 cm Hvid, Art. nr. MIS-3232-H2 (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa ScreenCloth, 20x20 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Microfiber Cloth 32x32 cm Red, 300 gsm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetrok Mikrofiberduk, röd, 32 cm (62182088)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber floorcloth, 60x70 cm, yellow (03140731)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk Golv Grå, 50x50 cm (13243)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 40x40 cm, grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI MyMicro Cloth Eco Green 25pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Suomi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 311</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Cloth Gray , recycyling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Städfen Badrumsduk 32x31cm 10pack Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Städfen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Polifix microclin Planet, 40x40 cm, Grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH XL ECO RED 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Dish Cloth 2pack 24x24 cm grey/green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetrok Mikrofiberduk, blå, 32 cm (62182087)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 40*40 cm Grøn, Art. nr. MIS-4040-G (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa ECO Microduk Grön, 32x32 cm (20095)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber cloth, 40x40cm, white (03110103)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH ECO RED 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Microfiber Polishing cloth 40x40 cm grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Köksduk Microfiber 32x31 cm grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Dust cloth 32x31 cm orange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Polishing cloth wine glass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft Micro klud, 40*40 cm, blå (1000008228) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 33x33 cm, grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 17x26 cm, röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX Microduk ECO Blå, 38x38cm (20923)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber cloth, 40x40cm, green (03110104)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure microfibre cloth with scrub corner, 40x40 cm, grey/ black, (03110146)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Mikrofiberduk Bad&amp;Kök Grön, 33x33 cm (40524)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Re-Belle Microfibre Cloth, Green, 40x40 cm (3303016)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisalei 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brasschaat</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk för kök Blå, 33x33 cm (12054)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proffer Microcloth, Yellow 32 x 32 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Proffer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH ECO GREEN 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MICROFIBERDUK 40X40CM 2-P GRÅ 80% POLYESTER 20% POLYAMID</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Microfiber ribbed knitted Dish Cloths 2pack 24x24 cm grey, grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 40x40 cm, gul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Microfiber cloth 4pack 32x31 cm desert sand green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Mikrofiberduk 4-p (101337006)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 40x40 cm, blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline window cloth Super 45 x 45 cm Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure microfibre cloth with scrub corner, 40x40 cm, grey/ red, (03110142)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Window cloth 40x40 cm blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nice and Tidy Microfiber cleaning cloths 4 pcs 32x31 cm beige, grey, green, terracotta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemtex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WISP Microfiber Cloths, 40x40 cm, Yellow, 10, pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WISP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>B6 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tranåsvej 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sæby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber cloth, 32x32 cm, red (03110122)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber floorcloth, 60x70 cm, red (03140732)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MICROFIBERDUK 32X32CM 5-P GUL 80% POLYESTER 20% POLYAMID</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Microfibre Cloth Blue for Interior Mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Mikrofiberduk Universal Gul, 33x33 cm (101337007)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Skærm Micro Klud 40*40 cm, Grøn (1000007844) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber floorcloth with hole, 60x70 cm, blue (03140740)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>03582A Crohill Premium microvezeldoek 03120451 (Yellow)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trasan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>22-9284 Rekola Reflex E Cloth colour code red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Window Optical Plus Cloth 45x45 cm Green, 300 gsm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX Microduk ECO Röd, 38x38cm (20927)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>r-MicroTuff Base</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0063, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1101 Microfiberduk Kleano Röd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Microfiber mop</x:v>
+        <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kleano</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SMB STÄDGROSS AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ursviksvägen 129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundbyberg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Glenta A-mop Deep Clean, 60 cm</x:v>
+        <x:v>Premium Cloth Yellow, recycyling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>24-9250 Rekola Reflex C Cloth UMF 32x32 cm, code blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk för fönster och speglar Blå, 30x40 cm (12026)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Regain Microduk, 32x32 cm (20088)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk Kök</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfibre cloth, 32x32 cm, grey (03110126)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Element Microfibre Cloth, Yellow 40 x 40 cm (3300808)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisalei 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brasschaat</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Västerbottenssåpa Mikrofiberdukar 4-p (14058)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerbottensåpa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Städfen Städ-Duk 32x31cm 10pack Rosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Städfen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Städfen Fönsterduk 40x50cm 10pack Blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Städfen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Xtra @ Coop Mikrofiberduk/Mikrofiberklud/Mikrofiberklut/Mikrokuituliina 2st/stk/kpl 30x30 cm grå/blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CoopXtra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häxan Universalduk Mikrofiber 2pack 32x31 cm grå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häxan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WISP Microfiber Cloths, 32x32 cm, Pink, 10, pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WISP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>B6 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tranåsvej 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sæby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX Microduk ECO Gul, 32x32 cm (20909)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber floorcloth with hole, 60x70 cm, yellow (03140741)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T320 INFINITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0044, 3083 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decitex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SAS DECITEX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8 rue de la source</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hallennes Lez Haubourdin</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX Microduk ECO Grön, 32x32 cm (20908)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Window Optical Cloth 40x50 cm Blue, 200 gsm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber cloth, 32x32 cm, blue (03110120)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hemfrid Städdukar Microfiber  4 pack, 32x31 cm x 3, 40x40 cm x 1 blå, grön, rosa och röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH ECO BLUE 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Cloth Knitted Samhall Yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Basis Micro klud 40*40 cm, gul (1000008239) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Nature Line Disktrasa Grå och beige, 24x24 cm (14201)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber cloth, 40x40 cm, red (03110109)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>r-MicronQuick grön 5-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0070, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Mikrofiberduk Universal Gul, 33x33 cm (40523)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>V200 INFINITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0044, 3083 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decitex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SAS DECITEX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8 rue de la source</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hallennes Lez Haubourdin</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Re-Belle Microfibre Cloth, Pink, 40x40 cm (3303020)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisalei 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brasschaat</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk Universal Vit, 33x33 cm (12019)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-line Glas micro klud 40x40 cm, blå (1000007843) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX Microduk ECO Blå, 32x32 cm (20903)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>03581A Crohill Premium microvezeldoek 03120454 (green)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trasan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 17x26 cm, grön</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Microfiber mop</x:v>
+        <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Glenta</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Procurator AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 1004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Glenta EasyClean Pro mopp, 40 cm</x:v>
-[...127 lines deleted...]
-        <x:v>Activa Premium 90 cm (12309)</x:v>
+        <x:v>Polifix microclin Planet, 40x40 cm, Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa ECO Fönsterduk 50x40 cm (20085)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Microfiber mop</x:v>
+        <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Activa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hygienteknik Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Långängsvägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västerås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Activa Superb 60 cm (12393)</x:v>
+        <x:v>Kleano Microfiber Cloth 32x32 cm Yellow, 350 gsm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>r-MicronQuick gul 5-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0070, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Mikrofiberduk Golv Blå, 50x60 cm (40525)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Window cloth 50x40 cm blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Cleaning cloth 3pack 32x31 cm blue, green, red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Universal Cleaning Cloth 10 pack 32x31 cm blue, green, pink, red bulk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WISP Microfiber Cloths, 40x40 cm, Blue, 10, pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WISP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>B6 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tranåsvej 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sæby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WISP Microfiber Cloths, 40x40 cm, Pink, 10, pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WISP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>B6 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tranåsvej 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sæby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WISP Microfiber Glasscloths, 40x40 cm, Light Blue, 10, pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WISP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>B6 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tranåsvej 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sæby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 40*40 cm Rød, Art. nr. MIS-4040-R (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>03577A Crohill Premium microvezeldoek 03120452 (Red)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trasan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Re-Belle Microfibre Cloth, Blue, 40x40 cm (3303014)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisalei 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brasschaat</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Original Microfiber cloth, red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IISI Microfibre Cloth Kitchen Blå, 33x33 cm (13279)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iisi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 32*32 cm Rød, Art. nr. MIS-3232-R2 (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline microfiber cleaning cloth, knitted, 40x40cm, red (03110102)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft Micro klud, 32*32 cm, blå (1000008224) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proffer Microcloth, Blue 32 x 32 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Proffer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>r-MicroTuff Swift max</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0063, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>r-MicroTuff Plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0063, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1103 Microfiberduk Kleano Grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elsaform Mikrofiberduk 4-pack, 30x30 cm (95701495)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsaform</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetrok Mikrofiberduk, gul, 32 cm (62182089)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Polifix microclin Planet, 40x40 cm, Blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>24-9254 Rekola Reflex C Cloth UMF 32x32 cm, code red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>22-9285 Rekola Reflex  E Cloth colour code green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MICROFIBERDUK 32X32CM 5-P GRÖN 80% POLYESTER 20% POLYAMID</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Original Microfiber cloth, blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH ECO YELLOW 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk med skrubbfunktion Röd, 33x33 cm (12043)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Regain Microduk, 40x40 cm (20089)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Microfiber mop</x:v>
+        <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Activa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hygienteknik Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Långängsvägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västerås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nline Micro Power, 30 cm</x:v>
-[...40 lines deleted...]
-        <x:v>Microfiber mop</x:v>
+        <x:v>Smart Microfiber Dish Cloth 2pack 24x24 cm grey/grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber floorcloth, 60x70 cm, green (03140734)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Original Microfiber cloth, green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikan A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rævevej 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skive</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nline Allround Micro Clean, 60 cm</x:v>
-[...63 lines deleted...]
-        <x:v>Premium Duotex Ergo Mop Blue, 100 cm</x:v>
+        <x:v>Premium Cloth Knitted Samhall Blue</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0017</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Microfiber mop</x:v>
-[...8 lines deleted...]
-        <x:v>Duotex</x:v>
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Micro System Duotex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 405</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Puri-Line Micro High Mop 30 cm, (1000007830) 90% recycled fiber</x:v>
-[...95 lines deleted...]
-        <x:v>Kleano Mopp Green Act Fringe, 40 cm</x:v>
+        <x:v>Clas Ohlson Microfiber waffle-weave Tea Towel 60x40 cm grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Microfiber Cleaning Cloths 4-pack, 32x31 cm grey, beige, pink, burgundy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Cleaning cloth 32x31 cm blue &amp;  Smart Microfiber bathroom cloth 32x31 cm red bulk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Microfiber Cleaning Cloths 4-pack, 32x31 cm grey, beige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Microfiber Cloth 32x32 cm Blue, 350 gsm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0050</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Microfiber mop</x:v>
+        <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kleano</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SMB STÄDGROSS AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ursviksvägen 129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundbyberg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Swep Single r-MicroTech Pro mopp 50cm (CC)</x:v>
-[...808 lines deleted...]
-        <x:v>Microfiber mop</x:v>
+        <x:v>MICROFIBERDUK 32X32CM 5-P RÖD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Micro System Duotex AB</x:v>
-[...25 lines deleted...]
-        <x:v>3</x:v>
+        <x:v>Ahlsell Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Micro System Duotex AB</x:v>
-[...435 lines deleted...]
-        <x:v>Microfiber mop</x:v>
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Element Microfibre Cloth, Blue 40 x 40 cm (3300804)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenspeed</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Greenspeed B.V.</x:v>
-[...10186 lines deleted...]
-        <x:v>Nice and Tidy Microfiber cleaning cloths 2 pack 24x24 cm grey, terracotta</x:v>
+        <x:v>Greenspeed NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisalei 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brasschaat</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WISP Microfiber Cloths, 40x40 cm, Green, 10, pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WISP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>B6 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tranåsvej 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sæby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>21-0354 Rekola Reflex S Pad colour code red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre pad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>21-0350 Rekola Reflex S Pad colour code blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre pad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Städfen Städduk32x31cm 10 pack Blå</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0030</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Microfibre cloth</x:v>
-[...8 lines deleted...]
-        <x:v/>
+        <x:v>Microfibre pad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Städfen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Smart Microfiber System AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Albybergsringen 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ÖSTERHANINGE</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Wetrok Mikrofiberduk, grön, 32 cm (62182086)</x:v>
-[...5338 lines deleted...]
-        <x:v>Odense SØ</x:v>
+        <x:v>21-0356 Rekola Reflex S Pad colour code yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre pad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>24-90077 Rekola Reflex S Pad for DuoFlex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre pad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>24-90076 Rekola Reflex G Pad for DuoFlex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre pad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>21-0355 Rekola Reflex S Pad colour code green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre pad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>FÖNSTERTVÄTTPÄLS 39CM MICROFIB 100% POLYESTER GAVELSKRAP.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0042</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other microfibre cleaning product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">