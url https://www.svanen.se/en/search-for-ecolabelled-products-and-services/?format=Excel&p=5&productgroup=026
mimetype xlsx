--- v0 (2025-12-21)
+++ v1 (2026-02-20)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ec1c8b208dd4853" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R766713e0467d4b88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R9f4652175d6b4994"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Ra377ffabb9d640f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9f4652175d6b4994" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra377ffabb9d640f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -324,50 +324,82 @@
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>PLS Allfix Spray Oparfymerad, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>WeClean Surface Cleaner (Stadsing), 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>WeClean</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
@@ -388,50 +420,82 @@
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>WeClean</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Master Cleaner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tværvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunderskov</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>ICA Allrengöring Citrus, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3026 0156</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>McBride SA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rue Moulin Masure 6</x:v>
@@ -2660,29498 +2724,30010 @@
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Activa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HTS BIO Laboratories</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parc d'activités de Gémenos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gémenos</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>SINI Golvrengöringstablett, startförpackning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Såpaspray, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0271</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Intensive Wood Cleaner, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tværvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunderskov</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Intensive Wood Cleaner, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tværvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunderskov</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Universal, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanitetsrent ADE (Tradehouse), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>OwnBio</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4026 0311</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ownwell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Green Berry Oy</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Kuskinkierros 7 A 10</x:v>
-[...7 lines deleted...]
-        <x:v>SINI Golvrengöringstablett, startförpackning</x:v>
+        <x:v>Viinikankaari 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Allrent Citron, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Allrengöring Äpple, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rue Moulin Masure 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estaimpuis</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Allrent, 1l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0143</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Allrengöring, Mimosa, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanup Power Clean 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanup Multiclean 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 749 - Sprayrent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0187, 3026 0187</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>iPiccolo Floor Cleaner, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>iPiccolo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Combirent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;Ren Daglig Rent Med Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nila Universal, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mimas allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0278</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Virgo allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0278</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Virgo allrent, 3,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0278</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINI x Kevin rengöringstablett universal startpaket art. 7329</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4026 0277</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SINI</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sinituote Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Erkylän Kartano 50</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hyvinkää</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Grumme Såpaspray, 500 ml</x:v>
+        <x:v>Welin &amp; Co, Gammeldags Spraysåpa, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0321</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gammeldags</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Welin &amp; Co AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STENHAGSVÄGEN 45 -47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkersberga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liv Greenium Grovrent, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stina Universalspray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kem Kleen Flydende Rengøring, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kem Kleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WashTek Clean UP, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mico AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välingevägen 245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Universal spray Oparfymerad, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häxan Allrent, 650 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häxan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0278</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenPro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanup Kitchen Spray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0265, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häxan Såpa, 650 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Allrent, 1l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Shine Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;Ren Daglig Rent Med Parfym, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Grovrent Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Allrent Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Allrent Utan Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Grovrent Med Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa BIO All Purpose FREE, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTS BIO Laboratories</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parc d'activités de Gémenos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gémenos</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Kosti non-perfumed, 1L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Universalrengöring, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Universalrengöring, Parfymfri, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Puri-Line Universalrengöring, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Welin &amp; Co, Gammeldags Trallsåpa ofärgad, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0321</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gammeldags</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Welin &amp; Co AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STENHAGSVÄGEN 45 -47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkersberga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kem Kleen Flydende Rengøring, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kem Kleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Intensive Wood Cleaner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tværvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunderskov</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Heavy Duty Next Grundrengøringsmiddel (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kafferent Spray (Sunda), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>W5 Sensitive All Purpose Cleaner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>W5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Lett Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häxan Köksspray, 650 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0215</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häxan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PRO universal, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0070, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svensk Cater</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EnKå Allrent, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EnKå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 732 - Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0187, 3026 0187</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Såpa Neutral, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Yellow Fresh, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0258</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent 25, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mico</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mico AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välingevägen 245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINI Rengöringstablett universal refill 2 st art. 7303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Grovrent Utan parfym, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Grovrent Utan parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa BIO All Purpose Eco, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTS BIO Laboratories</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parc d'activités de Gémenos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gémenos</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa BIO All Purpose Eco, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTS BIO Laboratories</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parc d'activités de Gémenos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gémenos</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Kosti non-perfumed, 5L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Ättikaspray, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2026 0271</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>All-purpose cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grumme</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Orkla Home &amp; Personal Care</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 673 Skøyen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSLO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Greenshine Universal, 500 ml</x:v>
+        <x:v>Svane Turbo Grundrens - Klar til brug (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Master Cleaner, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tværvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunderskov</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Premium Lågskummande, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Lett, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L&amp;T Sanitetsrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L&amp;T</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Easyclean Shiny Room Allrengöring, 1500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Multipurpose Cleaner, 5000 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0038, 5026 0038</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>All-purpose cleaner</x:v>
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prime Source Universalrengøring Ultra Mild, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prime Source Grundrengøring Mild 30, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Grönsåpa fresh, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Grönsåpa fresh, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Fresh, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0258</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S-2 Allrent, parfymfri, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Effect Grovrengöring, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0167</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Optimal, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Moniteho Joutsen, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Total Fresh, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Vieno hajusteeton, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Unidrop, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Uni Surface 920, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Oparfymerad Multirent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Window, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Window Spurt, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Sanitetsrens, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Flydende Sæbespåner, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prox grovrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Grovfix Grovrengöringsmedel oparfymrad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Storfix MultiRent parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Universal, 1 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Oven &amp; Grill Cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1026 0289</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni All Purpose Workshop Cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1026 0289</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Universal (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Universal uden parfume (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane GS Universal uden parfume (Sæbefabrikken), 20 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Turbo Universal - Klar Til Brug (Sæbefabrikken), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ADE Sanitetsrent (Tradehouse Nord), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allround Clean Perfume Free (Estell), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal RTU (Triple Trading), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Triple Trading</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Pro Alkaline Cleaner (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Fresh, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0258</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean Perfume-free, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Clean, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Clean Perfume-free, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S-2 Allrent, parfymfri, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetco cristal 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0148</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steinackerstrasse 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kloten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L&amp;T Allrengöringsmedel, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L&amp;T</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOL Yleispuhdistaja, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SOL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Netto Combi-plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0058</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Netto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Knud E. Dan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunikvej 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greve</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AllOffice Allrent, 1500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AllOffice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prime Source Grundrengøring Mild 30, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Multi-purpose cleaner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solvænget 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jyderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Multi-purpose cleaner, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solvænget 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jyderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Kosti, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Sanitop, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Multirent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Allfix Spray, parfymerad, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Uni Surface 920, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto 10 Universum   unscented, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hågeren Allrent, parfymfri, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Optimal, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Yleispesu Joutsen oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Moniteho Joutsen oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water X-power, Spray,  0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SurfacePro Allrengöringsmedel CA 30 R eco!perform Swan, 12x0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0259</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water Extreme, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Grovrent Eco + Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Grovrent Eco + Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Storfix MultiRent parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Allfix Allrent parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Alkaline Sani,  1 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Glass &amp; Surface,  750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Universal, 5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Sanitary 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Multi Eco, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Sointu Spa, 20l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fri-Såpa Natur, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Uni Surface F 920, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Universal uden parfume (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Opticare Neutral Universal (Topcare Nordic), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Opticare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Cleaner Extra (Estell), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetco surf 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0148</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steinackerstrasse 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kloten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Premium Lågskummande, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Premium, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Easyclean Shiny Room Allrengöring, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ciroc Everyday Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Multipurpose Cleaner, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Premium, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Multi Clean, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Multi Clean Perfume-free, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water X-Power, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Grovrent Eco + Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Såpa, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI RASPO JOUTSEN, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Super Clean, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Livsrent Grovrengöring, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FloorPro Rengöringsmedel CA 50 C eco!perform Swan, 12 x 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0259</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Allrent Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BarrierTech PowerPrep Daglig, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0306</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BarrierTech</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber ProTector Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grini Næringspark 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Teho A 100, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Exotol 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allotol Natur, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Daily Allrengöring, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0167</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA puri Line Multi-purpose cleaner UDF, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solvænget 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jyderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Vieno hajusteeton, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Kaino Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Plusclean, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Moniteho Joutsen oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Allrent oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floor F 930, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GREENSHINE</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Velfyld ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adelers Allé 155</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårevejle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sanitetsrent ADE (Tradehouse), 750 ml</x:v>
+        <x:v>Vikur Clean Professional Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Cimbo Universal (Sæbefabrikken), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Universal Blå med farve (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ADE Allrent (Tradehouse), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arena Universal utan parfym (Arena Kemi AB), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arena Universal utan parfym (Arena Kemi AB), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetco cristal 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0148</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steinackerstrasse 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kloten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Universal, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AllOffice Allrent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AllOffice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L&amp;T Golvrengöringsmedel, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L&amp;T</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L&amp;T Golvrengöringsmedel, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L&amp;T</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOL Tehopuhdistaja, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SOL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elegans Skumfri Golvrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Grönsåpa fresh, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Effektiv Golvrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Kaino Plus, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Kosti, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Teho A 100, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Impregneringsvätska, parfymfri 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hågeren Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Superquick Spurt, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Yleispesu Joutsen, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Illusia 10, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heti Sapu Joutsen, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heti Sapu Joutsen, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heti Sapu Joutsen oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heti Sapu Joutsen oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Yleispesu Joutsen oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S-2 Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water X-power, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Care Line Sanitet Alka Plus, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PowerClean, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prox grovrent, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water Extreme, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Grovfix Grovrengöringsmedel parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Grovfix Grovrengöringsmedel oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Multirent Eco + Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Allrent Eco + Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Allfix Allrent oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Allrent Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Sointu Spa, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Universal Probio, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Universal med duft (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Clean perfume free (Estell), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Universal Off. (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane GS Universal uden parfume (Sæbefabrikken), 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Multipurpose Cleaner 0% Perfume 0% Colour, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Avans Bas Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FLO125, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0287</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Clean, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Clean Perfume-free, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allotol Natur, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hågeren Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA puri Line Multi-purpose cleaner UDF, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solvænget 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jyderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto 10 Universum unscented, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heti Kapu 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto 10 Universum, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Kasperi, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Plusclean, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Forte, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Combirent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hågeren Allrent, parfymfri, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water X-power, 5 l (stapeldunk)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SurfacePro Allrengöringsmedel CA 30 C eco!perform Swan, 12x1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0259</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Allrent oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Grovrent Eco + Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Allfix Allrent oparfymerad, 1  l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Livsrent Grovrengöring, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fri-Såpa Natur, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Multi Free D2, 6 x 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0047, DK/020/006, 5026 0047</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Universal Blå med farve (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arena Universal (Arena Kemi AB), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klear Sanitetsrent (Nordic Cleanware), 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0246</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>All-purpose cleaner</x:v>
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klear Allrengöring (Nordic Cleanware), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Universal uden duft (Nowas), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Fresh, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0258</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Multi Clean, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetco surf 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0148</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steinackerstrasse 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kloten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L&amp;T Sanitetsrent 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L&amp;T</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ciroc Everyday Allrent free, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto 10 Universum, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Active, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fri Ren Natur, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Universal, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Imo Alka 910, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Imo Alka 910, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>S-2 Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Allrent Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Oparfymerad Combirent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Grovrent oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Flydende Sæbespåner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prox grovrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Multirent Eco + Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Multirent Eco + Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Storfix MultiRent oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI RASPO JOUTSEN, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Sanitetsrengøring, 1 l (1999900396)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Kasperi, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alloren, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Universal (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane GS Universal (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane GS Universal uden parfume (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Universal Blå med farve (Sæbefabrikken), 0,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ADE Allrent (Tradehouse), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ADE</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Coop Allrent Citron, 1 l</x:v>
-[...8 lines deleted...]
-        <x:v>All-purpose cleaner</x:v>
+        <x:v>Allround-Clean Universal Cleaner (Tensia (Pro-Clean)), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro-Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allround-Clean Universal Cleaner (Tensia (Pro-Clean)), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro-Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Multi Free D2, 2 x 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0047, DK/020/006, 5026 0047</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Avans Bas Allrent, 5,1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prime Source Universalrengøring Ultra Mild, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Reno Clean Lemon Allrengöring fresh, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Multi Clean Perfume-free, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L&amp;T Allrengöringsmedel, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L&amp;T</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOL Yleispuhdistaja, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SOL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Teho A 100, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Effect Grovrengöring, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0167</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Moniteho Joutsen,  1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Active, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Universal, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Allrent, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water X-power, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SurfacePro Allrengöringsmedel CA 30 C eco!perform Swan, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0259</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Kasperi, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DailyClean, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water Extreme, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Grovfix Grovrengöringsmedel parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Allfix Allrent parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Allrent Eco + Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Allrent Eco + Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Såpa, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Multi-Purpose cleaner RTU, MFD, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Multi-Purpose cleaner RTU, UDF, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Glass &amp; Surface,  5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BarrierTech PowerPrep Grov, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0306</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BarrierTech</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber ProTector Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grini Næringspark 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Sanitetsrent, 5 l (160532)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Cleaner Extra (Estell), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Speed Clean (Supplies Direct), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Universe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane GS Universal uden parfume (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arena Universal (Arena Kemi AB), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Clean (Estell), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Clean (Estell), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Universal uden duft (Nowas), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FLO105, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0287</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Clean Perfume-free, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Lett, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOL Tehopuhdistaja, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SOL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alloren, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fri Ren Natur, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Exotol 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0009, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Daily Allrengöring, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0167</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Unidrop, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HETI Yleispesu Joutsen, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Superquick Spurt, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Forte, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Allrent, parfymerad, 1500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0266, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heti Kapu, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heti</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active Oparfymerad Universal, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Window, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Allrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allrent Impregneringsvätska, parfymfri 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water X-Power, 5 l (saftdunk)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Multirent Eco + Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Storfix MultiRent oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Allrent Eco + Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Sanitary 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FloorPro Rengöringsmedel CA 50 C eco!perform Swan, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0259</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Universal Probio, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanisal IduFoam System Original Swan (Iduna), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0234, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Universal med duft (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane GS Universal (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Universal Off. (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Opticare Neutral Cimbo (Topcare Nordic), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Opticare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Universal Clean parfume free (Estell), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>All-purpose cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trust, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaner for textile flooring for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Fluren 37 Basic Cleaner, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0279</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agent before painting</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Grundrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agent before painting</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Fluren 37 Basic Cleaner Spray, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0279</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agent before painting</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Fluren 37 Basic Cleaner, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0279</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agent before painting</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Grundrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agent before painting</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tenzoid 6 Swan (Iduna), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0234, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Puri-Line Kalkfjerner, 5 l (1999916721)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tenozid IduFoam System 8 Swan (Iduna), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0234, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Limescale Remover, 1 l (1000028223)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prime Source Kalkfjerner Sur, Mild Ultra, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Limescale Remover Next (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PrimeSource Kalkfjerner Sur, Mild Ultra, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klear Kalkbort (Nordic Cleanware), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIP Klinkerens K10, 1 l (Eco Clean)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0234, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LIP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sani Alka F 961, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanitary Cleaner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ADE Kalkbort (Tradehouse), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Kalkløser (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prime Source Sanitetsrengøring Mild Ultra, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prime Source Sanitetsrengøring Mild Ultra, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lime Acid 970, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Descaler (Estell), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Care Line Sanitet Sur, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Descaler parfume free (Estell), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sani Alka F 961, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Limescale Remover Fresh (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lime Acid 970, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Limescale Remover Next (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Limescale Remover Fresh (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Kalkløser (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning descaler for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nilfisk Active Stone Cleaner, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0310</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facade cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marmorvej 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Garden &amp; Patio Cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1026 0289</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facade cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nilfisk Stone &amp; Wood Cleaner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0310</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facade cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marmorvej 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Fasadtvätt Skummande, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0280</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facade cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nilfisk Active Stone Cleaner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0310</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facade cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marmorvej 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nilfisk Stone &amp; Wood Cleaner, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0310</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facade cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marmorvej 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Fasadtvätt Skummande, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0280</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facade cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nilfisk House &amp; Facade Cleaner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0310</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facade cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marmorvej 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nilfisk House &amp; Facade Cleaner, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0310</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facade cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marmorvej 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Effekt Golv, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0275, 2026 0273</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mirius</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodhams Road, Siskin Drive</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coventry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Floor Cleaning and care, 1 l (165513)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Floor Cleaning and care, uden farve og parfume, 1 l (165517)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvrengöring ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0258</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Taski Jontec Saponet free, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0047, 5026 0047</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkoclean, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0284</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Floor Cleaning and care, 5 l (160516)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Floor, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0143</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Floor Cleaning and care, uden farve og parfume, 5 l (160528)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Floor, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0143</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkoclean, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0284</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grovrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0143</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grovrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0143</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FloorPro Natural Industrial Cleaner RM 69N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0259</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pinta, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Illusia 10, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Allfix Combi, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ciroc Floorcat (SMB Städgross), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Floor cleaning and care UDF, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Stensåpa, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Storfix impregnering, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Daily Floor Cleaner, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Ultra Clean Combi free, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Floor cleaning and care, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Gulvvask uden voks med farve og parfume (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Floor og Shine (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Floor og Shine (Sæbefabrikken), 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Floor og Shine (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Floor &amp; Shine (Stadsing), 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Floor og Shine Universalrengøring (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Floor cleaning and care UDF, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Golvsåpa, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Storfix Combi, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Gulvvask uden voks og parfume (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Gulvsæbe (Sæbefabrikken), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perfect Clean (Supplies Direct), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Universe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Opticare Neutral Gulvsæbe (Topcare Nordic), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Opticare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Gulvpleje Off. (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floor 930, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Floor cleaning and care, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trapper, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean All Purpose Foam Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0288</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østre Fælledvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nørresundby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Golvtvätt, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0298</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Gulvvask uden voks (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Floor Care (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Floor Care (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ciroc Floorcat (SMB Städgross AB), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Gulvpleje (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Steinfix 60, 1 liter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ellingard Collection AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 22 Grefsen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIP F20 Eco Clean Keramiktvätt, 1 l (Eco Clean)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0070, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LIP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Golvtvätt, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0298</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Golvtvätt, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0298</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Gulvvask uden voks med farve og parfume (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Floor &amp; Shine (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Gulvpleje Off. (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Floor og Shine Universalrengøring (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clean &amp; Fair Gulvvaskemiddel uden voks (P. Lindberg), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clean &amp; Fair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Steinfix 60, 5 liter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ellingard Collection AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 22 Grefsen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetco floor 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0148</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steinackerstrasse 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kloten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Daily Floor Cleaner, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Ultra Clean Combi free, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rent Golv, 5 kg (Teampac)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0070, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teampac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Conditioner, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Storfix Combi, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FloorPro Natural Industrial Cleaner RM 69N, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0259</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Gulvvask uden voks (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Gulvvask uden voks og parfume (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floor Cleaner (STL Förbrukningsvaror), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetco floor 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0148</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steinackerstrasse 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kloten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Allfix Combi, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FloorPro Natural Industrial Cleaner RM 69N, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0259</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Floor &amp; Shine (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Gulvpleje (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PRO floorfix, 5 KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0070, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaners, film forming</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svensk Cater</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Gulvvask med voks (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaners, film forming for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Gulvvask med voks (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floor cleaners, film forming for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Window Clean, free, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0218, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ciroc Diamond, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mico AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välingevägen 245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Cleanware Glasputs, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mico AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välingevägen 245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häxan Fönster &amp; Glas, 650 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0215</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häxan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PRO Crystal shine plus glasrens, 5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0233, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svensk Cater</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Window Refill, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0238, 5026 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Glasrent Spray 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0218, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ciroc Diamond, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mico AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välingevägen 245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Effekt Glas &amp; Fönster, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0274, 2026 0273</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mirius</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodhams Road, Siskin Drive</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coventry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanup Glass Spray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0218, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 735 - Glasputs, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0303, 3026 0187</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Glasputs Eco, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mico AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välingevägen 245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Puri-Line Glasrengöring, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0240, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Cleanware Glasputs, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mico AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välingevägen 245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Glasputs Eco, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mico AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välingevägen 245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GlassClean, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0269, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Glas spray Oparfymerad, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0240, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Window Spray, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0238, 5026 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Snabbrent Fönster, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0243, 5026 0243</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin cleaner spray WINDOW &amp; GLASS, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0240, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Refin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nila Glassclean, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0269, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINI rengöringstablett Fönster startpaket art. 7326</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINI rengörinstablett  Fönster refill 2 st art. 7306</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water FÖNSTER &amp; GLAS, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0292</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Fönsterputs, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0224, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stina Glasspray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0269, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AllOffice Glasputs, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0265, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AllOffice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Crystal Shine Fonsterputs, 750 ml (Teampac)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0233, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teampac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clear Sight RTU Glasrens (CeanXpert), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0233, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanXpert</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Crystal Shine Plus glasrens, 750 ml (Nordical)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0233, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordical</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Glasrent Spray 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0218, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeCare Glass Cleaner (Stadsing), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Crystal Shine Plus glasrens, 750 ml (Dansk Industri Supply)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0233, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dansk Industri Supply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Glass Clean, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0224, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Fönsterfix Glasrengöring, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0218, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Fönsterfix Glasrengöring, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0218, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water FÖNSTER &amp; GLAS, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0292</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Fönsterputs, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0243, 5026 0243</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allround-Clean Glasklart (Tensia (Pro-Clean)), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro-Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Glasrens (Stadsing), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Glasrent Refill, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0218, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Fönsterfix Spray Glasrengöring, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0265, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Window Clean (Estell), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Crystal Clear RTU (Triple Trading), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Triple Trading</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Crystal Shine Plus glasrens, 750 ml (Sæbegrossisten)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0233, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sæbegrossisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Crystal Shine Plus glasrens, 750 ml (KPS Kemi)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0233, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleanstep</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Fönsterputs, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0243, 5026 0243</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ADE Glasputs (Tradehouse), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Glass Cleaner (Blue and Green), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Crystal Shine Plus glasrens, 750 ml (Dust2Clean)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0233, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dust2Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Fönsterfix Glasrengöring, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0218, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SurfacePro Glasrengöringsmedel CA 40 R eco!perform Swan, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0261</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fönstersåpa Klear (Nordic Cleanware AB), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Window Clean (Estell), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glas Rent (Sunda), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Crystal Shine, Plus glasrens, 750 ml (Rengros)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0233, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rengros</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Glasrent Refill, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0218, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fönstersåpa Klear (Nordic Cleanware AB), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Crystal Shine Plus glasrens, 750 ml (Locon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0233, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Locon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SurfacePro Glasrengöringsmedel CA 40 R eco!perform Swan, 12x0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0261</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pro Crystal Shine Plus, 750 ml (Iduna)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0233, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Glas Cleaner (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Glass Cleaner (Blue and Green), 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glass &amp; mirror cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Heavy Duty Alkaline Cleaner, 5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Grovrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Grovrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Stenfix 1, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Grovrent Plus, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Grundrens uden parfume (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grovrent Premium Lågskummande, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grovrent Universal, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grovrent Universal, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Grovrent Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Grovrent Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Grovrent, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deep Clean (Estell), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deep Clean parfume free (Estell), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rent Överallt, 5 kg (Teampac)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0070, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teampac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Heavy-duty cleaning agent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Skurmaskin, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Grundrens uden parfume (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane GS Grundrens uden parfume (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klear Grovrent (Nordic Cleanware), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deep Clean parfume free (Estell), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grovrent Rajd, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Respekt Alkalisk Grundrens, 1 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Grovrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deep Clean (Estell), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIP G10 Eco Clean Grundtvätt, 1 l (Eco Clean)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0070, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LIP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Grovrent 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Respekt Alkalisk Grundrens, 5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Skurmaskin, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Grovrent Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0180, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikur Clean Professional Grovrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grovrent Premium Lågskummande, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grovrent Rajd, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Konsumentkemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MELLERUD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Shine Grovrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane GS Grundrens (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Heavy-duty cleaning agent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Grundrens (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Grundrens (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane GS Grundrens (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane GS Grundrens uden parfume (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Turbo Grundrens - Klar Til Brug (Sæbefabrikken), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Heavy Duty Alkaline Cleaner, 1 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Grovrent 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Stenfix 1, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane GS Grundrens uden parfume (Sæbefabrikken), 200 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heavy duty cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona Köksrengöring, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0226</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Shine Köksrent, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0215</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Sanitary- and kitchen degreaser,  1 l (165519)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stina Köksspray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0269, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin cleaner spray KITCHEN 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0240, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Refin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINI rengöringstablett kök refill 2 st, art. 7302</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Kök Eco, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0265, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenShine Köksrent, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0243, 5026 0243</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Kök Trigger, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0240, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Köksspray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0215</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Coop</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Köksspray, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0215</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Effekt Kök, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0274, 2026 0273</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mirius</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodhams Road, Siskin Drive</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coventry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Puri-Line Köks- and badrumsrengöring, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0241, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA Allrengöring Äpple, 1 l</x:v>
-[...8 lines deleted...]
-        <x:v>All-purpose cleaner</x:v>
+        <x:v>Änglamark Kitchen Refill, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0238, 5026 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häxan Köksrent, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0215</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häxan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Köksspray oparfymerad, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0215</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Köksspray, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0241, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Kök, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0254, 2026 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skur creme classic, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skur creme citrus, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINI rengöringstablett Kök startpaket art. 7322</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Kitchen Spray, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0238, 5026 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nila Kitchen, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0269, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Sanitary- and kitchen degreaser,  5 l (160539)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Easyclean Shiny Kitchen Köksrengöring, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0265, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water ROSTFRITT, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0292</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AllOffice Köksspray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0265, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AllOffice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kitchen Clean, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0297</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Köksfix Spray, parfymerad, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0265, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water ROSTFRITT, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0292</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kitchen Clean, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0297</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water KÖK, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0292</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Kitchen Clean Free, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Kitchen Clean Free, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0136, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kitchen Clean Perfume-free, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0297</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water KÖK, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0292</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kitchen Clean Perfume-free, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0297</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AlgNIX, RTU, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0302</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor stone cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>algNIX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tergent AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mörsaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AlgNIX, Koncentrat, 1 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0302</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor stone cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>algNIX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tergent AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mörsaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AlgNIX, Koncentrat, 5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0302</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor stone cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>algNIX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tergent AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mörsaregatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Skurecreme (Stadsing), 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scouring cream for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arena Skurkräm Miljö (Arena Kemi), 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scouring cream for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Badrumsspray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0241, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hågesan parfymfri, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0270</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINI Rengöringstablett Badrum startpaket 7321</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINI rengöringstablett Toalett refill 2 st art. 7305</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Surt Sanitetsrent Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water DAILY, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0293</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sunda Badrent (Sunda), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Baderums spray Oparfymerad, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0241, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Bath Spray, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0239, 5026 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Badrums Spray Mimosa Melon, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0241, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Badrumsspray oparfymerad, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Shine Badrum, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Shine Sanitetsrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hågesan, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0270</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINI rengöringstablett Toalett startpaket art. 7325</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Surt Sanitetsrent Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Sanitetsrent Alkalisk Utan Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Sanitet, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Bad, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SaniClean A, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0217, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neusan, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0270</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Alkaliskt Sanitetsrent Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Surt Sanitetsrent Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Sanitet Alkalisk, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stina Badrumspray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0217, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Turbo Sanitet med parfume Klar til brug (Sæbefabrikken), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arena Sur Sanitet, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Sanitet Sur, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nila Sanitary, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0217, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Surt Sanitetsrent Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Alkaliskt Sanitetsrent Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Sanitetsrent Surt Utan Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Sanitetsrent Surt Med Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Snabbrent Sanitet, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona Badrumsrengöring, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0227, 5026 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINI rengörinstablett Badrum refill 2 st art. 7301</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SINI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sinituote Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erkylän Kartano 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyvinkää</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Alkaliskt Sanitetsrent Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Sanitary Cleaner, 1 l (165514)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klear Sanitetsrent F (Nordic Cleanware), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Badrumsspray, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häxan Badrum, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häxan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water SANITET, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0293</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin Rengöringspray Badrum, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0241, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Refin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Badrumsspray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Bath Refill, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0239, 5026 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hågesan parfymfri, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0270</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Sanitet Alkalisk, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hågesan, 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0270</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Badrumsrent, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Effekt Badrum, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0273, 2026 0273</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mirius</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodhams Road, Siskin Drive</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coventry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Sanitet Sur, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SaniClean, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0217, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Alkaliskt Sanitetsrent Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clima30 Sanitetsrent Alkalisk Med Parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CLIMA30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Calc Clean, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bathroom Clean Perfume-free, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SANET zitrotan zero%, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green Care Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Werner &amp; Mertz GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rheinallee 96</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mainz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Sanitet, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetco san 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steinackerstrasse 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kloten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygilen, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0217, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Care Line Sanitet Alka, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SanitPro Underhållsrengöring CA 20 C eco!perform Swan, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Sanitetsrent Basisk oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Sanitetsrent Sur, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0225, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Care Line Sanitet SUR PLUS, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetco san neutral 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steinackerstrasse 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kloten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Cirrus Sur Sanitetsrengöring, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Alkaliskt Sanitetsrent Eco + Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Neutralt Sanitetsrent Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Sanimild Sanitär Allrent parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Alkalisk Sanitet med duft (Nowas), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Alkalisk Sanitet med duft (Nowas), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Sanitet, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanitary Clean Acid Perfume-free, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanitary Clean Alkaline, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Rosita, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fri San Natur, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0217, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Saniren A, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0217, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fri San Natur, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0217, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Sanitetsrens (pH 11), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;Ren Sanitär sur oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Cirrus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Sani Cleaner Next (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Sani Cleaner Next (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Sanitetsrens (pH 11), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ciroc Sani Sanitetsrengöring, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AllOffice Sanitetsrent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0264, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AllOffice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ciroc Sani Free Sanitetsrengöring, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanitary Clean Alkaline Perfume-free, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanitary Clean Alkaline Perfume-free, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Saniclean Alkaliskt Sanitetsrent parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Sanimild Sanitär Allrent oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pro Sanisal, 1 l (Iduna A/S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0234, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rengöringsmedel Kök og Badrum (Sunda(Rörfokus)), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetrok Unisal Unperfumed 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steinackerstrasse 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kloten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Sanitary Cleaner Mild Perfume, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Sanitary Cleaner, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanivans Sur Allrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanivans Sur Allrent, 5,4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanitary Clean Acid, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Calc Clean Perfume-free, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Calc Clean, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Mistral Alkalisk Sanitetsrengöring, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Mistral Alkalisk Sanitetsrengöring, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Rosita, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Sanitetsrent Sur oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Greenium Sanitetsrent Alka, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0225, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Alkaliskt Sanitetsrent Eco + Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Saniclean Alkaliskt Sanitetsrent utan parfym, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Surt Sanitetsrent Oparfymerad 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0264, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa BIO Sani FREE, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0291</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTS BIO Laboratories</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parc d'activités de Gémenos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gémenos</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetco san 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steinackerstrasse 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kloten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetrok Unisal 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steinackerstrasse 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kloten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bathroom Clean, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bathroom Clean Perfume-free, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rengörare Näslund Sani Pure Free, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fri San, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0217, 3026 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Sanitetsrens MDF, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Sanitetsrens MDF, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SanitPro Underhållsrengöring CA 20 C eco!perform Swan, 12x1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Alkaliskt Sanitetsrent Eco + Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Neutralt Sanitetsrent Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Grovrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;Ren Sanitetsrent alkaliskt parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;Ren Sanitär sur parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa BIO Sani FREE, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0291</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTS BIO Laboratories</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parc d'activités de Gémenos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gémenos</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa BIO Sani Eco, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0291</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTS BIO Laboratories</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parc d'activités de Gémenos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gémenos</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water SANITET, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0293</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liv Greenium Sanitetsrent Sur oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0225, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI Sani Calc free W3b, 6 x 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0206, 5026 0047</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Alkaline Sanitary Cleaner, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bathroom Clean, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanitary Clean Acid Perfume-free, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Sanitetsrent Sur, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Sanitop, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4026 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Sanitetsrent Basisk oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Sanimild Sanitär Allrent oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Sanifix Spray parfymerad, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0264, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Grovrent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;Ren Sanitetsrent alkaliskt utan parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;Ren Sanitetsrent alkaliskt utan parfym, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water DAILY, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0293</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liv Greenium Sanitetsrent Alkalisk oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0225, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>sani Control (Supplies Direct), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Universe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Sanitetsrens UDF, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Sani Cleaner Fresh (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swan Sanitation Cleaning (Triple Trading), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Triple Trading</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanitary Clean Alkaline, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanitary Clean Acid, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Calc Clean Perfume-free, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ciroc Sani Pure Free, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ciroc Sani Pure, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetco san neutral 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Steinackerstrasse 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kloten</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SanitPro Underhållsrengöring CA 20 R eco!perform Swan, 12x0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Sanitetsrent Sur, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Sanitetsrent Sur oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Alkaliskt Sanitetsrent Eco + Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Saniclean Alkaliskt Sanitetsrent utan parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;Ren Sanitetsrent alkaliskt parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa BIO Sani Eco, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0291</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTS BIO Laboratories</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parc d'activités de Gémenos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gémenos</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Sani Cleaner Fresh (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Estell Alkaline Sanitary (Tensia(Estell)), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Sanitetsrens UDF, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Grovrent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gysinge Såpa Originalet, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge Centrum för Byggnadsvård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggesvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Shine Gulsåpa, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gysinge Såpa Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge Centrum för Byggnadsvård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggesvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gysinge Såpa Oparfymerad (med pump), 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge Centrum för Byggnadsvård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggesvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gysinge Såpa Originalet, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge Centrum för Byggnadsvård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggesvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gysinge Såpa Originalet, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge Centrum för Byggnadsvård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggesvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gysinge Såpa Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge Centrum för Byggnadsvård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggesvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Såpa Grön, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Biokleen städsåpa, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Shine Gulsåpa, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Såpa Gul, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gysinge Såpa Oparfymerad, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge Centrum för Byggnadsvård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggesvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gysinge Såpaspray Allrent Oparfymerad, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge Centrum för Byggnadsvård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggesvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gysinge Såpa Parfymerad (med pump), 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge Centrum för Byggnadsvård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggesvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gysinge Såpa Originalet, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge Centrum för Byggnadsvård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggesvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gysinge Såpa Oparfymerad, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge Centrum för Byggnadsvård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggesvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gysinge Såpaspray Refill, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge Centrum för Byggnadsvård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggesvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gysinge Såpaspray Allrent, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge Centrum för Byggnadsvård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggesvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gysinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Såpa, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gold Fix 60 Natursåpa 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples Liquid Green Soap, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Stenfix 3, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Såpa, 5l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Såpa, 1l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gold Fix 60 Natursåpa 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Stenfix 3, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Gulsåpa, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Free Såpa, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0038, 5026 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soft soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop WC-rent Original, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ocean WC-rent, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ocean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad WC-rent original 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0314</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Toalettrens, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minmatbutik WC Rent (Sunda AB), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona WC-rent Citrus, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0227, 5026 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wezett WC-rent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark WC-rent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanup Sanitation Sour, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duck Aktiv-Gel Fresh 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SC Johnson Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekbacksvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Sanitary WC, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0225, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Sanitary WC Fresh, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0225, 3026 0180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona WC-rent Original, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0227, 5026 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hemfrid WC-rent Skärgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemfrid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häxan WC-rent, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zefir WC-Rent Ocean Harmony, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0241, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zefir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS WC Rent Sur Sanitetsrengöring Oparfymerad, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0264, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart WC-rent Oparfymerad, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0241, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop WC-rent Citron, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA WC-Rent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0227, 5026 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>McBride SA</x:v>
-[...28 lines deleted...]
-        <x:v>Änglamark</x:v>
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hemfrid Badrumsrent, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Gen Active WC-rent, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bio Gen Active AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sågvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Shine WC-rent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älgarås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Allrent, 5 l</x:v>
-[...8 lines deleted...]
-        <x:v>All-purpose cleaner</x:v>
+        <x:v>Skona WC-Rent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0227, 5026 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado WC-rent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0241, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA WC-Rent Aqua, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA WC-rent Aqua 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0314</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Aksab Kemi Sverige AB</x:v>
-[...28 lines deleted...]
-        <x:v>Fixa</x:v>
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toasan, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0270</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 739 - Dusch &amp; WC-rent, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0304, 3026 0187</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duck Aktiv-Gel Marine 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SC Johnson Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekbacksvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona WC-rent Parfymfri, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0227, 5026 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Cleanup Power Clean 1 l</x:v>
-[...8 lines deleted...]
-        <x:v>All-purpose cleaner</x:v>
+        <x:v>CleanoCare WC-rent oparfymerad, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duck Aktiv-Gel Citrus 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SC Johnson Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekbacksvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare WC-rent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zefir WC-Rent Citrus, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0241, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zefir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Puri-Line Kalkborttagningsmedel, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0241, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Staples WC Cleaner, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staples</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WC Clean, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri line WC-Rent MDF, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Toiletrens UDF, 750 ml (pH 10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swan Toilet Cleaner (Triple Trading), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Triple Trading</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa WC Power (Hygienteknik Sverige), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WC Clean, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Eco Toalettrengöringsmedel, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0241, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Sanifix Surt Sanitetsrent utan parfym, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>NSI Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fjärrvärmevägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skövde</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Cleanup Multiclean 1 l</x:v>
-[...8 lines deleted...]
-        <x:v>All-purpose cleaner</x:v>
+        <x:v>glenta WC Rent Parfymerad 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0264, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PRO WC-rent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0234, 5026 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa WC Friendly, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Opticare Neutral Toiletrens (Topcare Nordic), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Opticare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WC Clean Perfume-free, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SanitPro WC-rengöringsmedel CA 10 R eco!perform Swan, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SanitPro WC-rengöringsmedel CA 10 R eco!perform Swan, 12x1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Sanifix Surt Sanitetsren parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>NSI Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fjärrvärmevägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skövde</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mac 749 - Sprayrent, 750 ml</x:v>
-[...8 lines deleted...]
-        <x:v>All-purpose cleaner</x:v>
+        <x:v>Kiilto Pro WC Gel, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Sani Alkaline Toilet Cleaner (Stadsing), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sani Toilet 962, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Sanifix Surt Sanitetsrent utan parfym, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Surt Sanitetsrent Eco + Parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line toalettrens 750 ml(160525)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WC Cleaner (Tensia(Blue &amp; Green)),  750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WC Clean (Estell), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS WC-Rent Sur Sanitetsrengöring, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0264, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line toiletrens 750 ml (161237)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WC Clean parfume free (STL Förbrukningsvaror), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Toiletrens UDF, 750 ml (pH 2,2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WC Rent Original (Tensia(Enter)), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Enter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine WC-rent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Eco Toalettrengöringsmedel, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0241, 5026 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Surt Sanitetsrent Eco + Oparfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Bad Eco, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0264, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Toilet Cleaner (Stadsing), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Flydende Toiletrens (Stadsing), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Care Line Toiletrens PLUS, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clean Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AllOffice WC Rent, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0264, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AllOffice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WC Clean Perfume-free, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Macserien Servicecenter AB</x:v>
-[...28 lines deleted...]
-        <x:v>iPiccolo</x:v>
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sani Toilet F 963, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0242, 5026 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Sanifix Surt Sanitetsren parfymerad, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Surt Sanitetsrent Eco + Oparfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Surt Sanitetsrent Eco + Parfymerad, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0219, 3026 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ADE Toalettrent (Tradehouse), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Toiletrens med duft og farve (Nowas), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet cleaner for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Fönsterspray, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0215</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älgarås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bio Gen Active Combirent, 5 l</x:v>
-[...223 lines deleted...]
-        <x:v>Welin &amp; Co, Gammeldags Spraysåpa, 0,5 l</x:v>
+        <x:v>Green Shine Fönster, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0215</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Shine Fönster, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0215</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Glas &amp; Fönsterputs, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0226</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme Fönster, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2026 0254, 2026 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Window Clean, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0297</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare fönsterputs, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0215</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Fönstertvätt, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0243, 5026 0243</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Window Clean Perfume-free, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0297</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Vinduessæbe (Sæbefabrikken), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Glasklar med farve (Sæbefabrikken), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ADE Nature Fönstersåpa (Tradehouse), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skvissensåpa (Skvissen AB), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skvissen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fönstersåpa (Vikur Sverige), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikur Clean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare fönsterputs, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0215</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Glasklar uden farve (Sæbefabrikken), 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Glasklar uden farve (Sæbefabrikken), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Window Soap (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Window Soap Perfume-free, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0297</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Vinduessæbe (Sæbefabrikken), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Window Soap Perfume-free, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0297</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Glasklar med farve (Sæbefabrikken), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Window Soap (Estell), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Window Soap (Estell), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fönster Tvätt (Estell(Ecoputs)), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Window Clean, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0297</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water FÖNSTER, GLAS &amp; WHITEBOARD, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0292</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Z-Water FÖNSTER, GLAS &amp; WHITEBOARD, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0292</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Z-Water</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P &amp; T Trading Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nickelvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fönstersåpa (SMB Städ Materiel Bolaget), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Window Soap, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0297</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Window Clean Perfume-free, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0297</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Window Soap, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3026 0297</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ADE Nature Fönstersåpa (Tradehouse), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window soap for professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Welin &amp; Co, Gammeldags Träsåpa ofärgad, 2,5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3026 0321</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>All-purpose cleaner</x:v>
+        <x:v>Wood cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gammeldags</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Welin &amp; Co AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>STENHAGSVÄGEN 45 -47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Åkersberga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Liv Greenium Grovrent, 1000 l</x:v>
-[...671 lines deleted...]
-        <x:v>Welin &amp; Co, Gammeldags Trallsåpa ofärgad, 2,5 l</x:v>
+        <x:v>Welin &amp; Co, Gammeldags Träsåpa ofärgad, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3026 0321</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>All-purpose cleaner</x:v>
+        <x:v>Wood cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gammeldags</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Welin &amp; Co AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>STENHAGSVÄGEN 45 -47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Åkersberga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kem Kleen Flydende Rengøring, 5 l</x:v>
-[...27967 lines deleted...]
-        <x:v>Welin &amp; Co, Gammeldags Träsåpa ofärgad, 2,5 l</x:v>
+        <x:v>Welin &amp; Co, Gammeldags Träsåpa ofärgad, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3026 0321</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gammeldags</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Welin &amp; Co AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>STENHAGSVÄGEN 45 -47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Åkersberga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Welin &amp; Co, Gammeldags Träsåpa ofärgad, 1 l</x:v>
-[...2 lines deleted...]
-        <x:v>3026 0321</x:v>
+        <x:v>Exterior Wood Cleaner, 1 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0324</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Gammeldags</x:v>
-[...16 lines deleted...]
-        <x:v>3026 0321</x:v>
+        <x:v>Woca</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tværvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunderskov</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Exterior Wood Cleaner, 3 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0324</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood cleaner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Gammeldags</x:v>
-[...8 lines deleted...]
-        <x:v>Åkersberga</x:v>
+        <x:v>Woca</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tværvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunderskov</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Exterior Wood Cleaner, 2,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0324</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woca Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tværvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunderskov</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>