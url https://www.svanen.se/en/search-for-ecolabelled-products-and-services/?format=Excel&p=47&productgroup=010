--- v0 (2026-01-15)
+++ v1 (2026-03-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e248a076dae4efd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49b72bd4a95b4dba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rbae80933530e4bbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R952e19185dcf4f7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbae80933530e4bbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R952e19185dcf4f7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -1156,50 +1156,210 @@
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Arbor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Arbor AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Arborveien 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HATTFJELLDAL</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Solid Väggskiva 12mm P4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A17160)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A13120)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arbor Eco 22 mm slissegulv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arborveien 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HATTFJELLDAL</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arbor Eco standard fals 1220 x 2390</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arborveien 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HATTFJELLDAL</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Green-line: Spaandex K-Gulv P6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5010 0015</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novopan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronospan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fabriksvej 2</x:v>
@@ -1252,1426 +1412,1266 @@
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novopan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronospan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fabriksvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ryomgård</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solid Väggskiva 12mm P4</x:v>
+        <x:v>LK Heatfloor 22, Spårskiva P6 c/c 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LK Systems AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 66</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LK Heatfloor 22, Vändskiva P6 c/c 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LK Systems AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 66</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arbor Eco 22 mm fuktbestandig gulv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arborveien 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HATTFJELLDAL</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A17180)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Spånskiva P2 10-38mm (A17160)</x:v>
+        <x:v>Spånskiva P2 10-38mm (A13160)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Spånskiva P2 10-38mm (A13120)</x:v>
+        <x:v>Spånskiva P2 10-38mm (A17380)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arbor Eco 22 mm slissegulv</x:v>
-[...159 lines deleted...]
-        <x:v>Spånskiva P2 10-38mm (A17180)</x:v>
+        <x:v>Forestia Ergospon Pure 18mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Damvegen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRASKEREIDFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Novopan klimagulv EN 312 P4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5010 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novopan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronospan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ryomgård</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A17150)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Spånskiva P2 10-38mm (A13160)</x:v>
+        <x:v>Spånskiva P2 10-38mm (A17220)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Spånskiva P2 10-38mm (A17380)</x:v>
-[...31 lines deleted...]
-        <x:v>Forestia Ergospon Pure 18mm</x:v>
+        <x:v>Forestia Ergospon Pure 16mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Damvegen 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BRASKEREIDFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Novopan klimagulv EN 312 P4</x:v>
+        <x:v>KLH - CLT Spruce Swan Eco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0030, 3010 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cross laminated timber (CLT)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KLH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KLH Massivholz GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teufenbach-Katsch</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite FR Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite Optima</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MDF Fibralux Pro LF+ Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin Fibralux</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV Division Panels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite Moisture Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite Vent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>StyleBoard MDF plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer Deutschland GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingolstädter Straße 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neumarkt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>StyleBoard deep routing best</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer Deutschland GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingolstädter Straße 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neumarkt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite Premier</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite Lite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>StyleBoard MDF Euro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer Deutschland GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingolstädter Straße 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neumarkt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>StyleBoard MDF black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer Deutschland GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingolstädter Straße 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neumarkt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite Flame Retardant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DecoBoard P2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melamine faced board (MFB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer Deutschland GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingolstädter Straße 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neumarkt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forestia eliteX Cement Pure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melamine faced board (MFB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Damvegen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRASKEREIDFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forestia eliteX Mackenzie Pure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melamine faced board (MFB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Damvegen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRASKEREIDFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forestia eliteX Haze Pure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melamine faced board (MFB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Damvegen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRASKEREIDFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forestia eliteX Jasmund Pure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melamine faced board (MFB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Damvegen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRASKEREIDFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green-line: Spaandex MFC</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5010 0015</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Chipboard</x:v>
+        <x:v>Melamine faced board (MFB)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novopan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronospan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fabriksvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ryomgård</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Spånskiva P2 10-38mm (A17150)</x:v>
-[...63 lines deleted...]
-        <x:v>Forestia Ergospon Pure 16mm</x:v>
+        <x:v>Forestia eliteX Hvit 102 Pure</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Chipboard</x:v>
+        <x:v>Melamine faced board (MFB)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Damvegen 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BRASKEREIDFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>KLH - CLT Spruce Swan Eco</x:v>
-[...264 lines deleted...]
-        <x:v>Fiber board</x:v>
+        <x:v>Forestia eliteX Fresco Pure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melamine faced board (MFB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Damvegen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRASKEREIDFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forestia eliteX Grå Skifer Pure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melamine faced board (MFB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Damvegen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRASKEREIDFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DecoBoard P2 F****</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melamine faced board (MFB)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pfleiderer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pfleiderer Deutschland GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ingolstädter Straße 51</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neumarkt</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>StyleBoard deep routing best</x:v>
-[...194 lines deleted...]
-        <x:v>2010 0029</x:v>
+        <x:v>Forestia eliteX Montello Pure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Melamine faced board (MFB)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Pfleiderer</x:v>
-[...13 lines deleted...]
-        <x:v>Forestia eliteX Cement Pure</x:v>
+        <x:v>Forestia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Damvegen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRASKEREIDFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forestia eliteX Grå Sand Pure</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Melamine faced board (MFB)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Damvegen 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BRASKEREIDFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forestia eliteX Mackenzie Pure</x:v>
-[...318 lines deleted...]
-      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 12x120x4500mm glattkant NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
@@ -3204,210 +3204,210 @@
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x195x4500mm foring NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x45x4500mm Kaia m/skygge tak NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x55x4500mm Lisa tak NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x75x4500mm Lea tak NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 16x26x4500mm Notsporlist NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sørlandslisten fuktbestandig MDF 18x195x4500mm foring NCS/RAL alle farger</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 12x45x4500mm glattkant NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
@@ -4228,275 +4228,275 @@
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 12x25x4500mm Notsporlist NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 12x58x4500mm glattkant spikerfri NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 12x70x4500mm glattkant NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 16x68x4500mm Lona kombi NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x45x4500mm Dus m/skygge tak NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x540x4500mm foring NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestanding MDF 12x58x4500mm NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF SL-spesial</x:v>
-      </x:c>
-[...222 lines deleted...]
-        <x:v>Sørlandslisten fuktbestanding MDF 12x58x4500mm NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>