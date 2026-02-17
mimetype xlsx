--- v0 (2026-01-03)
+++ v1 (2026-02-17)
@@ -1,85 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b42b8d988174e25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8be75ab03399431b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Ra99ce547f6744e70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R5c9767ce9df24f0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra99ce547f6744e70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c9767ce9df24f0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Totalbyggen i Västerås, Flerbostadshus, Kv Relingen 2 (Relingen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0343</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apartment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bostjärnan Förvaltnings Aktiebolag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>JM AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0083</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Apartment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
@@ -260,50 +292,242 @@
       </x:c>
       <x:c t="str">
         <x:v>Building for residential care facility</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Genova</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Genova</x:v>
       </x:c>
       <x:c t="str">
         <x:v>c/o Genova Property Group AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Wästbygg Gruppen, Flerbostadshus, Brf Tuvebo Ateljé (Göteborg Tuve 134:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Dockporten (Malmö Dockporten 8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Sverige, Flerbostadshus, Brf Notuddsparken (Nautilus 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Kvibergs Boulevard (Del av Kviberg 29:7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Porten (Middagen 31)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Peab Bostad, Flerbostadshus, Brf Skeppet (Sjöormen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>K2A Hyresbostäder, Flerbostadshus, Vega park Etapp 3 (Kolartorp 1:372, 1:373 och 1:47)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0082</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>K2A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>K2A Hyresbostäder</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nybrogatan 59</x:v>
@@ -1828,39502 +2052,39502 @@
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lindhagensgatan 72</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Wästbygg Gruppen, Flerbostadshus, Brf Tuvebo Ateljé (Göteborg Tuve 134:2)</x:v>
+        <x:v>JM, Flerbostadshus, Facetten (Dolken GA:1 och GA:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Brf Kerstins gård (Öjersjö 4:179)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Tomtebo gård kv P2 (Äppellunden 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Peab Bostad, Flerbostadshus, Varvshallen etapp 2 - Fyrtornet (Mörmon 5:78)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wisab Bygg, Flerbostadshus, Brf Botairlunden 3 (Gotland Visby Bläckfisken 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wisab Bygg AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1316</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hemsö, Flerbostadshus, Vågen (Vilunda 6:66)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemsö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemsö Fastighets AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen, Flerbostadshus, Bolighuset (Täckeråker 1:239)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0076</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wästbygg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wästbygg Gruppen AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 912</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Borås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PEAB Bostad, Flerbostadshus, Dockporten (Malmö Dockporten 8)</x:v>
+        <x:v>Skanska, Flerbostadshus, Elinegård, Kv Allmogen (Allmogen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska Sverige, Flerbostadshus, Brf Västra Allén (Bonden 8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Rickomberga Backe 3 (Del av Rickomberga 21:9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Kapellgärdet Arena, etapp 5 (Kvarngärdet 56:17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige, Flerbostadshus, Brf Trädloungen (Höbalen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Älvsjö Loft (Kabelverket 21-89)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Brf Newton (Kv Täckeråker 1:229)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stena Bygg, Flerbostadshus, Trägården etapp 1 (Askim 229:2, Askim S:19)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0166</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Bygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Fastigheter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmlandsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Flerbostadshus, Brf Häggviks Dunge (Svarven 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Viktor Hanson, Flerbostadshus, Stratos Täby park (Topasen 1, 2, 7, 8, 9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0171</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Viktor Hanson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lumaparksvägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Gökegårds Tun (Öjersjö 2:56)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Varvsterrassen (Träförrådet 6)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0073</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PEAB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PEAB Bostad AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 1282</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ängelholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PEAB Sverige, Flerbostadshus, Brf Notuddsparken (Nautilus 2)</x:v>
+        <x:v>Stena Bygg, Flerbostadshus, Kv. 7 Vega Supernova (Täckeråker 1:244)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0166</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Bygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Fastigheter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmlandsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gärahovs Bygg, Flerbostadshus, Brf Park (Hälsan 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0229</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gärahovs Bygg AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödestuguvägen 42</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SBB Krämaren 8, Flerbostadshus, Krämaren 8 (Krämaren 8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0248</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>SBB Krämaren 8 AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>c/o SBB I NORDEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Flerbostadshus, Nacka Strand Fabriken (Sicklaön 362:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder, Flerbostadshus, Kornknarren (Kornknarren 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Dyrvers Kulle (Lådmakaren 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granitor Projects, Flerbostadshus, Fyra Famnar Trygghetsboende i Viken (Viken 135:169)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0147</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Granitor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Granitor Projects AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basargränd 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad Flerbostadshus, Brf Grönmyntan (Åkermyntan 10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Balder Sankt Göran, Flerbostadshus, Gladan 3 (Gladan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balder Sankt Göran</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fastighets AB Balder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 53121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB, Flerbostadshus, Brf Pionjären (Veddesta 2:112)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Trygghetsboende Remonthagen (Riktaren 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Lindholmsvarvet (Lindholmen 42:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf KAJ 306 (Trollhättan 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Sverige, Flerbostadshus, Hyresrätter Söderbo (Kräftan 8, Bangårdsgatan 15, Östersund)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0049</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PEAB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Peab Sverige AB Förslöv</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Förslöv</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>JM, Flerbostadshus, Kvibergs Boulevard (Del av Kviberg 29:7)</x:v>
+        <x:v>Skanska, Flerbostadshus, Brf Ängsvädden (Kviberg 29:8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad Flerbostadshus, Grönskan (Fyllinge 20:581)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Bofinken (Kallhäll 1:88)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0083</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>JM, Flerbostadshus, Porten (Middagen 31)</x:v>
+        <x:v>JM, Flerbostadshus, Lindö strand 1 (Barlasten 1 och Åran 2)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0083</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Peab Bostad, Flerbostadshus, Brf Skeppet (Sjöormen 2)</x:v>
+        <x:v>Wästbygg Gruppen, Flerbostadshus, No. 12 Kristianstad (Domus 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos, Flerbostadshus, Lingenäs (Majoren 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bolite Bostäder, Flerbostadshus, Fågelporten (Nyköping Lidret 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0177</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bolite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bolite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5330</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Viktor Hanson AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0171</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Viktor Hanson </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Viktor Hanson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lumaparksvägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen, Flerbostadshus, Vårberg Ungdomsbostäder (Andholmen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Ryttarstugan Västra (Månstenen 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Solgårdsterrassen 3 (Stenung 2:305)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0073</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Bergtallen (Sigtuna Ekilla 6:140)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Gamlestads Plaza (Gamlestaden 80:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB, Flerbostadshus, Hovås Entré (Göteborg Hovås 451:68)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Serneke Sverige, Flerbostadshus, Brf Kärnekulla Vättervyn (Kärnekulla 1:55)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Serneke</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Serneke Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvarnbergsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Nästet Svalan (Ultuna 7:5-7:6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Genova, Flerbostadshus, Handelsmannen (Journalisten 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>c/o Genova Property Group AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Lyra i Vipeholmsparken (Pentagonen 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Genova Bostad Projektutveckling, Flerbostadshus, Korsängen (Korsängen 20:47)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>c/o Genova Property Group AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Havsbrisen (Vindmotorn 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
         <x:v>PEAB Bostad AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 1282</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ängelholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>JM, Flerbostadshus, Facetten (Dolken GA:1 och GA:2)</x:v>
+        <x:v>PEAB Bostad, Flerbostadshus, BRF Å-kanten &amp; BRF Å-blicken (Spinnerskan 5 &amp; Spinnerskan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Bunkhagen Norra (Täby Opalen 85-223)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0083</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bonava, Flerbostadshus, Brf Kerstins gård (Öjersjö 4:179)</x:v>
+        <x:v>JM, Flerbostadshus, Brf Igelsta Terrass (Sågverket 56)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åke Sundvall, Flerbostadshus, Kasvakten 2 (Viggholmen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bygg Partner i Dalarna, Flerbostadshus, Spexaren (Luthagen 61:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bygg Partner i Dalarna Aktiebolag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOX 848</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Serneke, Flerbostadshus, Kv. Mars (Mars 9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Serneke</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Serneke Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvarnbergsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke, Flerbostadshus, Teaterkvarteret Etapp 2 (Branddörren 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Slagsta Utveckling 19, Flerbostadshus, Slagsta Strand Kv. 8-9 (Tegelröret 1 och Tegelröret 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0337</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSF IV LivReal Slagsta Strand 5 AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smålandsgatan 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Rödängs Hallon (Rallarrosen 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aros Bostadsutveckling, Flerbostadshus, Viggby Ängar 3 (Näsbypark 15:19)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC, Flerbostadshus, Kv Fältläkaren, Uppsalahem (KÅBO 53:3, Dag Hammarskjölds Väg 29C-E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stena Bygg AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0166</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Fastigheter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmlandsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Diamanten etapp 1 (Kanoten 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC, Flerbostadshus, Vega Kv. 16-18 Zenit, Nadir, Horisont (Haninge Täckeråker 1:241, Haninge Täckeråker 1:242, Haninge Täckeråker 1:243)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Peab Bostad, Flerbostadshus, Brf Södra Hemlingby Gävle (Hemlingby 75:3, 75:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Kvibergs Landeri 1 (Kviberg 29:34)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf. Älvshöjden (Sälen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Carl Florman 1 (Carl Florman 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska Sverige, Flerbostadshus, Brf Esplanaden (Skintebo 391:7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Ryttarstugan Östra (Månstenen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Gläntan 1 (Elittruppen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Sillkajens Platå (Sicklaön 38:37)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige, Flerbostadshus, Brf Spinneriet på Södermalm (Papayan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BC Linköping, Flerbostadshus, Brf Black &amp; Timber (Fålåsa 1:47, 1:51)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0227</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BC Linköping</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BC Linköping AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moljins väg 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC, Flerbostadshus, Riksbyggen Brf Sjömärket (Sjömärket 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Studenthus, Flerbostadshus, Hinderbanan etapp 4 (Kungsbäck 2:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Studenthus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Panorama i Hudiksvall (Strand 4:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Stormlyktan (Vilunda 19:12)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr, Flerbostadshus, Gröna Lund etapp 2 (Måsen 22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Serneke, Flerbostadshus, Kv Capella, Karlastaden (Göteborg Lindholmen 1:44-1:45)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Serneke</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Serneke Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvarnbergsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen, Flerbostadshus, Slottshamnen (Frontespisen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Flerbostadshus, Nacka Strand, Magasinet (Sicklaön 362:6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Credentia, Flerbostadshus, Brf Watt (Barkarby 2:76)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 395</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen, Flerbostadshus, Tuvebo Glashytta (Göteborg Tuve 12:40)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC, Flerbostadshus, Lunar, Kv 10-11, Venera Kv 8-9, Gaffelseglet, Vega (Täckeråker 1:246-1:249)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Sverige AB, Flerbostadshus, Tegnérporten (Västerås Isolatorn 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Krokslätts Terrasser (Krokslätt 20:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Celsius, Hus 1 (Sannegården 91:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granitor Projects, Flerbostadshus, Brf Stadsgränden (Trelleborg Övre 1, Trelleborg Övre 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0147</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Granitor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Granitor Projects AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basargränd 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska Sverige, Flerbostadshus, Åstranden 5 (Blästerugnen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Strandkanten Bromma - Brf Masugnen, Brf Pråmen och Brf Strandpilarna (Schaktugnen 1, 2, 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åke Sundvall, Flerbostadshus, Kvarter 21 Hus 2 (Barkarby 2:303)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åke Sundvall, Flerbostadshus, Kvarter 21 Hus 4 (Barkarby 2:305)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Esplanaden (Gaslyktan 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Yllefabriken (Graningesjön 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Sillkajen et 2 (Sicklaön 38:44)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Kv Gropgården (Gropgården 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IKANO Bostad, Flerbostadshus, Kv. Gunhild (Gunhild 4 och Gunhild 8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikano Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKANO Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB, Flerbostadshus, Skiffertornet (Kvarngärdet 30:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Kvibergs Säteri (Kviberg 29:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Ängsviolen (Gulmåran 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Consto, Flerbostadshus, Brf Tullholmsterrassen (Kölen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0193</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Consto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kulinggatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Flora Söderdalen, etapp 9 (Jakobsberg 2:2873)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB, Flerbostadshus, Solnavägen Kvarter 2 Brf Haga Palett Verde (Tomteboda 12 och 13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad, Flerbostadshus, Åby Ängar Kv 4 i Vallentuna (Vallentuna Åby 1:168)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1503</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1503</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Mörtnäsviken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC, Flerbostadshus, Björnparken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB, Licens för att bygga Svanenmärkt flerbostadshus, Bostadsrätter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åke Sundvall, Flerbostadshus, Kv. Sicklingen 2 (Hovtången 1, Rörtången 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC Sverige AB, Folkboende, Flerbostadshus, Kv. Klippblocket (Del av Västerås 2:14, Vetterslund)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB: Licens för att bygga Svanenmärkt flerbostadshus (Start Living)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad Flerbostadshus, Brf Solgårdsterrassen 1 (Stenung 2:307)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke, Flerbostadshus, Brf Öjersjö Glänta (Öjersjö 6:750)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Flerbostadshus, Vårdboende Ultuna / Juliahemmet (Ultuna 13:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Mikroskopet</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lindhagensgatan 72</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bonava, Flerbostadshus, Tomtebo gård kv P2 (Äppellunden 1)</x:v>
+        <x:v>Bolite Bostäder AB: Licens för att bygga Svanenmärkt, hyresbostäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0177</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bolite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bolite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5330</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Svärdsliljorna (del av Svärdsliljan 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Brf Hamnträdgården 2 (Brännäset 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Gunnestorpsvägen (Kv1: Tuve 134:1 &amp; Kv3: Tuve 134:4)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lindhagensgatan 72</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Peab Bostad, Flerbostadshus, Varvshallen etapp 2 - Fyrtornet (Mörmon 5:78)</x:v>
+        <x:v>Veidekke Entreprenad, Flerbostadshus, Brf Blanka (Lindholmen 44:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1503</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Havreflingan (Jakobsberg 2:2853)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Förseglet (Västerås 1:141)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Slussporten (Kolonilotten 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Kv. Smugglaren (Smugglaren 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder, Flerbostadshus, Hinderbanan Etapp 2 (Kungsbäck 2:27, Kungsbäck 2:28)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad Flerbostadshus, Skogsviolen i Södertälje (Ängsviolen 5)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0073</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PEAB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PEAB Bostad AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 1282</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ängelholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Wisab Bygg, Flerbostadshus, Brf Botairlunden 3 (Gotland Visby Bläckfisken 2)</x:v>
+        <x:v>PEAB Bostad Flerbostadshus, Brf Södra Hemlingby (Hemlingby 75:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Erik Wallin AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0191</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Erik Wallin Aktiebolag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kryssargatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige, Flerbostadshus, Brf Hills Villastad Cederbacken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Urbani (Skintebo 391:12)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Brf Rapsblomman (Jakobsberg 2:2864)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Brf Parklinden (Jakobsberg 2:2863)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Brf Smedjan (Mölnlycke 1:169)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granitor Projects AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0147</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Granitor Projects AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basargränd 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC Sverige AB: Licens för att bygga Svanenmärkt flerbostadshus, Folkboende</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC, Flerbostadshus Folkboende, Rudsberget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Centrumtomten Etapp 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC Sverige AB: Licens för att bygga Svanenmärkt flerbostadshus, Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos AB: Licens för att bygga Svanenmärkt flerbostadshus, Hustyp Smalhuset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Qvillestaden (Brämaregården 18:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Tröskverket 3 (Tröskverket 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Fritiden (Hovås 451:66)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad, Flerbostadshus, Maria Station</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1503</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder, Flerbostadshus, Havsmannen (Havsmannen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke, Flerbostadshus, Kv. Siv (Kv Siv 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke, Flerbostadshus, Flatås Park (Järnbrott 212:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Sisjödal, (Kobbegården 540:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB, Licens för att bygga Svanenmärkt flerbostadshus, Hyresrätter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Ängsklockan  (Kviberg 29:8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derome Hus AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derome</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derome Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC, Flerbostadshus, Kvarteret Skiftnyckeln (Enköping Fanna 32:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Tomtebogatan (Trollskogen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Kv. Klövern (Opalen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Öbacka Strand 6 (Tullkvarnen 1, Hoppets Gränd 32, 34)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad, Flerbostadshus, HR Målet (Klosterbacken 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1503</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Periskopet (del av AGA 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC, Flerbostadshus, Kv Älgen (Älgen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Järntorget, Flerbostadshus, Vista, Traneberg (Garpkölen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget Byggintressenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget Box 1267</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Picknick i Vipeholmsparken (Vipemöllan 53)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf SKPSBRON nr 1 (Öppningen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad, Flerbostadhus, Trappsteget 2 (Trappsteget 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1503</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Kalkbrottet (Hattsnäckan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige, Flerbostadshus, Brf Hills Villastad Solläget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige, Flerbostadshus, Kv. Atmosfären Etapp 2 (Ekparketten 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC, Flerbostadshus, Berga Hyresrätter (Lavinen 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke, Flerbostadshus, Branddörren Etapp 3b (Branddörren 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Kapellgärdet Arena Etapp 3 (Kvarngärdet 56:18)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>K2A Studenthus AB, Flerbostadshus, Förrådet (Förrådet 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Studenthus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Brf Operetten i Malmö (Priorn 8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Brf Operan i Malmö (Priorn 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Å-promenaden i Nyköping (Spinnerskan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Uppfinnaren Dalénum (Lidingö Uppfinnaren 4-61, s:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Kv. Fören (Lomma 25:156)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Studenthus, Flerbostadshus, Hortonomen (Hortonomen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Studenthus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Hjälmare Hage 1 (Beckasinen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Flerbostadshus, Nacka Strand, Verkstaden (Sicklaön 362:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Kapellgärdet Arena Etapp 4 (Kvarngärdet 56:20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder, Flerbostadshus, Stora Råby (Näcken 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Dublonen (Sandaletten 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aros Bostadsutveckling, Flerbostadshus, Fabriksparken (Tråden 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aros Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Rickomberga backe 3:2 (Rickomberga 21:9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder, Flerbostadshus, Diskusen (Diskusen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska Sverige, Flerbostadshus, Galleriet, Nya Hovås (Skintebo 391:16)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Linnéan i Järvastaden (Linnean 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aspelin Ramm Fastigheter AB, Flerbostadshus, Brf Växthuset (Magistern 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0243</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aspelin Ramm Fastigheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AR Kvarter 5.1 ekonomisk förening</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Bruket (Sandformen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Strandängen 1 (Österåker Näs 7:13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB, Flerbostadshus, Haga Boulevard &amp; Haga Venue  (Proteinet 1, Proteinet 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Verkstan 2 (Motormannen 9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC, Flerbostadshus, Prisman (Prisman 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Flerbostadshus, Norra Djäknen Omsorg (Uppsala Kvarngärdet 60:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos AB, Flerbostadshus, Majoren 3 och Majoren 4 (Majoren 3, Majoren 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Gunhild (Gunhild 9-68, s:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Strandängen 3 (Österåker Näs 7:10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, flerbostadshus, Tallbacken (Putsaren 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Solveig (Kablaget 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Flerbostadshus och småhus, Brf Ella Allé (Strömmingen 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Brf Gunhild (Gunhild 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska Sverige, Flerbostadshus, Ankaret (Formen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contractor Bygg i Umeå, Flerbostadshus, Barnmorskan 2 (Barnmorskan 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0311</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Contractor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Obbolavägen 112A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gångaren Projekt, Flerbostadshus, Brf Gourmet (Gångaren 23)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0316</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gångaren Projekt AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>c/o ELECTROLUX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Sverige, Flerbostadshus, Ekebäckshöjd Kv Väst, B1 (Järnbrott 117:16)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Brf Origo i Lomma (Lomma 33:49)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Backtimjan (Backtimjan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trollängen Exploatering i Kungsbacka, Flerbostadshus, Brf Konings Bakkae (Kungsbacka Skårby 6:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0322</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trollängen Exploatering i Kungsbacka AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flöjelbergsgatan 1 c</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, ÄR Flaggspelet (Lomma 25:218-237)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Slagsta Utveckling 19, Flerbostadshus, Slagsta Strand Kv. 7 (Tegelpannan 1 och 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0337</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSF IV LivReal Slagsta Strand 5 AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smålandsgatan 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke, Flerbostadshus, Hills Villastad (Balltorp 1:124)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Gillet (Vildanden 15)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Kvibergs äng (Kviberg 29:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Gretas glänta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Genova, Flerbostadshus, Vråken (Vrå 1:392)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>c/o Genova Property Group AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Tinnerbäcks Vy (Elittruppen 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Limestone (Spexet 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Ypsilon Dalénum (Lidingö Agaspisen 1-101; s:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Rickomberga Backe (Rickomberga 21:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Lanternan (Formen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Märtas Berså (Tårpilen 11)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Brf Esplanaden 3 (Kungsängen 43:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wisab Bygg AB, Flerbostadshus, Brf Botairlunden 1 (Gotland Visby Bläckfisken 4)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0174</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Wisab Bygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wisab Bygg AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1316</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke, Flerbostadshus, Brf Änggårdsblicken (Järnbrott 212:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Nästet, Bofinken (Ultuna 2:28)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Solkatten (Solkatten 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Närheten 1 i Uppsala (Kungsängen 24:18)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Familjebostäder i Göteborg, Flerbostadshus, Grevegårdsvägen (Tynnered 7:1) Gård 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0033</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Familjebostäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Familjebostäder i Göteborg AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder, Flerbostadshus, Hinderbanan Etapp 3 (Hinderbanan 2:27)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige, Flerbostadshus, Årsta Kulle (Malsnaren 1, Eknaren 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wisab Bygg, Flerbostadshus, Brf Botairlunden 2 (Gotland Visby Bläckfisken 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wisab Bygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wisab Bygg AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1316</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Sverige, Flerbostadshus, Ciderhusen, Steninge Slottsby (Steninge 1:30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Wisab Bygg AB</x:v>
-[...10 lines deleted...]
-        <x:v>Hemsö, Flerbostadshus, Vågen (Vilunda 6:66)</x:v>
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Eriks gränd (Orienteraren 1, Pomologen 1 och Solstrålen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Varvskajen (Träförrådet 2, 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Korpralen 1914 (Trossen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Tändstickan 4 (Göteborg Kallebäck 2:13, Göteborg Kallebäck 2:14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MTA Bygg och Anläggning, Flerbostadshus, Lagerkransen 2 (Lagerkransen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>MTA Bygg och Anläggning Skåne AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Halmstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Peab Bostad AB, Flerbostadshus, Brf Ekbacken (Vildkatten 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Trettioett Tolered (Göteborg Tolered 185:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige, Flerbostadshus, Brf Alléhusen (Våren 1, Sommaren 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB, Flerbostadshus, BRF Panorama i Bredäng (Stockholm Vårfrugillet 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg, Flerbostadshus, Brf Soluret (Dagvattnet 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Bark (Humlegården 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB, Flerbostadshus, Rissne Höjden (Luntmakaren 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Scilla (Månstenen 2 i Täby)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Peab Bostad, Flerbostadshus, Brf Ekan (Vänersnipan 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IKANO Bostad, Flerbostadshus, Kv OP (Höfånget 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikano Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKANO Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Igelsta Strandentré (Sågverket 11)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad, Flerbostadshus, Brf Honungskupan (Seldonet 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1503</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Bergkullen (Bergkullen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Flerbostadshus, Norra Djäknen hus 3 (Kvarngärdet 60:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Förseglet 4, Hus J (Förseglet 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg, Flerbostadshus, Pireus, Lund (Norra Fäladen 3:14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Solvändan och Brf Solhatten (Sicklaön 38:41 och 38:42)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska Sverige, Flerbostadshus, Verkstan 1 (Motormannen 9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stena Bygg, Flerbostadshus, Askegården Etapp 2 (Kobbegården 6:739)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0166</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Bygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Fastigheter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmlandsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Sjöbris (Nautilus 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Aulan, Pedagogen Park (Växthuset 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Fyrskeppet i Varvsstaden (Fyrskeppet 1, Fyrskeppet 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige, Flerbostadshus, Brf Flora (Skogskällan 48-50)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Patriam, Flerbostadshus, Patriam Torsvik (Lidingö Torselden 8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0265</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Patriam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biblioteksgatan 3, 5TR</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr, Flerbostadshus, Brf Ciceron (Göteborg Masthugget 43:9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB, Flerbostadshus, Kymmendö 4 (Kymmendö 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IREEF - Skålen 24 PropCo 2, Flerbostadshus, Brf Tilehouse (Skålen 29)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0269</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>IREEF - Skålen 24 PropCo 2 AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/O Scius AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling, Flerbostadshus, Syrenbersån, Ultuna Trädgårdsstad (Ultuna 16:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS Nya Hem Produktion, Flerbostadshus, Elverkshuset Et 1, Brf Ampere (Sicklaön 134:37)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0283</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Erik Wallin, Flerbostadshus, Malongen/Renstiernas (Bondesonen Större 24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0191</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Erik Wallin Aktiebolag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kryssargatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Flerbostadshus, Tallbacken (Putsaren 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elisby Fastigheter AB, Flerbostadshus, Orminge Torg etapp 1 (Orminge 46:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0298</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisby Fastigheter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arsenalsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Kajplatsen (Kolgården 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sehlhall Produktion, Flerbostadshus, Othem Ejdern 6 (Ejdern 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0305</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sehlhall Produktion AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tegnérgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Disponenten (Sicklaön 38:38 och 38:39)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Framtiden i Skellefteå (Grunnan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IKANO Bostad, Flerbostadshus, Lysa (Täckeråker 1:254)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikano Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKANO Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granitor Projects, Flerbostadshus, Droppen (Malmö Gästgiveriet 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0147</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Granitor Projects AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basargränd 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Glöd (Örtagården 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Genova Bostad Projektutveckling, Flerbostadshus, Segerdal Kv. C (Gredelby 21:6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>c/o Genova Property Group AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC, Flerbostadshus, Kv. Finland 1 Kristianstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Brf Glädjen i Sköndal (Kollektbössan3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moelven Byggmodul AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moelven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moelven Byggmodul AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brovägen 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Trekanten (Garvaren 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Stångudden (Tullaren 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Sverige, Flerbostadshus, Hyresrätter Tallbo, (Tallåsen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke, Flerbostadshus, Brf Gårdskvarteren (Kolla 5:27 &amp; 5:28)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IKANO Bostad AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikano Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKANO Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Kv. Nor (Täby Topasen 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Heliosparken 1 och Brf Heliosparken 2 (Påsen 14 och Påsen 13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Kristinebergs slottspark (Krillans krog 1, 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Skärvets trädgårdar 1 (Skärvet 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Sverige, Flerbostadshus, Brf Zick Zack/Ekeblad Bostad (Bankeberg 11:337, 11:338)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Hamnutsikten (Hammarö Mörmon 5:76)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen, Flerbostadshus, Tuvebo Smedja (Tuve 134:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bolite Bostäder AB: Licens för att bygga Svanenmärkt, flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0177</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bolite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bolite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5330</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Solgårdsterassen 2 (del av Stenung 2:303)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Västra Citadellskajen (Löjan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Tinnerbäcks Brunn (Elittruppen 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Rosenfred (Mästaren 10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Trädgårdsholmen (Packhusallén 6D, 6G, 6K)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Betonmast Mälardalen, Flerbostadshus, Bokoop Nykvarn (Ströpsta 3:611-3:615)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AF Bygg Öst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klastorpsslingan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södertälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>K2A Studenthus AB, Flerbostadshus, Hinderbanan etapp 1 (Kungsbäck 2:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Studenthus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Parken (Middagen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Teleterrassen (Våldö 7, 8, 9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige, Flerbostadshus, Grönalund (Måsen 23)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Varvshallen (Mörmon 5:78)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, K7 (Lagringen 4-188)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granitor Projects, Flerbostadshus, Lägerplatsen (Lägerplatsen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0147</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Granitor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Granitor Projects AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basargränd 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Peab Bostad, Flerbostadshus, Johannesörten (Johannesörten 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB, Flerbostadshus, Brf Bromma Trädgårdsstad (Skranket 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Brf Timotej (Järfälla Jakobsberg 2:2866)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Lilla Guldkornet (Sannegården 7:15)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Guldkornet (Sannegården 7:14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige, Flerbostadshus, Brf Kattugglan, Kålltorp (Kålltorp 44:42)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gärahovs Bygg, Flerbostadshus, Sjöviken, Strandängen (Terminalen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0229</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gärahovs Bygg AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödestuguvägen 42</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Promenaden i Silverdal (Sollentuna Middagen 33-83, s:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Skiljebo Äng 1 (Cypressen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Genova, Flerbostadshus, Segerdal Kv. B (Knivsta Gredelby 21:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>c/o Genova Property Group AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Havsbrynet (Sandformen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Sjöviksterrassen (Årstaäng 8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Flerbostadshus, Boston (Kv Kilaberg 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Brf Logementet (Kviberg 28:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stena Bygg, Flerbostadshus, Askegården Etapp 3 (Kobbegården 6:738)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0166</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Bygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Fastigheter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmlandsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska Sverige, Flerbostadshus, Studio115 (Fastighetsboken 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava Sverige, Flerbostadshus, Brf Timjan (Elittruppen 8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aros Bostadsutveckling, Flerbostadshus, Brf T1 Fabriksparken (Tråden 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aros Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Bunkhagen Södra (Täby Opalen 4-84)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Brf Gläntan i Lund (Vipemöllan 54)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen, Flerbostadshus, Cityterrassen (Godsfinkan 2, Malmö)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åke Sundvall, Flerbostadshus, Kasvakten 1 (Lomholmen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Sjöviksgläntan (Årstaäng 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, flerbostadshus, Tallbacken (Putsaren 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen, Flerbostadhus, Tjärleken - Brf Tjäran (Fartyget 2, del av Fartyget 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Kv. 9, Brf Klassrummet (Studenten 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ålandsbostäder AB, Flerbostadshus, Fastighets AB Segelmakargatan 4 (478-24-32-8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0301</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ålandsbostäder AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kalvskärsvägen 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariehamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aranäs Projekt, Flerbostadshus, Brf Tingshöjd (Finken 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0315</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aranäs Projekt AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 10333</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsbacka</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klövern, Flerbostadshus, Doktoranden (Sundbyberg Doktoranden 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0318</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klövern AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Västra Vakten (Brännhuset 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>K2A Knaust &amp; Andersson Fastigheter AB: Licens för att bygga Svanenmärkt Flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0082, 3089 0087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke, Flerbostadshus, Barkarbystaden Etapp 2 (Barkarby 2:51, 2:52, 2:53)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Kv. Skärvet Hyreshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Kv. Plinten 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad, Flerbostadshus, Pilevall (Exporten 54)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1503</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Peab Sverige AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava: Licens för att bygga Svanenmärkt Flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Peab Bostad, Flerbostadshus, Brf Kajutsikten i Karlstad (Tullen 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Lakholmen (Packhusallén 6A,6B)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC, Flerbostadshus Design, Kv. Lindaren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Kv. 9A (Elittruppen 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Brf Riggen i Lomma (Lomma Lomma 25:152)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hemsö, Flerbostadshus, Boktryckaren 1 (Boktryckaren 1)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0159</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hemsö</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hemsö Fastighets AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 24281</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Wästbygg Gruppen, Flerbostadshus, Bolighuset (Täckeråker 1:239)</x:v>
+        <x:v>JM, Flerbostadshus, Strandviolen (Gulmåran 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granitor Projects, Flerbostadshus, HSB Brf Parkhusen i Landskrona (Florens 1, Turin 1, Venedig 1, Verona 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0147</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Granitor Projects AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basargränd 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yard Barkarby Fastighets, Flerbostadshus, Brokvarteret (Barkarby 2:539-2:542)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0310</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slättö Mangolia Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>c/o Magnolia Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt flerbostadshus, Grupphus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS, Flerbostadshus, Åkerbruket Torget Svedala (Svedala 306:311)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus P303, Brf Femöre 2 (Femöre 1:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Kv. Sjösättningen 3 (Sjösättningen 3, Malmö)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC, Flerbostadshus, Brf Riddaren (Lavinen 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Huspartner i Skandinavien, Flerbostadshus, Brf Furuhill (Stocksågen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huspartner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huspartner i Skandinavien AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrviksvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Banmästaren (Hardebergabanan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Lav II på Tomtebo gård (Kålhagen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Soluret (Kabeltråden 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Kvibergs Allé (Kviberg 29:43)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige, Flerbostadshus, Kv. Atmosfären Etapp 1 (Cementen 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Aronia (Barrsätra 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Rickomberga Backe 2 (Rickomberga 21:10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Tallgläntan (Almen 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Löjtnanten 1914 (Trossen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos, Flerbostadshus, Fyllinge (Nocken 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Hyllie Bro (Badskon 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aros Bostadsutveckling, Flerbostadshus, Ektorpbacken (Sicklaön 73:49, 73:50)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aros Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Kv Flottiljen (Riksten 9:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Kvibergs Landeri 1 (Kviberg 29:35)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IKANO Bostad, Flerbostadshus, Brf Gnistra (Täckeråker 1:240)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikano Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKANO Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Sverige, Flerbostadshus, Brf Timmerby Village (Västra Sälen 7:323)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Kvadratum (Kåbo 64:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Elinegård, Kv. Pigan (Pigan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS Kärnhem Bostadsproduktion, Flerbostadshus, Brf Sandbyhofs Gård (Kv Anstalten 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0230</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Kärnhem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 217</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Tallgläntan på Norrmalm (Knapen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Flerbostadshus, Norra Djäknen hus 2 (Kvarngärdet 60:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Flerbostadshus, Norra Djäknen hus 1 (Kvarngärdet 60:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Alba (Gryningen 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granitor projects, Flerbostadshus, Life (Jane Addams 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0147</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Granitor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Granitor Projects AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basargränd 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen, Flerbostadshus, Slottsängen (Frontespisen 2-3)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0076</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wästbygg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wästbygg Gruppen AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 912</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Borås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Skanska, Flerbostadshus, Elinegård, Kv Allmogen (Allmogen 1)</x:v>
+        <x:v>Nordr Sverige, Flerbostadshus, Brf Haga Palett Terra (Tomteboda 11)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Brf Sofia Södra (Kiwin 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Partille Port kv 2 (Partille 11:70)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Flerbostadshus, Brf Årsta Ljuva (Siljan 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granitor Projects, Flerbostadshus, Brf Solgården Fridhem Ängelholm (Startpistolen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0147</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Granitor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Granitor Projects AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basargränd 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska Sverige, Flerbostadshus, Rosendals Port (Kåbo 62:1)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skanska</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skanska Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Warfvinges väg 25</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Skanska Sverige, Flerbostadshus, Brf Västra Allén (Bonden 8)</x:v>
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Östra Citygården, Etapp 2, (Partille 11:69)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Peab Bostad, Flerbostadshus, Brf Cubo (Dirigenten 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad Flerbostadshus, Brf Östra Citygården, Etapp 1, (Partille 11:52)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling, Flerbostadshus, Solna Parad (Solna, Banken 20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige, Flerbostadshus, Parkhusen (Göteborg Tynnered 8:3, Göteborg Tynnered 8:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Kv. Drängen (Drängen 1)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skanska</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skanska Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Warfvinges väg 25</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>JM, Flerbostadshus, Rickomberga Backe 3 (Del av Rickomberga 21:9)</x:v>
+        <x:v>Lyckos AB, Flerbostadshus, Brf Kaptenen (Mosippan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Botrygg Bygg, Flerbostadshus, Järfälla Barkarby 2:62, 2:543 – 2:648, Barkarby GA:50-51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0268</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Botrygg Bygg AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 335</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aros Bostadsutveckling, Flerbostadshus, Invernesshöjden Etapp 2 (Sjukhuset 19)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aros Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Kvarter 8 (Jakobsberg 2:2860)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0083</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bonava, Flerbostadshus, Kapellgärdet Arena, etapp 5 (Kvarngärdet 56:17)</x:v>
+        <x:v>Peab Bostad, Flerbostadshus, Brf Skeppsklockan (Galeasen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Horisont Barkarby Södra (Barkarby 2:306-2:379, Barkarby 2:496-2:534)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Kungsgatan 66 fyra (Kungsängen 44:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Lojobacken Lidingö (Lojo 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granitor Projects, Flerbostadshus, Brf Pålsjöängar (Kalken 1, Kalken 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0147</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Granitor Projects AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basargränd 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Flerbostadshus, Brf Kaprifolen i Järvastaden (Linnean 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Peab Bostad, Flerbostadshus, Brf Skutan (Sjöormen 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Peab Origo AB, Flerbostadshus, Origo (Stenåldern 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder, Flerbostadshus, Bjurhovda (Forntiden 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen, Flerbostadshus, Kv. Trädgårn (Svedala 1:87)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Varvsporten (Träförrådet 3 &amp; 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB, Flerbostadshus, Verket (Uppsala Kåbo 62:2, 62:3, 62:4, 62:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikano Bostad, Flerbostadshus, Brf Grönska (Höfånget 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikano Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKANO Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB, Flerbostadshus, BRF Panorama i Bredäng 2 (Stockholm Vårfrugillet 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derome Hus, Flerbostadshus, Körsbärslunden (Kungsbacka Må 3:133)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derome Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aros Bostad, Flerbostadshus, Alba (Ordlistan 1-2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aros Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling, Flerbostadshus, Brf Solna Estrad (Solnavägen 29)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wåhlin Fastigheter, Flerbostadshus, Vaktstugan 3 (Vaktstugan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wåhlin Fastigheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wåhlin Fastigheter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorpsvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Vélo (Naboland 1-2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svenska Studenthus, Flerbostadshus, Intervallet (Intervallet 7,8,9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Studenthus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Credentia, Flerbostadshus, Brf Volt (Barkarby 2:75)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 395</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Flerbostadshus, Norrberget - brf Skutan i Vaxholm (Lägerhöjden 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Kaptenen (Lomma 25:155)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad, Flerbostadshus, HSB Brf Ramselyckan (Öjersjö 16:3, Partille)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veidekke Entreprenad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1503</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Sticklingen (Tynnered 34:6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Perennen (Tynnered 34:10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Varbergs Fastighetsaktiebolag, Flerbostadshus, Gruppbostad Limabackavägen (Värö-Backa 8:76)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varbergs fastighets AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottninggatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Horisont Barkarby Norra (Barkarby 2:380-2:495)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Meteorologen 1 (Gränby 19:6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Dalgången (Stiernhielm 16)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Järntorget Byggintressenter, Flerbostadshus, Dammskogen Trilling (Skäggenäs 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget Byggintressenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget Box 1267</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Igelsta Trädkrona (Sågverket 12)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åke Sundvall, Flerbostadshus, Kvarter 21 Hus 3 (Barkarby 2:304)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Sverige, Flerbostadshus, Trägården Etapp 2 (Askim 229:5, Askim 229:6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ikano Bostad, Flerbostadshus, Brf Valla (Ekoeffekten 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikano Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKANO Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Lindö Strand 2 (Bogsprötet 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stadsvillan Bygg och Entreprenad, Flerbostadshus, RN3 Torget (Blåklinten 5,7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0275</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsvillan Bygg och Entreprenad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östermalmsgatan 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IKANO Bostad, Flerbostadshus, Brf Kalka (Malmö Rågfältet 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikano Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKANO Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flodén Byggnads AB, Flerbostadshus, Brf Amundö Äng (Brottkärr 491:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flodén Byggnadsaktiebolag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 6002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Järntorget Byggintressenter AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget Byggintressenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget Box 1267</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke, Flerbostadshus, Central Park (Klosterbacken 6, Klosterbacken 8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke, Flerbostadshus, Malmö Living (Rallaren 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Manegen (Månsten 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Huspartner i Skandinavien AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huspartner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huspartner i Skandinavien AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrviksvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Credentia AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 395</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stena Bygg, Flerbostadshus, Vega Sommartriangeln (Täckeråker 1:213)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0166</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Bygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Fastigheter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmlandsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Lav I på Tomtebogård (Kålhagen 1)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lindhagensgatan 72</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordr Sverige, Flerbostadshus, Brf Trädloungen (Höbalen 2)</x:v>
+        <x:v>PEAB Sverige, Flerbostadshus, Kv. Älvdansen, Enköpings Hyresbostäder (Romberga 23:60 Enköping)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen, Flerbostadshus, Kv Häggen, Halmstad (Häggen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Bolinder Entré (Kallhäll s:6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, IKON (IKONEN 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>K2A Studenthus AB, Flerbostadshus, Barkarbystaden 17 (Barkarby 2:60)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Studenthus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder, Flerbostadshus, Godisfabriken (Brynäs 19:20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder, Flerbostadshus, Startbanan (Startbanan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A Hyresbostäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Flerbostadshus, Tinnerbäcks Brunn Etapp 2 (Elittruppen 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Kvarteret IQ (Lund Eddan 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB, Flerbostadshus, Kv E (Uppsala Kåbo 65:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige, Flerbostadshus, Sisjön  (Kobbegården 536:3 och 536:4)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0031</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordr</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordr Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>INX9007-001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersund</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>JM, Flerbostadshus, Älvsjö Loft (Kabelverket 21-89)</x:v>
+        <x:v>NCC, Flerbostadshus, Facklan Höghuset (Motala Facklan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordr Sverige, Flerbostadshus, Hovås Tak (Skintebo 391:13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contractor Bygg Holding Norr, Flerbostadshus, Kv. Birkarlen (SKELLEFTEÅ STORKÅGE 74:259)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0285</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Contractor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svedjevägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skellefteå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Makaronen (Sicklaön 38:40)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Bellevue i Örebro (Kolgården 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, flerbostadshus, Tallbacken (Putsaren 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad, Flerbostadshus, Brf Bellevue Deux i Örebro (Kolgården 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Peab Bostad, Flerbostadshus, Brf Kajpromenaden (Karlstad Tullen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Sverige, Flerbostadshus, Trädgården Hus E (Askim 229:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Sander (Dimman 1)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0083</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Multifamily Home</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bonava, Flerbostadshus, Brf Newton (Kv Täckeråker 1:229)</x:v>
+        <x:v>JM, Flerbostadshus, Brf Regalskeppet (Regalskeppet 1, Landskrona)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Sverige, Flerbostadshus, Ekebäckshöjd Kv Väst, B2 (Järnbrott 117:19)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke, Flerbostadshus, Kv. 10 (Kungsbacka Kolla 5:29)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Familjebostäder i Göteborg, Flerbostadshus, Grevegårdsvägen, (Tynnered 7:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0033</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Familjebostäder</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Familjebostäder i Göteborg AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB: Licens för att bygga Svanenmärkt flerbostadshus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Birger Bostadsutveckling AB: Licens för att bygga Svanenmärkt flerbostadshus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0312</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Multifamily Home</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birger Bostadsutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luntmakargatan 18 Bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hemsö Fastighets, Förskolebyggnad, Råssbyn förskola (Forshälla strand 5:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemsö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemsö Fastighets AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turako, Förskolebyggnad, Landvetters-Backa i Härryda (Landvetters-Backa 1:221)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0204</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärdvägen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fondamentor Skolfastigheter AB, Förskolebyggnad, Friluftsförskolan i Väsjön (Elddonet 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0232</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fondamentor Skolfastigheter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOX 7034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Genova, Förskolebyggnad, Handelsmannen Hus A (Journalisten 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>c/o Genova Property Group AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen, Förskolebyggnad, Bolighuset (Täckeråker 1:256)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moelven Byggmodul AB: Licens för att bygga Svanenmärkt förskolebyggnad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moelven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moelven Byggmodul AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brovägen 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB: Licens för att bygga Svanenmärkt förskola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS, Förskolebyggnad, Förskola Skölsta Start Learning (Svia 29:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Förskolebyggnad, Norra Djäknen Omsorg (Uppsala Kvarngärdet 60:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veidekke, Förskolebyggnad, Parkvägens förskola (Barkarby 2:51)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Förskolebyggnad, Förskolan Fagrabo Ängar (Fagrabo 1:15)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stena Bygg, Förskolebyggnad, Kunskapsförskolan Tynnered (Tynnered 13:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0166</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Bygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Fastigheter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmlandsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Förskolebyggnad, Kapellgärdet Arena, etapp 5 (Kvarngärdet 56:21)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Multifamily Home</x:v>
+        <x:v>Preschool building</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lindhagensgatan 72</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stena Bygg, Flerbostadshus, Trägården etapp 1 (Askim 229:2, Askim S:19)</x:v>
+        <x:v>Skanska, Förskolebyggnad, Högalidens förskola, Krokslätt 1:37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hemsö Fastighets, Förskolebyggnad, Fridhems förskola (Kabbelekan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemsö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemsö Fastighets AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Birger Bostadsutveckling AB: Licens för att bygga Svanenmärkt förskola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0312</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birger Bostadsutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luntmakargatan 18 Bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turako, Förskolebyggnad, Västerhaninge förskola (Nödesta 8:269)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0161</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärdsvägen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kunskapsförskolan Fastighetsutveckling 7B, Förskola, Kunskapsförskolan Bredsand (Enköping Bredsand 1:282)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kunskapsförskolan Fastighetsutveckning 7B AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Regeringsgatan 70 D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boetten Bygg, Skolbyggnad, Järvastadens nya Skola (Skogsstjärnan 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0293</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Boetten Bygg AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Täby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hemsö, Förskolebyggnad, Nordtags förskola (Bikupan 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemsö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemsö Fastighets AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fondamentor Skolfastigheter AB, Förskolebyggnad, Nyponet (Nyponet 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0232</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fondamentor Skolfastigheter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOX 7034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Credentia, Förskolebyggnad, Älmsta förskola (Älmsta 16:13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 395</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Credentia AB: Licens för att bygga Svanenmärkt förskolebyggnad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 395</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>K2A Studenthus AB, Förskolebyggnad, Barkarbystaden 17 (Barkarby 2:60)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svenska Studenthus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hemsö, Förskolebyggnad, Vågen (Vilunda 6:66)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemsö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemsö Fastighets AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turako, Förskolebyggnad, Ängby förskola (Ängby 1:140)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0266</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärdvägen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Varbergs Fastighetsaktiebolag, Förskolebyggnad, Bläshammar Förskola (Bläshammar 5:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varbergs fastighets AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottninggatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bygg Partner i Dalarna, Förskolebyggnad, Spexaren (Luthagen 61:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bygg Partner i Dalarna Aktiebolag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOX 848</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hemsö, Förskolebyggnad, Tjuvkils förskola (Tjuvkil 2:175)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemsö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemsö Fastighets AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB: Licens för att bygga Svanenmärkt förskola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB: Licens för att bygga Svanenmärkt förskolebyggnader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turako, Förskolebyggnad, Förskolan Boängen (Gredelby 1:148)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärdvägen 5 1tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Peab Sverige AB: Licens för att bygga Svanenmärkt förskola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Förskolebyggnad, Förskolan Havreflingan (Jakobsberg 2:2853)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Sverige, Förskolebyggnad, Kesbergets förskola (Skövde 2:74)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Varbergs Fastighetsaktiebolag, Förskolebyggnad, Limabacka Förskola (VÄRÖ-BACKA 2:59)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varbergs fastighets AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottninggatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turako, Skolbyggnad, Skola Charlottendal (Gustavsberg 1:550)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärdvägen 5 1tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hemsö, Skolbyggnad, Bagartorpskolan (Bagartorp 19)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemsö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemsö Fastighets AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NCC, Skolbyggnad, Håstensskolan, Varberg (Del av Getakärr 2:21)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moelven Byggmodul AB: Licens för att bygga Svanenmärkt skolbyggnad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moelven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moelven Byggmodul AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brovägen 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB: Licens för att bygga Svanenmärkt skola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turako, Skolbyggnad, Skola och förskola i Sigtuna stadsängar (lärarinnan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0163</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärdvägen 5 1tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turako, Skola och Förskola Tegelhagen etapp 1 (Brogård 1:168)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärdvägen 5 1tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Sverige, Skola, Vårgårda Centrumskola, (Skövde 2:46)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turako, Skolbyggnad, Bro Mälarstrand (Brogård 1:173)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0206</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärdvägen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Skolbyggnad, Kv. Godsvagnen (Godsvagnen 13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Credentia AB: Licens för att bygga Svanenmärkt skolbyggnad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 395</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Birger Bostadsutveckling AB: Licens för att bygga Svanenmärkt skola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0312</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birger Bostadsutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luntmakargatan 18 Bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Sverige, Förskolebyggnad, Ljungs-Hälle Förskola (Ljungs-Hälle 1:406)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Skolabyggnad, Strömskolan (Marks kommun)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Peab Sverige AB: Licens för att bygga Svanenmärkt skola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB: Licens för att bygga Svanenmärkt skola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13019 (Kameran 20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13087 (Kvisslingby 1:138)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #402, proj.nr 13084 (Vristulven 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13565</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13528 (Märren 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13413 (Norrberga 1:396)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13121 (Öd 2:21)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #203, proj.nr 13339 (Högmora 4:12)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13587 (Körveln 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13555 (Björsbyn 1:262)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13189 (Boda 3:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 13011 (Skulltorp 1:634)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13796 (Kumla 3:1724)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13791 (Hammarnäs 11:7 och 11:8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13766 (Skilleby 4:102)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13709 (Kaxberg 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13674 (Lössgård 1:124)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13659 (Tegnaby 2:21)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13435 (Ytterenhörna-Tuna 1:44)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Gustavslund 1 (Rosöga 1-6, Gullöga 1-8, Fagerstjärna 1-13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #107, proj. nr 13736 (Väla 1:30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13878 (Gladö 69:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13897 (Nordanå 8:68)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13731 (Ingvasta 4:16)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Peab Sverige AB: Licens för att bygga Svanenmärkt småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13879 (Götebo 1:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 13885 (Götebo 1:37)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 13842 (Bällsta 2:1242)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13573 (Stehag 5:86)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13341 (Spången 14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13998 (Rosmarinen 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13945 (Norsen 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #203, proj.nr 13001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 12997</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 12971</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB, Småhus P404, Mälargränd (Edsby 1:78, 1:97-1:109)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13285 (Nordanå 8:25)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #307</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #205</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #302</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #305</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #306</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14594 (Luleå Björsbyn 1:374)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14498 (Riggen 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14274 (Tom 17:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14175 (Ölmevalla-Hallen 1:110)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14554 (Blentarp 67:9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE # 202, proj.nr 14553 (Skegrie 41:144)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14371 (Blentarp 67:10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14687 (Svinninge 1:88)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14790 (Träkumla Ingvards 1:100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14905 (Relingen 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14718 (Hönekulla 1:641)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14817 (Kvarnby 15:329)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13928 (Össeby-Garns Prästgård 3:11)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Silverslänten III (Näs 7:64 – Näs 7:83)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Steninge Slottsby Etapp 2, Brf Torpargläntan (Steninge 1:172)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14846 (Storkåge 74:229)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Flerbostadshus, Lindallén Ultuna trädgårdsstad Uppsala (Ultuna 16:1-16:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14917 (Lund 2:155)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14008 (Hemmeslöv 10:199)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus P404, Sten i Stockholmen (Nödesta 8:268)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #601, proj.nr 14164 (Sidus 1:105)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 13974 (Elddonet 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14075 (Ravlunda 12:89)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13718 (Åldersbäck 3:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13994 (Billsta 8:9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14152 (Piteå Håkansön 73:32)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14192 (Stekpannan 23)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 14357 (Räfsan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14308 (Hygget 11)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14376 (Mjälgen 22:106)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 14382 (Svenstorp 1:164)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Flisa i Nedersta (Nödesta 8:270)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14587 (Muskoten 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204 , projekt 14135 (Skå-Edeby 4:31)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14754 (Sjötungan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14913 (Sölten 5:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 15026 (Knappstad 2:106)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB: Licens för att bygga Svanenmärkta småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB: Licens för att bygga Svanenmärkt småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #301</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #401</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Flerbostadshus, Skölstadalen (Svia 42:1-42:11, 44:1-44:2, 45:1-45:7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 14240 (Norrlandet 4:46)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14121 (Oppen 3:6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14322 (Bjärshög 9:24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14324 (Gladö 39:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14116 (Hemmeslöv 10:207)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Småhus, Villabacken 1 (Grankällan 1-14, Kvisten 9-28, Riset 19-35, Barret 6-10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 14295 (Svenstorp 1:168)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 14435 (Strömma 1:337)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Resona Projekt Trädgårdsbacken, Småhus, Trädgårdsbacken (Kotten 23)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0173</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Resona Projekt Trädgårdsbacken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 4001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Enebyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bolite Bostäder AB: Licens för att bygga Svanenmärkt, småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0177</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bolite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bolite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5330</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14477 (Rasbo-Hammarby 1:77)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14507 (Dalian 9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 14566 (Spaden 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #501, proj.nr 14683 (Betesmarken 28)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 14647 (Skrälåten 11)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Kalkbrottet (Hattsnäckan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 14466 (Hornavan 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #402, proj.nr 14558 (Edsgatan 2:66)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13728 (Medvik 1:117)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13747 (Nordanå 8:66)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13729 (Nordanå 8:65)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Järntorget Byggintressenter AB: Licens för att bygga Svanenmärkt småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget Byggintressenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget Box 1267</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13667 Lilla Bråta (Götebo 1:16)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Gustavslund 2 (Snöfager 1-30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Brf Torparlyckan, Steninge Slottsby Etapp 1 (Steninge 1:169)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13934 (Mjälgen 22:101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 13953 (Ultuna 12:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13790 (Skäggered 4:6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 13995 (Båtdäcket 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13965 (Sanda Lekarve 1:188)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14101 (Brokind 1:250)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14000 (Torreby 3:114)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 14066 (Götebo 1:51)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14146 (Kuseröd 2:198)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 14181 (Gansta 1:59)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103 proj.nr 14193 (Helmershus 6:105)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14535 (Storkåge 74:221)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103 , proj.nr 14797 (Edö 1:56)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14727 (Vistorp 8:72)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14912 (Kalkstenen 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14795 (Öddö 2:280)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14667 (Pitholm 13:281)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Parklunden (Stora Uppåkra 12:473 - 12:511)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Småhus, Villabacken 2 (Järva 2:40, Kotten 24-30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14911 (Salsan 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 15042 (Eskön 6:24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 15075 (Tallsparven 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14831 (Stationen 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 14932 (Edsgatan 2:53)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 14631 (Västra Alstad 4:111)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aros Bostadsutveckling, Småhus, Slottsparken (Brogård 1:174)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aros Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska Sverige, Småhus, Öjersjö Hagar (Öjersjö 16:2, 16:5-16:20, 16:22-16:50, 17:22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS, Småhus, Månsarp (Månsarp 1:451-1:452, 1:454-1:455, 1:457-1:460)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB, Småhus P404, Brf Ingrid Marie, (Älta 10:82)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB, Småhus P404, Eds H.O.M.E (Edsby 1:47-1:75)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #702</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 12995 (Fågelvik 1:664)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13227 (Nordanå 8:41)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13378 (Nordanå 8:39)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13083 (Hagmarken 25)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 13340 (Hjälmaren 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13012 (Villberga - Hässelby 1:6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13342 (Ströpsta 3:550)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 13123 (Higsten 10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13493 (Furuhäll 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13450 (Kinda Krågedal 1:101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13203 (Horn 1:632)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13193 (Skee 1:69)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13009 (Duvhöken 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13714 (Malakiten 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13723 (Nolgård 1:353)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13717 (Överhärde 3:111)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13641 (Eriksund 2:15)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13722 (Malakiten 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13422 (Svartgarn 2:633)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 13783 (Bildstenen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13864 (Gudby 6:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13735 (Mellby 3:82)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #304, proj.nr 13114 (Kallfors 1:133)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13212 (Gudby 6:33)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13126 (Vansta 5:642)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13102 (Bödatorp 10:13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13451 (Mellby 8:40)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13606 (Fågelvik 1:663)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13054 (Svartgranen 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13525 (Bällsta 2:1243)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13381 (Vitgranen 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13122 (Almunge-Lövsta 1:151)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13385 (Ströpsta 3:556)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 12974 (Gudby 6:35)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13202 (Gudby 6:34)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 12917 (Söböringe 14:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13419 (Klingsta 10:7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13554 (Persiljan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 13583 (Kolmilan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13703 (Torsby 1:421)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13715 (Bällsta 2:1241)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13580 (Edsgatan 2:44)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13699 (Gnejsen 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13421 (Snesslingby 1:14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13548 (Gurkan 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13387 (Runsbäck 3:54)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13751 (Viken 8:11)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13819 (Villshärad 8:13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13916 (Skedala 1:303)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 12598 (Länna 4:43)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13756 (Nordanå 8:61)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13672 Lilla Bråta (Götebo 1:20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13701 Lilla Bråta (Götebo 1:15)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 13854 Lilla Bråta (Götebo 1:28)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13892 (Götebo 1:54)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13778 (Timjanen 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13776 (Össeby-Garns Prästgård 3:12)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13730 (Tanums Gissleröd 1:189)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 13997 (Partille 3:322)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 14092 (Gudby 6:23)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14036 (Kransmossan 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14012 (Mjällby 5:30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 14045 (Götebo 1:52)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #308</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE LAB01, SET 1-4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13660 (Kungs Norrby 1:215)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #501</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13345 (Styggtorp 1:57)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos AB: Licens för att bygga Svanenmärkt småhus, Hustyp Kvadraten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB: Licens för att bygga Svanenmärkt småhus (Myresjöhus)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13281 (Nordanå 8:38)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13288 (Nordanå 8:31)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #102, proj.nr 13428 (Norra Sund 67:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14596 (Stubbåkern 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 14808 (Lundby 2:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14897 (Håkansön 28:109)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14363 (Unden 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14807 (Sevedsäng 1:10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14690 (Gladö Kvarn 1:388)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14332 (Bollstamo 1:93)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen, Småhus, Strandängen 1 (Skogstorp 4:194, 4:195)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos, Småhus, Fyllinge (Nyponblomman 1-3, Nocken 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14563 (Värby 40:7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen, Småhus, Brf Parklyckan (Svanholmen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 15041 (Närlunda 1:237)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 14833 (Edsgatan 2:56)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14841 (Restad 3:63)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14676 (Breared 1:259)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 14031 (Norrlandet 4:47)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13644 (Orlunda 2:22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14025 (Åsmehagen 1:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 14057 (Nordanå 8:76)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14049 (Österalnäs 19:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13686 (Strömma 1:38)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13987 (Häradskär 24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Pionen i Ältadalen (Älta 10:141-10:186)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 13732 (Sköle 6:68)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #501, proj.nr 14272 (Runsbäck 3:21)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14313 (Rasbo-Hammarby 1:73)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Silverslänten II (NÄS 7:53-7:63)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13787 (Dottersätter 1:9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14380 (Öråker 2:43)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jönköpings Byggvision, Småhus, Stenåkersvägen Lekeryd (Lekeryd 2:56, 2:71, 2:73, 2:74, 2:75)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0242</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköpings Byggvision AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mosseryd Södergård 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen, Småhus, Hökälla Ängar 2 (Göteborg Skogome 7:13, 7:14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos, Småhus, Brf Drömmen i Kävlinge (Exporten 50)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Igelsta Parkhus (Sågverket 13-53)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Brf Tellus i Hjärup, Ämnesvägen 4-44 (Hjärup 4:309)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Äppellunden Sigtuna Stadsängar, Brf Äppellunden 1  (Kompositören 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Lavendeln i Älta (Älta 10:63, Älta 10:188 – Älta 10:230)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14743 (Lövsta 1:42)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14858 (Rödögården 1:82)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, Proj.nr 14637 (Håkansön 13:77)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14958 (Vega 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 15013 (Norrlandet 5:29)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14757 (Åsbyggeby 8:60)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14799 (Baggeröd 1:25)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14789 (Kumla 1:60)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14856 (Enslövs Djäknebol 1:24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14948 (Åsbyggeby 8:65)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14949 (Alsbäck 3:18)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14588 (Västra Grevie 11:56)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stena Bygg, Småhus, Vega Vårtriangeln (Täckeråker 1:208)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0166</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Multifamily Home</x:v>
+        <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stena Bygg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stena Fastigheter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Värmlandsgatan 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Göteborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Besqab, Flerbostadshus, Brf Häggviks Dunge (Svarven 1)</x:v>
+        <x:v>Trivselhus, MOVE #103, proj.nr 14857 (Finnkälken 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14755 (Sjötungan 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14919 (Brunnsberg 1:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS, Småhus, Smålandsvillan Husqvarna (Tahe 1:130)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE # 204, proj.nr 14834 (Toarp 5:111)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Småhus, Gottorps Hage (Flugbaggen 1-40)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos, Småhus, Brf Albatrossen (Mosippan 2, Tovsippan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13752 (Nordanå 8:60)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13845 (Nordanå 8:77)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 13779 Lilla Bråta (Götebo 1:24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 13860 Lilla Bråta (Götebo 1:23)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Småhus, Gustavspark (Busa 1, Boja 1, Broka 1, Blomstra 1, Blacka 1 och Björna 1-9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 13976 (Götebo 1:25)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 14007 (Götebo 1:27)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 13863 (Lammet 8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13948 (Marma 3:22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13895 (Bällsta 2:1185)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13734 (Nynäs 1:46)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14003 (Fågelvik 1:179)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13896 (Villingsberg 1:82)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 14021 (Trombonen 18)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14015 (Skedala 1:307)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14004 (Ekeby 14:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14028 (Fångsten 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #701, proj.nr 14034 (Götebo 1:39)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14052 (Nyeds-Ås 1:17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13993 (Norrlandet 4:12)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13825 (Nordanå 3:69)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #107, proj.nr 14102 (Hemmeslöv 10:161)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14141 (Vårsta 1:525)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Huspartner i Skandinavien AB: Licens för att bygga Svanenmärkt småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huspartner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huspartner i Skandinavien AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrviksvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #501, proj.nr 14019 (Boklövet 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, Move #104, proj.nr 14299 (Stjärnhimlen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13992 (Norrlandet 4:35)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #501, proj.nr 14354 (Råbocken 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14178 (Vildkornet 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14590 (Sjöåkra 1:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 14638 (Östhamra 1:88)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14595 (Skellefteå Milongan 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 14567 (Spaden 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, projnr. 14430 (Eriksöre 5:40)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14437 (Eriksöre 5:41)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #702, proj.nr 14436 (Björsbyn 1:430)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE#105, proj.nr 14611 (Tängsta 1:290)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14593 (Östra Grevie 9:52)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, projekt 14599 (Kullsta 4:11)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14409 (Hasslö 7:94)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13579 (Rudan 14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13581 (Malörten 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13611 (Doftmusslingen 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13757 (Frösunda 9:14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13533 (Marieby-bye 1:17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13764 (Nolgård 1:349)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13591 (Kolveden 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13590 (Trädgårdstorp 14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13389 (Hjälmaren 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13572 (Djurö 4:592)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus P404, Vita Stenen </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202. proj.nr 13840 (Malakiten 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Brf Höstdagjämning (Nödesta 8:265)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB: Licens för att bygga Svanenmärkt småhus (Smålandsvillan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13226 (Gladö Kvarn 1:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13207 (Nordanå 8:27)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13216 (Nordanå 8:29)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13280 (Nordanå 8:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13333 (Lingsberg 1:56)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13446 (Dillen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13447 (Ströpsta 3:524)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13401 (Ströpsta 3:564)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13224 (Tegnaby 2:22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #301, proj.nr 12905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Birger Bostadsutveckling AB: Licens för att bygga Svanenmärkt hus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0312</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birger Bostadsutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luntmakargatan 18 Bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stena Bygg, Småhus, Vintertriangeln (Täckeråker 1:209)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0166</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Bygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Fastigheter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmlandsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14407 (Häradskär 26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14626 (Västra Alstad 4:104)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 14765 (Tuna 11:31)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14479 (Önneröd 1:247)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos, Småhus, Södra Sandby (Blodeken 1, Isbjörken 1, Gråbjörken 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14635 (Björnerud 1:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14916 (Renön 1:156)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Olles Länga (Partille Öjersjö 4:158-4:178)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 15019 (Höllviken 12:77)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 15005 (Rörum 72:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Fläderstråket II (Rishammar 2:96 – 2:126)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Småhus, Brf Ranalyckan (Bergsgård 1:331)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Brf Körsbärsgläntan (Rishammar 2:84)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FB Produktion, Småhus, Brf Sjösaviken (Hovrättsnotarien 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0233</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>FB Produktion AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/o FB Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aros Bostadsutveckling, Småhus, Södra radhusen i Tallbacken (Brf Stallet 2 i Snättringe) (Poeten 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aros Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Småhus, Fullerö berså (Uppsala Fullerö 21:75)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0124</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Multifamily Home</x:v>
+        <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Besqab</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Besqab Projektutveckling AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Danderyd</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Byggnadsfirman Viktor Hanson, Flerbostadshus, Stratos Täby park (Topasen 1, 2, 7, 8, 9)</x:v>
+        <x:v>Besqab, Småhus, Hildurs Trädgårdar (Uppsala Rickomberga 9:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Flaggspelet (Lomma 25:213-217)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 12992</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB, Småhus P404, Avenboken, Vitboken (Älta 10:68-80, Älta 10:85-101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13390 (Byn 1:332)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13206 (Nordanå 8:37)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13209 (Nordanå 8:34)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13214 (Nordanå 8:35)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13215 (Nordanå 8:28)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13284 (Nordanå 8:33)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13379 (Nordanå 8:32)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13205 (Nordanå 8:42)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13068 (Gudby 6:28)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13094 (Bällsta 2:1249)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #602</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13329 (Skogsfjärilen 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13393 (Bällsta 2:1246)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13423 (Svartgranen 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13563 (Rickebasta 1:30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13532 (Malörten 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13608 (Sundbyholm 2:48)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13605 (Ströpsta 3:572)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 13785 (Edsgatan 2:50)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13760 (Brunn 1:353)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13712 (Marma 3:21)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #402, proj.nr 13569 (Sandared 19:13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13642 (Komposten 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13621 (Anrås 44:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13607 (Odenslunda 1:656)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13602 (Vidja 1:654)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13588 (Bågsågen 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13010 (Landvetters-Backa 1:179)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13848 (Marma 3:24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 13872 (Åre-Berge 1:161)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13888 (Gudby 6:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13975 (Fågelvik 1:178)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13768 (Nordanå 8:62)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus P404, Rönnen, Victoria (Älta 10:84, Älta 10:102-10:114)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13430 (Tallåsen 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13743 (Nynäs 1:42)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13959 (Skedala 1:304)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derome Hus AB: Licens för att bygga Svanenmärkt småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derome</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derome Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14104 (Kölen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14138 (Sandemar 6:89)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14098 (Emmaus 28)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 14109 (Överåda 3:231)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #204</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #402</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #601, proj.nr 14043 (Odensala 1:29)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14035 (Kanik-Lundby 2:46)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201 TRI, proj.nr 14110 (Billsta 8:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #402, proj.nr 14088 (Edsgatan 2:62)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14173 (Enhagen 1:54)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS, Småhus, Myresjöhus visningsvilla Åkarp (Åkarp 7:217)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13989 (Kummelnäs 1:380)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14329 (Vik 1:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14303 (Norby 52:18)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13204 (Ledet 2:62)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 14189 (Hulterstad 7:43)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14184 (Ledet 2:63)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, Home #601, proj.nr 14271 (Kajutan 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #702, proj.nr 14359 (Sjöängen 6:20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14396 (Rasbo - Hammarby 1:76)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Silverhusen (Middagen 5-30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 14562 (Rödögården 1:81)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14642 (Tegelbruket 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14461 (Rödögården 1:89)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #501, proj.nr 14433 (Hoby 15:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14379 (Västra Lagnö 1:133)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #402, proj.nr 14592 (Kolstad 2:20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 14589 (Kobbegården 165:23)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, Proj.nr 14620 (Kalkstenen 9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14453 (Brytjärnet 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 14565 (Spaden 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fiskarhedenvillan, Småhus, Villazero (Borlänge Tallen 29)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiskarhedenvillan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiskarhedenvillan AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dammgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 14564 (Spaden 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602 , proj.nr 14551 (Blentarp 67:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14385 (Östra Grevie 2:85)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14630 (Dingelsundet 2:21, del av)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14600 (Börstils-Sund 2:80)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14601 (Norrlandet 6:14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14475 (Hasslö 5:298)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Småhus, Glasbruket 55</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13201</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13408 (Månsbo 1:70)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13208 (Nordanå 8:40)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalarnas Försäkringsbolag, Småhus, Dalarnas Villa (NORSBO 10:17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0105</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalarnas Försäkringsbolag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13118 (Rälsen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13055 (Fysikern 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13190 (Bällsta 2:1251)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13099 (Malakiten 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13564 (Hällby 5:131)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13412 (Snäckstavik 3:112)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #301, proj.nr 13199 (Gudby 6:30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13426 (Tegnaby 2:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13133 (Lejde 1:22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #301, proj.nr 13571 (Snörpvaden 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13453 (Gimåt 1:169)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #203, proj.nr 13490 (Kullbäckstorp 1:171)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13597 (Stenberg 1:11)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #101, proj.nr 13582 (del av Torsjö 14:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13812 (Stäket 71:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus. MOVE #202, proj.nr 13575 (Gladö 46:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #105</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #203</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14071 (Dömestorp 2:6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #601, proj.nr 14297 (Högmora 4:53)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14112 (Kebal 2:81)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14154 (Näsby 84:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14040 (Harg 1:69)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14225 (Råneå 19:17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14197 (Sibbarp 1:20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14204 (Hulterstad 7:46)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 14293 (Gudby 6:24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14033 (Boda 3:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14333 (Gryt Prästgård 1:48)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #601, proj.nr 14309 (Barkspaden 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13925 (Tennknappen 22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Viktor Hanson, Småhus, Brf Silversmygaren, Kv. Mandelbrödet (Havreflarnet 1, Mockarutan 1)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0171</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Multifamily Home</x:v>
-[...5 lines deleted...]
-        <x:v>3</x:v>
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Viktor Hanson </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Viktor Hanson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lumaparksvägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13914 (Bränninge 3:344)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #402, proj.nr 13820 (Vilunda 1:611)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14568 (Vallby-Kolsta 5:90)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14310 (Neptunus 8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 14468 (Skogsbetet 17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE # 305, proj.nr 14039 (Ströpsta 3:552)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14377 (Boden Harnesktorpet 1:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Kvibergs berså (Kviberg 29:42)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14481 (Riggen 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14559 (Högmora 4:156)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14552 (Blentarp 67:23)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14680 (Tackan 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #702, proj.nr 14328 (Kolartorp 4:6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13748 (Munktorps prästgård 1:68)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13530 (Nordan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13559 (Hammartorp 4:7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #601, proj.nr 13923 (Täckeråker 3:246)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13665 Lilla Bråta (Götebo 1:18)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13688 Lilla Bråta (Götebo 1:19)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus P404, Vidar i Silverslänten (Näs 7:52)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 13932 (Götebo 1:40)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13599 (Sidensjö prästbord 1:100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13639 (Åkeräng 2:16)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #107, proj.nr 13742 (Skuttunge 2:57)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13978 (Hallstahammar Säby 1:17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13926 (Sjöängen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13957 (Norra Åbyggeby 4:148)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 13920 (Kaggeholm 10:21)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13944 (Ör 4:15)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13899 (Nusnäs 540:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14089 (Rolstorp 1:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Gustavslund 3 (Hällegås 1-12, Norrgås 1-13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #601, proj.nr 14160 (Kumla 3:1725)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14069 (Löddeköpinge 10:40)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13967 (Marma 3:23)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14139 (Svensboda 1:182)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14822 (Flata 9:69)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14675 (Hemset 1:213)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14534 (Svenstorp 1:160)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14859 (Humlaryd 1:20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14921 (Trädkronan 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14180 (Helmershus 5:100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14798 (Gladö 69:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14665 (Skagern 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14753 (Sjötungan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14988 (Ammenäs 1:19)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 15043, (Storhagen 1:21)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14678 (Tierps Prästgård 1:20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 15021 (Tyresö 1:624)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 15009 (Bodarna 19:54)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14947 (Högs-Hallsta 5:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #601, proj.nr 14778 (Enslövs Djäknebol 1:25)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14673 (Högen 1:29)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Brf Täppan i Ormbacka By (Skälby 3:535)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FB Produktion, Småhus, Brf Stubingränd (Orienteraren 1, Löparen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0233</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>FB Produktion AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/o FB Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Sörgården etapp 1 (Partille Öjersjö 2:144 - 2:162)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Småhus, Brf Blomsterängen (Kviberg 29:8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Kareby Äng etapp 1, Brf Vinbärsgläntan (Rishammar 2:49-2:56)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14432 (Rabban 28)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14448 (Syrenen 9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14505 (Husby-Önstorp 1:31)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14636 (Höder 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14591 (Ekströmmen 1:9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14584 (Östra Grevie 9:55)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14632 (Edö 1:31)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14487 (Väntholmen 4:173)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Kareby etapp 2, Brf Blåbärsgläntan (Rishammar 2:77-2:81)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14579 (Blentarp 67:24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14351 (Övertorp 2:7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14501 (Hornavan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Järntorget Byggintressenter AB, Småhus, Brygga 2 (Brygga 1:24, 1:25, 1:28, 1:30, 1:32)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget Byggintressenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget Box 1267</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14685 (Almunge-Söderby 1:35)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14702 (Tuna 11:24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14748 (Brunnsåker 2:21)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14838 (Kasby 3:13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13918 (Mullsätter 1:58)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13433 (Mårdäng 2:53)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 13972 (Trombonen 17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13912 (Bönan 5:41)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Västkuststugan, Småhus, Brf Långströmsparken (Göteborg Biskopsgården 122:1, 123:1, 124:1, 125:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västkuststugan AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Öxabäcksvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mjöbäck</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13713 (Långalma 2:73)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14017 (Skedala 1:306)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos, Småhus, Kävlinge (Veterinären 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14155 (Örmölla 39:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14072 (Rävsund 1:126)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14142 (Knytta 2:14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14191 (Bällsta 2:226)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Credentia AB: Licens för att bygga Svanenmärkt småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 395</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 14358 (Räfsan 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14312 (Hjältaryd 1:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #104, proj.nr 14451 (Stora Ramsjö 1:277)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13721 (Malakiten 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13662 (Ösby 5:60)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13578 (Torvalla 4:13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13434 (Näsby 2:30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13755 (Börringekloster 1:64)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13763 (Nibble 1:168)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13881 (Nordanå 8:69)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 13865 (Maskrosen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13781 (Skedala 1:300)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13684 (Skedala 1:305)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Småhus, Billdals Strandängar (Gbg Billdal 21:34-68)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13744 Lilla Bråta (Götebo 1:17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 13858 Lilla Bråta (Götebo 1:29)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 14037 (Götebo 1:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #102</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #201</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Småhus, Smultronstället (Fjärdlång 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 15020 (Västanvik 86:13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14842 (Restad 3:53)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Brf Rönnbärsgläntan (Rishammar 2:83)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava Sverige, Småhus, Syrenen i Älta (Erstavik 25:49-25:71)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14989 (Degernäs 42:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14741 (Jonstorp 1:19)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos, Småhus, Brf Längtan i Kävlinge (Styckmästaren 1, Köttmästaren 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Småhus, Ekerövallen Sjösidan (Ekerö-Väsby 43:625)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Sigrids Kulle, (Kvarnen 7-14, Skogsbruket 13-15)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13085 (Bällsta 2:1253)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13445 (Tureholm 2:347)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13449 (Kronjuvelen 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13072 (Marma 1:27)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13448 (Löddeköpinge 88:18)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13483 (Gammelbyn 1:115)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 12599 (Båtplatsen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13600 (Gudby 6:27)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #301, proj.nr 13127 (Gudby 6:31 - TOMT 10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #304</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus P404, Brf Vårdagjämning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Småhus, Söder om Allén (Brännmaneten 1-15, Havsnejlikan 1-31, Kammaneten 1-10, Lungmaneten 1-14, Öronmaneten 1-8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM AB: Licens för att bygga Svanenmärkt småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #102, proj.nr 12530 (Enskiftet 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 13574 (Kolmilan 8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13586 (Skravelsjö 9:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13552 (Storgården 2:30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13933 (Västra Tye 1:129)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13594 (Tonsättaren 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13821 (Bällsta 2:1247)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13716 (Järvsta 43:18)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13643 (Haljersröd 1:44)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13651 (Olsby 1:57)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13589 (Helgö-Bona 3:14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13810 (Bällsta 2:1245)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 13851 (Gudby 6:22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13857 (Bro-Ösby 3:12)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13874 (Anrås 44:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13843 (Skogs Ekeby 6:317)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13882 (Pomeransen 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13922 (Skedala 1:302)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13762 (Aktern 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13880 (Kärraby 5:219)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13799 (Nordanå 8:67)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13740 (Nordanå 8:63)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB, Licens för att bygga Svanenmärkta småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13971 (Götebo 1:38)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13973 (Götebo 1:53)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #701, proj.nr 14027 (Götebo 1:41)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IKANO Bostad AB: Licens för att bygga Svanenmärkt småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikano Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKANO Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #101, proj.nr 13458 (Färnäs 345:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13861 (Tumstocken 20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14065 (Älvängen 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14157 (Berga 6:740)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13873 (Bälinge-Svista 1:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103 proj.nr 14182 (Kallfors 1:309)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #601</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13110 (Bällsta 2:1252)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #304, proj.nr 13456 (Edsgatan 2:71)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos AB: Licens för att bygga Svanenmärkt småhus, Hustyp Vinkeln</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB: Licens för att bygga Svanenmärkt småhus (Start Living)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #502</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13211 (Nordanå 8:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13337 (Nordanå 8:30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13063 (Hårdaholmen 1:96)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13064 (Stenhamre 31:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #203, proj.nr 13598 (Stockfallet 1:15)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13529 (Fjälla 1:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus P404, Lilla Sköndal Tant Gredelin Etapp 3 (Banketten 3-7, Bjudningen 3-17, Buffén 2-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 12811</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14780 (Porla 4:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Viktor Hanson AB: Licens för att bygga Svanenmärkt småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0171</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Viktor Hanson </x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Byggnadsfirman Viktor Hanson AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lumaparksvägen 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>JM, Flerbostadshus, Gökegårds Tun (Öjersjö 2:56)</x:v>
+        <x:v>Trivselhus, MOVE #105, proj.nr 14901 (Tekannan 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14832 (Unden 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #601, proj.nr 14700 (Slätteröd 1:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14796 (Hovsta-Gryt 3:34)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 14939 (Nedernäs 1:20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE#103, proj.nr 14394 (Luleå Björsbyn 4:45)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14777 (Stäket 74:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14758 (Bergshammar-Ekeby 6:79)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Kv. Fören (Lomma 25:156)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0083</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Multifamily Home</x:v>
+        <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PEAB Bostad, Flerbostadshus, Brf Varvsterrassen (Träförrådet 6)</x:v>
-[...78 lines deleted...]
-        <x:v>3</x:v>
+        <x:v>Lyckos, Småhus, Brf Hjärtat i Kävlinge (Pastejen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 15016 (Tunnlandet 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 14677 (Sjörup 5:15)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14713 (Rörum 72:38)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Skölstahöjden (Svia 34:1 – 40:8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Gärahovs Bygg AB</x:v>
-[...25 lines deleted...]
-        <x:v>3</x:v>
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305 , proj.nr 14701 (Edsgatan 2:83)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14878 (Enslövs Djäknebol 1:14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS, Småhus, Brf Önskan i Rydebäck (Borgen 1, Brändön, Sandön 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>SBB Krämaren 8 AB</x:v>
-[...2 lines deleted...]
-        <x:v>c/o SBB I NORDEN</x:v>
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14929 (Raskarum 7:22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos, Småhus, Brf Svarte Sjöspejare i Ystad (Dikten 1, Eposet 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Malmö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Besqab, Flerbostadshus, Nacka Strand Fabriken (Sicklaön 362:4)</x:v>
-[...55 lines deleted...]
-        <x:v>Nybrogatan 59</x:v>
+        <x:v>OBOS, Småhus, Brf Hjärtbladet (Skrållan 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Husvallen Entreprenad, Småhus, Vallhusen (Näringslivet 1-2, 4-9 &amp; Näringspyramiden 2, 5-9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Husvallen Entreprenad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Molijns Väg 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 14131 (Edsgatan 2:45)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14188 (Skutan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #402, proj.nr 14201 (Bällsta 2:1244)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14428 (Ramkvilla 2:73)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Gatt Täljö Strandäng (Näs 7:17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>JM, Flerbostadshus, Dyrvers Kulle (Lådmakaren 5)</x:v>
-[...23 lines deleted...]
-        <x:v/>
+        <x:v>Bonava, Småhus, Kareby Äng etapp 1 (Rishammar 2:57-2:76)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Granitor Projects, Flerbostadshus, Fyra Famnar Trygghetsboende i Viken (Viken 135:169)</x:v>
-[...151 lines deleted...]
-        <x:v>Warfvinges väg 25</x:v>
+        <x:v>Trivselhus, MOVE #308, proj.nr 14243 (Rödögården 1:83)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, Home #501, proj.nr 14478 (Rödögården 1:84)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14504 (Kyrkoköpinge 4:41)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #501, proj.nr 14456 (Björklinge-Lund 1:49)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 14684 (Ängby 1:129)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14664 (Tista 2:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104 , proj.nr 14744 (Toverud 1:51)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava: Licens för att bygga Svanenmärkt småhus, P404</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
-      </x:c>
-[...38302 lines deleted...]
-        <x:v>Linköping</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Eksjöhus Modulbygg, Radhus, Brf Kamomillen,  Åhus (Kamomillen 1)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0197</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Townhouse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">