--- v0 (2025-12-16)
+++ v1 (2026-02-13)
@@ -1,85 +1,1237 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ff420b717744213" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e0786962ef4ca7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R311c07fcaab4407e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R1b7d837f34794887"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R311c07fcaab4407e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1b7d837f34794887" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Hotell S:t Clemens Visby, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell S:t Clemens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell S:t Clemens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smedjegatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Crown Göteborg, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0064</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Crown</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polhemsplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Infra City, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Infra City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kanalvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigtunahöjden Hotell och Konferens, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtunahöjden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtunahöjden Hotell och Konferens AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 502</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SIGTUNA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Segevång, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0305</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Segevång</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Segesvängen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Albert Kök Hotell &amp; Konferens, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0329</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albert</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albert Kök Hotell och Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strömsberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trollhättan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skarpö utbildning &amp; konferens, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0338</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Systembolaget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skarpö utbildning &amp; konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kursgårdsvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaxholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Plus Grand Hotel Elektra, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0353</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Plus Grand Hotell Elektra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eriksgatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ludvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MiLgårdarna Magasinet &amp; Villan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0366</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Milgårdarna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MiLgårdarna Klippan – Magasinet, Villan och Borgen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trädgårdsgatan 5 c</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nobis Hotel, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0408</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobis Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bomans Hotell, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0409</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bomans Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bomans Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ö:a Hamnplan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TROSA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vår Gård Saltsjöbaden, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0423</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vår Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vår Gård Saltsjöbaden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SALTSJÖBADEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Hotel River C, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0431</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Hotel River C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tage Erlandersgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seglarhotellet i Sandhamn, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0436</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandhamn Seglarhotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandhamn Seglarhotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Lugnet Falun, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Lugnet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärdsjögatan 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Vänersborg, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0787</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Vänersborg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nabbensberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vänersborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Kiruna, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0520</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Kiruna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadshustorget 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiruna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Oceanhamnen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0521</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Oceanhamnen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bröderna Pihls gränd 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Göteborg Central, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0523</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Göteborg Central</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikingsgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Landvetter, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0534</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Landvetter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flygfraktsvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Härryda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hjortviken Country Club, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0603</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortviken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortviken Country Club</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hindås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maryhill Estate, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0605</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maryhill Estate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ålabodsvägen 193</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glumslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel &amp; Ristorante Bellora, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0606</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Bellora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsportsavenyn 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Göteborg, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0778</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Göteborg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppsbroplatsen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Temperance, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0720</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Temperance</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engelbrektsgatan 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Ekoxen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0727</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Ekoxen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klostergatan 68</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Malmö Live, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0765</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel &amp; Congress Live, Malmö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dag Hammarskjölds torg 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Jazz, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0782</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Jazz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allègatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel View, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0744</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel View</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllie Stationstorg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö/Hyllie</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Match, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0733</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Match</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Park Södertälje, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0804</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Park Södertälje</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjötorget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södertälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Waterfront, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0791</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Waterfront</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adolf Edelsvärds gata 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Globe, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0792</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Globe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arenaslingan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Slottsparken, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0741</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Slottsparken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strömstad Spa &amp; Resort, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0797</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strömstad SPA &amp; Resort</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebalvägen 229</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strömstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Strawberry Arena, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0799</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Strawberry Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Råsta Strandväg 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Best Western Hotell Hudik, Konferens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3055 0128</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conference facility with accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotels and other accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Best Western</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Best Western Hotell Hudik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Kyrkogatan 11</x:v>
@@ -132,29146 +1284,27770 @@
       </x:c>
       <x:c t="str">
         <x:v>Conference facility with accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotels and other accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic Linköping Väst</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rydsvägen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linköping</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Balingsholm Herrgård, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balingsholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balingsholm Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balingsnäsvägen 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HUDDINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Triangeln, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0153</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Triangeln</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Triangeln 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Scandic S:t Jörgen, Konferens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3055 0193</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conference facility with accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotels and other accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic S:t Jörgen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 4160</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Malmö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scandic Triangeln, Konferens</x:v>
+        <x:v>Scandic Grand Central, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0077</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Grand Central</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 70</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Helsingborg Nord, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Helsingborg Nord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 22269</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Stora Hotellet, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Stora Hotellet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brunnsgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nyköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Elmia, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Elmia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elmiavägen 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Östersund Syd, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0195</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Östersund Syd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krondikesvägen 97</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Plaza Borås, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Plaza Borås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allégatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Billingen, Skövde, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Billingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trädgårdsgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic CH, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic CH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nygatan 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Kungens Kurva, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Kungens Kurva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekgårdsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huddinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Plaza Umeå, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Plaza Umeå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Umeå Syd, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Umeå Syd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yrkesvägen 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamndalsvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SALTSJÖ-BOO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bohusgården Hotell &amp; Konferens, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0209</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bohusgården Hotell &amp; Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bohusgården Hotell &amp; Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordens Väg 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UDDEVALLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell Kristina, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Kristina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Kristina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rektor Cullbergs väg 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SIGTUNA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Arvika, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0239</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Arvika</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torggatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vårdnäs Stiftsgård, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0335</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vårdnäs Stiftsgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vårdnäs Stiftsgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vårdnäs Stiftsgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brokind</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Sundsvall City, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Sundsvall City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trädgårdsgatan 31-33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Torekov Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0373</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torekov Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torekov Hotell Resort AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Själaviksvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torekov</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FågelbroHus, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0382</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FågelbroHus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FågelbroHus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fågelbrovägen 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smådalarö Gård, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0383</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smådalarö Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smådalarö Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smådalarö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DALARÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krusenberg Herrgård, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0384</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krusenberg Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krusenberg Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krusenberg 436</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPPSALA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Strand Hotel, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0387</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Strand Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgatan 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell Gästis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0400</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Gästis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Gästis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borgmästaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Plus Park Airport Hotel, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0427</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Plus Park Airport Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 55</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm-Arlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Concordia, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Concordia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Concordia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålbrogatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hesselby Slott, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0476</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hesselby Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hesselby Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maltesholmsvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vällingby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bosön, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0495</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bosön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bosön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bosön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidingö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Arlandastad, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0527</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Arlandastad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pionjärvägen 81</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlandastad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Riddersviks Herrgård, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0539</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riddersviks Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riddersviks Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riddersviks Allé 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hässelby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Norrköping, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0750</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Norrköping</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltängsgatan 29</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strawberry Quality Hotel Skövde, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0756</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Prisma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekedalsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Arctic, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0815</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Arctic Luleå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandviksgatan 80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luleå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Plaza, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0736</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Plaza</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Torgsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Gillet, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0768</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Gillet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragarbrunnsgatan 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Galaxen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0771</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Galaxen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jussi Björlingsväg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Copperhill Mountain Lodge, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0816</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Copperhill Mountain Lodge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åre Björnen 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Umeå, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0835</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Umeå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Strandgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sea U, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0745</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sea U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Örebro, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0811</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Örebro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Amaranten, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0769</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Amaranten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsholmsgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>At Six, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0800</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>At Six</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brunkebergstorg 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Bilan, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0719</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Bilan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlbergsgatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigtunahöjden Hotell och Konferens, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtunahöjden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtunahöjden Hotell och Konferens AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 502</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SIGTUNA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Starby Hotell Konferens &amp; Spa, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starby Hotell Konferens &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starby Hotell, Konferens &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Växjö, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0191</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Växjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hejaregatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Anglais, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Anglais</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5178</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Sjöfartshotellet, Stockholm, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Sjöfartshotellet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 15056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Camp Ripan, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0033</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camp Ripan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camp Ripan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Campingvägen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiruna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Körunda Golf &amp; Konferenshotell, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0299</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Körunda </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Körunda Golf och Konferenshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Körunda 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSMO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Bollnäs, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0079</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Bollnäs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 343</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bollnäs</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Kalmar Väst, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Kalmar Väst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragonvägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kalmar</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PM &amp; Vänner, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0208</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PM &amp; Vänner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PM &amp; Vänner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrgatan 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Skellefteå, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0228</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Skellefteå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kanalgatan 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skellefteå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Luleå, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0229</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Hotell Luleå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Banvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luleå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Norrköping Nord, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0237</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Norrköping Nord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järngatan 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stiftsgården Åkersberg, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stiftelsegården Åkersberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stiftsgården Åkersberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÖÖR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Hotell Halland, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0319</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Hotell Halland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsbacka</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Opalen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0337</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Opalen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engelbrektsgatan 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nynäs Havsbad Hotell &amp; Konferens, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0240</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sodexo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sodexo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalvägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Happy Tammsvik, Villa Mälargården, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0342</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Happy Tammsvik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Happy Tammsvik, Villa Mälargården</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ådövägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krägga Herrgård, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0351</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krägga Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krägga Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>BÅLSTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Gällivare, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Gällivare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klockljungsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällivare</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel J, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0372</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel J</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOX 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Margretetorps Gästgivaregård, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0378</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Margretetorps Gästgivaregård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Margretetorps Gästgivaregård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Käglevägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjärnarp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Malmen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0289</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Malmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Götgatan 49-51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hesselby Slott, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0476</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hesselby Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hesselby Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maltesholmsvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vällingby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Winery Hotel, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0509</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Winery Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Winery Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosenborgsgatan 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Grand Östersund, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0803</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Grand Östersund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästgatan 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lundsbrunn Resort &amp; Spa, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0541</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lundsbrunn Resort &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lundsbrunn Resort Fastighet AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brunnsvägen 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lundsbrunn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wärdshuset Lasse-Maja konferensverksamhet, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wärdshuset Lasse Maja</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Welcome Hotel Barkarby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notarievägen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TanumStrand SPA &amp; Resort, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0602</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>TanumStrand Spa &amp; Resort</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TanumStrand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grebbestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Christian IV, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0759</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Christian IV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Boulevarden 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kristianstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Light Hotel, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Light</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasaplan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Carlia, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0844</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Carlia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Drottninggatan 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uddevalla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Kista, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0749</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Kista</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isafjordsgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kista</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hernö Gin Hotel, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0837</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Hernö Gin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dala 152</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Härnösand</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Sundsvall, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0808</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Sundsvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esplanaden 29</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Magasinet, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0734</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Magasinet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamngatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trelleborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Bolinder Munktell, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0845</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Bolinder Munktell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Munktellstorget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eskilstuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Kompaniet, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0755</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Kompaniet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Folkungavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nyköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Sense Luleå, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0798</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sense Luleå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppsbrogatan 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luleå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frösö Park Hotel, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0828</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frösö Park Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cronstadsväg 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frösön</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Selma Spa, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0832</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Selma Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsbergsvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunne</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skåvsjöholm Konferens &amp; Möten, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skåvsjöholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skåvsjöholm AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skåvsjöholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkersberga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arken Hotel &amp; Art Garden Spa, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arken Hotel &amp; Art Garden Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Hotel Group Arken Hotel &amp; Art Garden Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordatlanten 100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Europa, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Europa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 11444</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Swania, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0181</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Swania</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 288</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trollhättan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell- och Restaurang AB Grand i Lund, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grand i Lund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grand Hotel Lund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Klarälven Karlstad, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Klarälven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandbäcksgatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stenungsbaden Yacht Club, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenungsbaden Yacht Club</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södra Stenungsön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STENUNGSUND</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vadstena Klosterhotel, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0302</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena Klosterhotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena Klosterhotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 193</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VADSTENA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såstaholm Hotell &amp; Konferens AB, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såstaholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såstaholm Hotell &amp; Konferens AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såstaholm Allé 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Täby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Borlänge, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Borlänge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stationsgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Star Sollentuna, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Star Sollentuna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigtuna Stads Hotell, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1909 Sigtuna Stadshotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1909 Sigtuna Stadshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stora Nygatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stora Brännbo Konferens och Hotell, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stora Brännbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stora Brännbo Konferens och Hotell AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 65</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Backadal, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Backadal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bäckebolsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings-Backa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gimo Herrgård, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0402</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gimo Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gimo Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GIMO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Skeppsholmen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0404</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Skeppsholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Skeppsholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stallmästaregården, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0391</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stallmästaregården</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stallmästaregården</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flädie Mat &amp; Vingård, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0446</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flädie Mat &amp; Vingård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flädie Mat &amp; Vingård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flädie Mejeriväg 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjärred</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Haymarket by Scandic, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0462</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haymarket by Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hötorget 13-15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åkeshofs Slott, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0498</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkeshof Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkeshofs Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkeshofs Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Continental du Sud, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0505</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Continental du Sud</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Continental du Sud</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamngatan 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ystad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Laholmen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0510</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Laholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laholmen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strömstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Miss Clara, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0585</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Miss Clara by Nobis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Tapetfabriken, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0758</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Tapetfabriken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marcusplatsen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nacka</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Arlanda XPO, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0794</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Arlanda XPO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cederströmsslinga</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlandastad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Smedjan, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Smedjan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smedsgatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandviken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strawberry Home Hotel Etage, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0819</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Etage</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storagatan 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Skellefteå, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0806</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Skellefteå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stationsgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skellefteå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel 11, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0721</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskingatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Borgen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0752</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Borgen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klostergatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aronsborgs Konferenshotell AB, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0761</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aronsborgs Konferenshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aronsborgs Konferenshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bålsta</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Drott, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0802</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Drott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Tapto, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0747</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Tapto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungfrugatan 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Mektagonen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0783</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Mektagonen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falkenberggatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Arlanda Airport, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0786</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Arlanda Airport</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tornvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm, Arlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Statt Hudiksvall, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0826</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Statt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hudiksvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Wisby, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0829</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Wisby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Linköping City, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Linköping City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 411</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Högberga Gård, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0298</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Högberga Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Högberga Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grindstigen 5-6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidingö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Alvik Stockholm, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Alvik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustavslundsvägen 153</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Täby, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Täby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Näsbyvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Täby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Varbergs Stadshotell och Asia Spa, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0221</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varbergs Stadshotell och Asia Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Hotel Group Varbergs Stadshotell &amp; Asia Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 24-26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Hotel Rubinen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0227</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Rubinen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 530 97</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runö Möten &amp; Events, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0333</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runö Möten &amp; Events </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runö Möten &amp; Events</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Näsvägen 100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkersberga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagabergs Folkhögskola, Konferens &amp; Vandrarhem, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagaberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagabergs Folkhögskola, Konferens &amp; Vandrarhem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 191 61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södertälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hôtel Eggers, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0352</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hôtel Eggers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Hotel Group Hôtel Eggers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 11175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Örebro Väst, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0251</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Örebro Väst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västhagagatan 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Stortorget, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0253</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Stortorget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stortorget 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Hotel Karlaplan, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0370</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Hotel Karlaplan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppargatan 82</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hooks Herrgård, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0393</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hooks Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hooks Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hooks Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aspenäs Herrgård, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0275</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aspenäs Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aspenäs Herrgård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aspenäs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lerum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Västerås, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Västerås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pilgatan 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Klara, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0293</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Klara</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slöjdgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Rusthållargården, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Rusthållargården</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Rusthållargården</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stora vägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arild</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ronneby Brunn Hotell, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0432</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby Brunn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby Brunn Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Continental, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0468</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Continental</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasagatan 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Billingehus Hotel &amp; Möte, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0573</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Billingehus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Hotel Group Billingehus Hotell &amp; Möte</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alphyddevägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blique by Nobis, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0574</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blique by Nobis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävlegatan 18</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Grand Sundsvall, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0795</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Grand Sundsvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel C, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0831</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasaplan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Norre Park, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0814</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Norre Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra vägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Halmstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Post, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0723</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Post</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stora Torget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskarshamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Grand, Borås, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0772</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Grand Borås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hallbergsplatsen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hobo Stockholm, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0796</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobo Stockholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brunkebergstorg 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel The Box, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0754</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel The Box</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aspögatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel The Pier, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0785</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel The Pier</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pumpgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Star Lund, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0072</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Star Lund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 11026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hestraviken, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hestraviken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hestraviken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HESTRA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brösarps Gästgifveri &amp; SPA, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0331</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brösarps Gästgifveri &amp; SPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brösarps Gästgifveri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albovägen 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRÖSARP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ystad Saltsjöbad, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0354</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ystad Saltsjöbad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ystad Saltsjöbad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjöbadsvägen 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ystad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiviks Hotell Konferens &amp; Spa, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0371</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiviks Hotell Konferens &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiviks Hotell Konferens &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moriabacken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kivik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Örnsköldsvik, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Örnsköldsvik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hästmarksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örnsköldsvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Värnamo, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0273</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Värnamo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 247</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värnamo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Uppsala Nord, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0276</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Uppsala Nord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamla Uppsalag 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Aske, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0424</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Aske</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Aske</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aske Allé 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Kista, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0472</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Kista</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Färögatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kista</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Södra Kajen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0588</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Södra Kajen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södra kajen 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Varbergs Kusthotell, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0611</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varbergs Kusthotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotellet vid lilla Apelviken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nils Kreugers Väg 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Uppsala, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0793</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Uppsala</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Carlscrona, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0753</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Carlscrona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppsbrokajen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Post, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0813</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Post</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottningtorget 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Bodensia, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0735</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Bodensia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Boden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Avalon Hotel, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0847</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avalon Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungstorget 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Sundsvall, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0812</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Sundsvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel The Mill, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0775</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel The Mill</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amiralsgatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Wellington, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0807</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Wellington</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Fregatten, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0810</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Fregatten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamnplan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Engsholms Slott, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engsholm Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engsholms Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängsholm 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mörkö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Kramer, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0194</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Kramer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stortorget 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bergendal Meetings, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bergendal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bergendal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsnoravägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lejondals Slott, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0301</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lejondals Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lejondals Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sånga-Säby Hotell &amp; Konferens, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sånga</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sånga-Säby Hotell &amp; Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sånga-Säbyvägen 187</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVARTSJÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bommersvik, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0204</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bommersvik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bommersvik AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bommersvik 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JÄRNA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skogshem &amp; Wijk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0219</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogshem &amp; Wijk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogshem &amp; Wijk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1213</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LIDINGÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Sundsvall Nord, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0224</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Sundsvall Nord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värdshusbacken 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Falkenberg Strandbad, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0231</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falkenberg Strandbad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falkenberg Strandbad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havsbadsallén 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falkenberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Grand Hotel, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Grand Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksgatan 21-23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Karlskrona, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0254</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Karlskrona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppsgossegatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Solhem Hotel, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0365</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Solhem Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solhemsgatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Källhagen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0396</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Källhagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Källhagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Djurgårdsbrunnsvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Arlanda Hotellby, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlanda Hotellby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristagatan 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlandastad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell Mossbylund, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Mossbylund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Mossbylund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossbystrand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abbekås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Welcome Hotel i Barkarby, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Welcome Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Welcome Hotel Barkarby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notarievägen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Skärholmen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0461</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Skärholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oxholmsgränd 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skärholmen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rosersbergs Slottshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0477</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosersbergs Slottshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosersbergs Slottshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slottsvägen 203</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosersberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Marholmen Hotell och Konferens AB, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0492</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marholmen Hotell och Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marholmen Hotell och Konferens AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marholmen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NOFO Hotel &amp; Wine bar, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0222</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NoFo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOFO Hotel &amp; Wine Bar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tjärhovsgatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Eskilstuna, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0776</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Eskilstuna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamngatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eskilstuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Karlstad City, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Karlstad City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottninggatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Braheskolan Wisingsö Hotell &amp; Konferens, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0604</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Braheskolan Wisingsö Hotell &amp; Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrbovägen 90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visingsö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jacy’z Hotel &amp; Resort, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0608</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jacy'Z Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drakegatan 54</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ellery Beach House, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0609</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ellery Beach House AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elfviks Udde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidingö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Cardinal, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0751</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Cardinal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bäckgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Draken, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0774</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Draken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Olof Palmes plats 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Royal Corner, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0724</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Royal Corner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liedbergsgatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Bristol, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0838</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Bristol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kyrkogatan 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Fratelli, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0833</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Fratelli</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottninggatan 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Winn, Haninge, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0770</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Winn, Haninge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudsjöterassen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haninge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Grand Falun, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0718</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Grand Falun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trotzgatan 9-11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Karlatornet, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0729</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Karlatornet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cassiopejagatan 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Odin, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0790</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Odin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsgatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Luleå, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0841</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Luleå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luleå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Victoria Tower, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0111</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Victoria Tower</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arne Beurlings torg 3A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kista</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Balingsholm Herrgård, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balingsholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balingsholm Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balingsnäsvägen 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HUDDINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Upplands Väsby, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0182</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Upplands Väsby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotellvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hindåsgården Konferens &amp; Spa, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0183</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hindåsgården Konferens &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hindåsgården Konferens och Spa AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ivar Bergers väg 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hindås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vidbynäs Gård och Konferens, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0185</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vidbynäs Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vidbynäs Gård och Konferens AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykvarn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Hotel Gustaf Fröding, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0078</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Hotell Gustaf Fröding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Höjdgatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Hallandia, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Hallandia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rådhusgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Halmstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Södertälje, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Södertälje</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Verkstadsvägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södertälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fredensborgs Herrgård, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0420</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredensborgs Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredensborgs Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredensborg 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vimmerby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Plus Hotel Noble House, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0144</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Plus Hotel Noble House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustav Adolf Torg 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Frimurarhotellet, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0093</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Frimurarehotellet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1536</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Mölndal, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Mölndal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barnhemsgatan 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Kom Hotel, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Kom Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Döbelnsgatan 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Långholmen Hotell &amp; Restaurang, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långholmen Hotell och Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Talk, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0294</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Talk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mässvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Gävle Väst, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Gävle Väst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Johanneslötsvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Park, Stockholm, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5255</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Friiberghs Herrgård, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0230</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friiberghs Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friiberghs Herrgård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kulla Mysinge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖRSUNDSBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Skansen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0315</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Skansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Skansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BÅSTAD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blommenhof Hotell, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0316</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blommenhof Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blommenhof Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blommenhovsvägen 41</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nyköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Färna Herrgård &amp; Spa, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0349</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Färna Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Färna Herrgård &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Färna Herrgård 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skinnskatteberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Fridhem, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Fridhem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Fridhem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Getå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Djurönäset, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0274</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Djurönäset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Djurönäset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Djurhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Långbers, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0398</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Långbers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Långbers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vår Herres Gattu 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tällberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Riviera Strand, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0414</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Riviera Strand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Riviera Strand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rivieravägen 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Båstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell Havanna, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0428</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Havanna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Havanna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krabbes väg 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häringe Slott, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0440</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häringe Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häringe Slott - Hotell och Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>VÄSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Holiday Club Sport &amp; Spa Hotels, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holiday Club Sport &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holiday Club Sport &amp; Spa Hotels AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 68</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ulfsunda Slott, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0478</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulfsunda Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulfsunda Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Margretelundsvägen 125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Steam Hotel, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0482</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Steam Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Steam Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ångkraftsvägen 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Downtown Camper by Scandic, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0499</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Downtown Camper by Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brunkebergstorg 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Stockholm, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0781</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Stockholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringvägen 98</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Winn, Gävle, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0836</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Winn, Gävle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Slottsgatan 9, Box 1417</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Victoria, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0722</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Victoria</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>F. E. Elmgrens gata 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Arlanda Airport, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0743</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Arlanda Airport</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tornvägen 19A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm, Arlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Grand Helsingborg, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0762</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Grand Helsingborg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sign Stockholm, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0809</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sign</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östra Järnvägsgatan 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sundsvall, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0773</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sundsvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skepparegatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Malmö, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0742</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Malmö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carlsgatan 10 C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel The Weaver, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0779</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel The Weaver</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborgsvägen 91</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Winn, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0075</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility with accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Winn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Strandgatan 9-11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Plaza Borås, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Plaza Borås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allégatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Hotell Hudik, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Hotell Hudik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Kyrkogatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hudiksvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Concordia, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Concordia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Concordia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålbrogatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Östersund Syd, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0195</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Östersund Syd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krondikesvägen 97</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigtuna Stads Hotell, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1909 Sigtuna Stadshotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1909 Sigtuna Stadshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stora Nygatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell S:t Clemens Visby, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell S:t Clemens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell S:t Clemens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smedjegatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Bollnäs, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0079</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Bollnäs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 343</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bollnäs</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Hotel Rubinen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0227</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Rubinen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 530 97</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Örebro Väst, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0251</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Örebro Väst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västhagagatan 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Värnamo, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0273</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Värnamo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 247</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värnamo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stenungsbaden Yacht Club, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenungsbaden Yacht Club</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södra Stenungsön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STENUNGSUND</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Skansen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0315</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Skansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Skansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BÅSTAD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runö Möten &amp; Events, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0333</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runö Möten &amp; Events </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runö Möten &amp; Events</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Näsvägen 100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkersberga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hooks Herrgård, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0393</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hooks Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hooks Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hooks Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell Havanna, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0428</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Havanna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Havanna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krabbes väg 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Skeppsholmen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0404</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Skeppsholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Skeppsholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Riviera Strand, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0414</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Riviera Strand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Riviera Strand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rivieravägen 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Båstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grand Hotel Alingsås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0445</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grand Hotell i Alingsås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grand Hotel Alingsås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bankgatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alingsås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic No. 53, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0450</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic No. 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic GO Upplandsgatan, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0464</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic GO Upplandsgatan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Upplandsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Kiruna, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0520</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Kiruna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadshustorget 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiruna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Oceanhamnen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0521</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Oceanhamnen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bröderna Pihls gränd 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hjortviken Country Club, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0603</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortviken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortviken Country Club</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hindås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Draken, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0774</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Draken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Olof Palmes plats 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Grand Sundsvall, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0795</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Grand Sundsvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Arctic, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0815</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Arctic Luleå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandviksgatan 80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luleå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Carlscrona, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0753</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Carlscrona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppsbrokajen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Post, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0813</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Post</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottningtorget 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strawberry Home Hotel Etage, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0819</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Etage</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storagatan 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Fratelli, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0833</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Fratelli</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottninggatan 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Bodensia, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0735</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Bodensia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Boden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Winn, Haninge, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0770</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Winn, Haninge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudsjöterassen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haninge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Avalon Hotel, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0847</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avalon Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungstorget 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Grand Östersund, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0803</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Grand Östersund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästgatan 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hobo Stockholm, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0796</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobo Stockholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brunkebergstorg 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Copperhill Mountain Lodge, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0816</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Copperhill Mountain Lodge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åre Björnen 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Umeå, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0835</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Umeå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Strandgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Xpress Stockholm Central, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0763</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Xpress Stockholm Central</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsbron 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Luleå, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0841</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Luleå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luleå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fredensborgs Herrgård, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0420</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredensborgs Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredensborgs Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredensborg 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vimmerby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bohusgården Hotell &amp; Konferens, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0209</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bohusgården Hotell &amp; Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bohusgården Hotell &amp; Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordens Väg 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UDDEVALLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sånga-Säby Hotell &amp; Konferens, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sånga</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sånga-Säby Hotell &amp; Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sånga-Säbyvägen 187</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVARTSJÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skåvsjöholm Konferens &amp; Möten, Hotell </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skåvsjöholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skåvsjöholm AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skåvsjöholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkersberga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Klarälven Karlstad, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Klarälven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandbäcksgatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Skellefteå, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0228</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Skellefteå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kanalgatan 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skellefteå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Karlstad City, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Karlstad City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottninggatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Visby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Visby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Färjeleden 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Sundsvall Nord, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0224</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Sundsvall Nord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värdshusbacken 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Källhagen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0396</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Källhagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Källhagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Djurgårdsbrunnsvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Körunda Golf &amp; Konferenshotell, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0299</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Körunda </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Körunda Golf och Konferenshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Körunda 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSMO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Gällivare, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Gällivare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klockljungsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällivare</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Segevång, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0305</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Segevång</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Segesvängen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Grand Hotel, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Grand Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksgatan 21-23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Upplands Väsby, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0182</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Upplands Väsby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotellvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blommenhof Hotell, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0316</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blommenhof Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blommenhof Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blommenhovsvägen 41</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nyköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Djurönäset, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0274</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Djurönäset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Djurönäset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Djurhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel J, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0372</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel J</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOX 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Linköping City, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0848</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Linköping City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hantverkaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Winn, Gävle, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0836</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Winn, Gävle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Slottsgatan 9, Box 1417</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Plus Park Airport Hotel, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0427</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Plus Park Airport Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 55</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm-Arlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Continental du Sud, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0505</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Continental du Sud</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Continental du Sud</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamngatan 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ystad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Winery Hotel, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0509</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Winery Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Winery Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosenborgsgatan 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nobis Hotel, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0408</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobis Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Miss Clara by Nobis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0585</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Miss Clara by Nobis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maryhill Estate, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0605</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maryhill Estate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ålabodsvägen 193</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glumslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Strawberry Arena, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0799</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Strawberry Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Råsta Strandväg 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Mektagonen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0783</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Mektagonen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falkenberggatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Arlanda Airport, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0786</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Arlanda Airport</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tornvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm, Arlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Vänersborg, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0787</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Vänersborg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nabbensberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vänersborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Arlanda XPO, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0794</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Arlanda XPO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cederströmsslinga</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlandastad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Eskilstuna, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0776</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Eskilstuna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamngatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eskilstuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Galaxen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0771</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Galaxen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jussi Björlingsväg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Globe, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0792</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Globe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arenaslingan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Plaza, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0736</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Plaza</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Torgsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vår Gård Saltsjöbaden, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0423</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vår Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vår Gård Saltsjöbaden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SALTSJÖBADEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Park Södertälje, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0804</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Park Södertälje</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjötorget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södertälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Statt Hudiksvall, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0826</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Statt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hudiksvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Grand Falun, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0718</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Grand Falun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trotzgatan 9-11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel The Weaver, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0779</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel The Weaver</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborgsvägen 91</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Sundsvall, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0808</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Sundsvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esplanaden 29</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sea U, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0745</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sea U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel 11, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0721</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskingatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nynäs Havsbad Hotell &amp; Konferens, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0240</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sodexo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sodexo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalvägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krägga Herrgård, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0351</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krägga Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krägga Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>BÅLSTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic S:t Jörgen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0193</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic S:t Jörgen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 4160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Borlänge, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Borlänge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stationsgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Näsby Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0506</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Näsby Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Näsby Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Djursholmsvägen 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Täby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Frimurarhotellet, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0093</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Frimurarehotellet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1536</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ronneby Brunn Hotell, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0432</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby Brunn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby Brunn Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Welcome Hotel i Barkarby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Welcome Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Welcome Hotel Barkarby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notarievägen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Aske, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0424</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Aske</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Aske</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aske Allé 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blique by Nobis, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0574</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blique by Nobis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävlegatan 18</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häringe Slott AB, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0440</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häringe Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häringe Slott - Hotell och Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>VÄSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Royal Corner, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0724</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Royal Corner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liedbergsgatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Grand Helsingborg, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0762</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Grand Helsingborg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Varbergs Kusthotell, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0611</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varbergs Kusthotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotellet vid lilla Apelviken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nils Kreugers Väg 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Kung Oscar, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0764</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Kung Oscar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottninggatan 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trollhättan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Cardinal, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0751</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Cardinal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bäckgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Victoria, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0722</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Victoria</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>F. E. Elmgrens gata 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel View, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0744</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel View</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllie Stationstorg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö/Hyllie</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jacy’z Hotel &amp; Resort, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0608</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jacy'Z Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drakegatan 54</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Wallin, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0717</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Wallin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70374</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Luleå, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0229</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Hotell Luleå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Banvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luleå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Karlskrona, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0254</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Karlskrona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppsgossegatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigtunastiftelsen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtunastiftelsen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtunastiftelsen Hotell och konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Winn, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0075</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Winn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Strandgatan 9-11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Göteborg, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0778</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Göteborg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppsbroplatsen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel C, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0831</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasaplan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Temperance, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0720</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Temperance</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engelbrektsgatan 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vox Hotel, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0757</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vox hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lantmätargränd 2C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Solna, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0730</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Solna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Evenemangsgatan 48</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Bergmästaren, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0760</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Bergmästaren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bergskolegränd 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Ekoxen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0727</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Ekoxen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klostergatan 68</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Panorama, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0766</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Panorama</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eklandagatan 51-53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Magasinet, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0734</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Magasinet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamngatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trelleborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Karlatornet, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0729</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Karlatornet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cassiopejagatan 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Umeå City, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0817</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Umeå City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 47 B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Borgen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0752</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Borgen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klostergatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel The Box, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0754</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel The Box</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aspögatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strömstad Spa &amp; Resort, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0797</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strömstad SPA &amp; Resort</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebalvägen 229</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strömstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Kalmar Väst, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Kalmar Väst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragonvägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kalmar</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Sjöfartshotellet, Stockholm, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Sjöfartshotellet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 15056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Örnsköldsvik, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Örnsköldsvik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hästmarksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örnsköldsvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Hotel Gustaf Fröding, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0078</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Hotell Gustaf Fröding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Höjdgatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Hotel Gamla Stan, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0047</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Hotel Gamla Stan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lilla Nygatan 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Långholmen Hotell &amp; Restaurang, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långholmen Hotell och Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell Kristina, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Kristina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Kristina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rektor Cullbergs väg 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SIGTUNA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Varbergs Stadshotell och Asia Spa, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0221</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varbergs Stadshotell och Asia Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Hotel Group Varbergs Stadshotell &amp; Asia Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 24-26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Star Sollentuna, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Star Sollentuna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Uplandia, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0137</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Uplandia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragarbrunnsgatan 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stiftsgården Åkersberg, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stiftelsegården Åkersberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stiftsgården Åkersberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÖÖR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Triangeln, Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3055 0153</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Conference facility with accommodation</x:v>
+        <x:v>Hotel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotels and other accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic Triangeln</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Triangeln 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Malmö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scandic Grand Central, Konferens</x:v>
+        <x:v>Vidbynäs Gård och Konferens, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0185</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vidbynäs Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vidbynäs Gård och Konferens AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykvarn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vårdnäs Stiftsgård, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0335</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vårdnäs Stiftsgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vårdnäs Stiftsgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vårdnäs Stiftsgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brokind</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagabergs Folkhögskola, Konferens &amp; Vandrarhem, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagaberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagabergs Folkhögskola, Konferens &amp; Vandrarhem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 191 61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södertälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skarpö utbildning &amp; konferens, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0338</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Systembolaget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skarpö utbildning &amp; konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kursgårdsvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaxholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Hotell Trollhättan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0360</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Hotell Trollhättan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polhemsgatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trollhättan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Solhem Hotel, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0365</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Solhem Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solhemsgatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Strömmen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0235</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Strömmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slottsgatan 99</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Siggesta Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0401</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggesta Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggesta Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggesta Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmdö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gimo Herrgård, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0402</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gimo Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gimo Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GIMO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Rusthållargården, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Rusthållargården</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Rusthållargården</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stora vägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arild</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell Mossbylund, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Mossbylund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Mossbylund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossbystrand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abbekås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Holiday Club Sport &amp; Spa Hotels, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holiday Club Sport &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holiday Club Sport &amp; Spa Hotels AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 68</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bosön, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0495</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bosön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bosön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bosön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidingö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic GO Sankt Eriksgatan 20, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0601</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic GO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic GO, Sankt Eriksgatan 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sankt Eriksgatan 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aiden by Best Western Karlstad Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0852</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aiden by Best Western Karlstad Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tage Erlandergatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Star Lund, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0072</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Star Lund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 11026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Kramer, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0194</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Kramer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stortorget 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Backadal, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Backadal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bäckebolsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings-Backa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Billingen, Skövde, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Billingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trädgårdsgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seglarhotellet i Sandhamn, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0436</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandhamn Seglarhotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandhamn Seglarhotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Camp Ripan, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0033</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camp Ripan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camp Ripan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Campingvägen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiruna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Uplandia, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0137</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Uplandia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragarbrunnsgatan 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Falkenberg Strandbad, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0231</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falkenberg Strandbad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falkenberg Strandbad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havsbadsallén 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falkenberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Starby Hotell Konferens &amp; Spa, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starby Hotell Konferens &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starby Hotell, Konferens &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Sundsvall City, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Sundsvall City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trädgårdsgatan 31-33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hindåsgården Konferens &amp; Spa, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0183</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hindåsgården Konferens &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hindåsgården Konferens och Spa AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ivar Bergers väg 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hindås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Malmö City, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Malmö City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaptensgatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Arlanda Hotellby, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlanda Hotellby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristagatan 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlandastad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Malmen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0289</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Malmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Götgatan 49-51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Hotel Bentleys, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0332</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Hotel Bentleys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottninggatan 77</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Plus Grand Hotel Elektra, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0353</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Plus Grand Hotell Elektra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eriksgatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ludvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smådalarö Gård, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0383</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smådalarö Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smådalarö Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smådalarö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DALARÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Strand Hotel, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0387</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Strand Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgatan 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic No. 53, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0450</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic No. 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Marholmen Hotell och Konferens AB, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0492</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marholmen Hotell och Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marholmen Hotell och Konferens AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marholmen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åkeshofs Slott, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0498</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkeshof Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkeshofs Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkeshofs Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Örebro Central, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0519</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Örebro Central</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östra Bangatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Göteborg Central, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0523</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Göteborg Central</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikingsgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TanumStrand SPA &amp; Resort, Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0602</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>TanumStrand Spa &amp; Resort</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TanumStrand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grebbestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strawberry Quality Hotel Skövde, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0756</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Prisma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekedalsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Christian IV, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0759</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Christian IV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Boulevarden 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kristianstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strawberry Comfort Hotel Västerås, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0777</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Västerås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigurdsgatan 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Smedjan, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Smedjan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smedsgatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandviken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Kista, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0749</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Kista</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isafjordsgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kista</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Malmö Live, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0765</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel &amp; Congress Live, Malmö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dag Hammarskjölds torg 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Gillet, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0768</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Gillet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragarbrunnsgatan 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Jazz, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0782</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Jazz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allègatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Winn, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0818</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Winn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skolgatan 64, Vasaplan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Stockholm, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0781</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Stockholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringvägen 98</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel The Mill, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0775</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel The Mill</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amiralsgatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sign Stockholm, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0809</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sign</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östra Järnvägsgatan 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Bolinder Munktell, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0845</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Bolinder Munktell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Munktellstorget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eskilstuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sundsvall, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0773</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sundsvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skepparegatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Örebro, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0811</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Örebro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Slottsparken, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0741</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Slottsparken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Amaranten, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0769</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Amaranten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsholmsgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aronsborgs Konferenshotell AB, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0761</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aronsborgs Konferenshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aronsborgs Konferenshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bålsta</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>At Six, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0800</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>At Six</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brunkebergstorg 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frösö Park Hotel, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0828</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frösö Park Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cronstadsväg 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frösön</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strawberry Home Hotel Majoren, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0788</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Majoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trädgårdsgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Lugnet Falun, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Lugnet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärdsjögatan 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arken Hotel &amp; Art Garden Spa, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arken Hotel &amp; Art Garden Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Hotel Group Arken Hotel &amp; Art Garden Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordatlanten 100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Stora Hotellet, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Stora Hotellet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brunnsgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nyköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hestraviken, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hestraviken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hestraviken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HESTRA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Elmia, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Elmia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elmiavägen 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Stortorget, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0253</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Stortorget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stortorget 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Fridhem, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Fridhem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Fridhem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Getå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Uppsala Nord, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0276</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Uppsala Nord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamla Uppsalag 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Västerås, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Västerås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pilgatan 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Klara, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0293</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Klara</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slöjdgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Talk, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0294</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Talk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mässvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lejondals Slott, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0301</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lejondals Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lejondals Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såstaholm Hotell &amp; Konferens AB, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såstaholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såstaholm Hotell &amp; Konferens AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såstaholm Allé 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Täby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brösarps Gästgifveri &amp; SPA, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0331</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brösarps Gästgifveri &amp; SPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brösarps Gästgifveri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albovägen 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRÖSARP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hôtel Eggers, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0352</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hôtel Eggers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Hotel Group Hôtel Eggers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 11175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell- och Restaurang AB Grand i Lund, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grand i Lund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grand Hotel Lund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Hotel River C, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0431</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Hotel River C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tage Erlandersgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bomans Hotell, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0409</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bomans Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bomans Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ö:a Hamnplan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TROSA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bommersvik, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0204</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bommersvik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bommersvik AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bommersvik 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JÄRNA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Hotel Savoy, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0439</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Hotel Savoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Torggatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Hotel Karlaplan, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0370</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Hotel Karlaplan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppargatan 82</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Laholmen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0510</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Laholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laholmen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strömstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Arlandastad, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0527</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Arlandastad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pionjärvägen 81</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlandastad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Billingehus Hotel &amp; Möte, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0573</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Billingehus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Hotel Group Billingehus Hotell &amp; Möte</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alphyddevägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Södra Kajen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0588</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Södra Kajen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södra kajen 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Carlia, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0844</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Carlia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Drottninggatan 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uddevalla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hernö Gin Hotel, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0837</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Hernö Gin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dala 152</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Härnösand</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Post, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0723</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Post</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stora Torget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskarshamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Sundsvall, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0812</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Sundsvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Kompaniet, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0755</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Kompaniet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Folkungavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nyköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Sense Lulå, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0798</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sense Luleå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppsbrogatan 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luleå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Drott, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0802</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Drott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Tapto, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0747</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Tapto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungfrugatan 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel The Pier, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0785</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel The Pier</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pumpgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Wisby, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0829</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Wisby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic No. 25, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic No. 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Burggrevegatan 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Alvik Stockholm, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Alvik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustavslundsvägen 153</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Mölndal, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Mölndal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barnhemsgatan 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Växjö, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0191</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Växjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hejaregatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Plaza Umeå, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Plaza Umeå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Linköping City, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Linköping City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 411</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamndalsvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SALTSJÖ-BOO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Grand Central, Hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3055 0077</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Conference facility with accommodation</x:v>
+        <x:v>Hotel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotels and other accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic Grand Central</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kungsgatan 70</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Balingsholm Herrgård, Konferens</x:v>
+        <x:v>Scandic Södertälje, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Södertälje</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Verkstadsvägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södertälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bergendal Meetings, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bergendal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bergendal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsnoravägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Järva Krog, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Järva Krog</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 8061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Kom Hotel, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Kom Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Döbelnsgatan 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic GO, Västra Norrlandsgatan 13, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0851</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic GO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic GO, Västra Norrlandsgatan 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Norrlandsgatan 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Europa, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Europa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 11444</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Norrköping Nord, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0237</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Norrköping Nord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järngatan 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aspenäs Herrgård, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0275</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aspenäs Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aspenäs Herrgård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aspenäs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lerum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Högberga Gård, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0298</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Högberga Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Högberga Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grindstigen 5-6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidingö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vadstena Klosterhotel, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0302</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena Klosterhotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena Klosterhotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 193</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VADSTENA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Hotell Halland, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0319</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Hotell Halland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsbacka</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Happy Tammsvik, Villa Mälargården, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0342</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Happy Tammsvik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Happy Tammsvik, Villa Mälargården</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ådövägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ystad Saltsjöbad, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0354</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ystad Saltsjöbad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ystad Saltsjöbad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjöbadsvägen 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ystad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Arvika, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0239</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Arvika</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torggatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stallmästaregården, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0391</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stallmästaregården</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stallmästaregården</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flädie Mat &amp; Vingård, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0446</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flädie Mat &amp; Vingård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flädie Mat &amp; Vingård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flädie Mejeriväg 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjärred</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Kista, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0472</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Kista</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Färögatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kista</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Downtown Camper by Scandic, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0499</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Downtown Camper by Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brunkebergstorg 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Landvetter, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0534</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Landvetter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flygfraktsvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Härryda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lundsbrunn Resort &amp; Spa, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0541</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lundsbrunn Resort &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winn Lundsbrunn Resort &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brunnsvägen 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lundsbrunn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Braheskolan Wisingsö Hotell &amp; Konferens, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0604</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Braheskolan Wisingsö Hotell &amp; Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrbovägen 90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visingsö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel &amp; Ristorante Bellora, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0606</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Bellora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsportsavenyn 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ellery Beach House, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0609</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ellery Beach House AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elfviks Udde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidingö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Norrköping, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0750</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Norrköping</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltängsgatan 29</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Tapetfabriken, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0758</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Tapetfabriken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marcusplatsen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nacka</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Uppsala, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0793</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Uppsala</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Arlanda Airport, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0743</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Arlanda Airport</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tornvägen 19A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm, Arlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Light Hotel, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Light</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasaplan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Uman, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0820</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Uman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Bristol, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0838</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Bristol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kyrkogatan 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Waterfront, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0791</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Waterfront</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adolf Edelsvärds gata 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Wellington, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0807</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Wellington</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Malmö, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0742</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Malmö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carlsgatan 10 C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Selma Spa, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0832</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Selma Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsbergsvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunne</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stora Brännbo Konferens och Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stora Brännbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stora Brännbo Konferens och Hotell AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 65</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Helsingborg Nord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Helsingborg Nord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 22269</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Täby, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Täby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Näsbyvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Täby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Linköping Väst, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Linköping Väst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rydsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Park, Stockholm, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5255</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Umeå Syd, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Umeå Syd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yrkesvägen 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Kungens Kurva, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Kungens Kurva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekgårdsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huddinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Infra City, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Infra City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kanalvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Gävle Väst, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Gävle Väst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Johanneslötsvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic CH, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic CH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nygatan 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Victoria Tower, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0111</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Victoria Tower</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arne Beurlings torg 3A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kista</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PM &amp; Vänner, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0208</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PM &amp; Vänner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PM &amp; Vänner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrgatan 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Anglais, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Anglais</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5178</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Crown Göteborg, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0064</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Crown</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polhemsplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NOFO Hotel &amp; Wine bar, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0222</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NoFo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOFO Hotel &amp; Wine Bar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tjärhovsgatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Hallandia, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Hallandia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rådhusgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Halmstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Engsholms Slott, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engsholm Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engsholms Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängsholm 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mörkö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Friiberghs Herrgård, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0230</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friiberghs Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friiberghs Herrgård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kulla Mysinge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖRSUNDSBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Plus Hotel Noble House, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0144</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Plus Hotel Noble House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustav Adolf Torg 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Opalen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0337</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Opalen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engelbrektsgatan 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Färna Herrgård &amp; Spa, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0349</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Färna Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Färna Herrgård &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Färna Herrgård 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skinnskatteberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiviks Hotell Konferens &amp; Spa, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0371</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiviks Hotell Konferens &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiviks Hotell Konferens &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moriabacken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kivik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Margretetorps Gästgivaregård, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0378</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Margretetorps Gästgivaregård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Margretetorps Gästgivaregård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Käglevägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjärnarp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FågelbroHus, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0382</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FågelbroHus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FågelbroHus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fågelbrovägen 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krusenberg Herrgård, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0384</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krusenberg Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krusenberg Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krusenberg 436</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPPSALA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Swania, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0181</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Swania</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 288</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trollhättan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Långbers, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0398</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Långbers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Långbers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vår Herres Gattu 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tällberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Skärholmen, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0461</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Skärholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oxholmsgränd 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skärholmen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Haymarket by Scandic, Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0462</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haymarket by Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hötorget 13-15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Continental, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0468</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Continental</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasagatan 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ulfsunda Slott, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0478</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulfsunda Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulfsunda Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Margretelundsvägen 125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Steam Hotel, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0482</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Steam Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Steam Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ångkraftsvägen 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Riddersviks Herrgård, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0539</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riddersviks Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riddersviks Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riddersviks Allé 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hässelby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel City, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0780</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottninggatan 63-65</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Norre Park, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0814</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Norre Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra vägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Halmstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Skellefteå, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0806</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Skellefteå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stationsgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skellefteå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Match, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0733</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Match</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Grand, Borås, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0772</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Grand Borås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hallbergsplatsen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Fregatten, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0810</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Fregatten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamnplan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Packhuset, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0767</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Packhuset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppsbrogatan 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kalmar</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Bilan, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0719</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Bilan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlbergsgatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Odin, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0790</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Odin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsgatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Uplandia, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0137</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Uplandia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragarbrunnsgatan 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Elmia, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Elmia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elmiavägen 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Frimurarhotellet, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0093</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Frimurarehotellet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1536</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigtunahöjden Hotell och Konferens, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtunahöjden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtunahöjden Hotell och Konferens AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 502</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SIGTUNA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamndalsvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SALTSJÖ-BOO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Kalmar Väst, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Kalmar Väst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragonvägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kalmar</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Varbergs Stadshotell och Asia Spa, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0221</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varbergs Stadshotell och Asia Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Hotel Group Varbergs Stadshotell &amp; Asia Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 24-26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Skellefteå, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0228</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Skellefteå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kanalgatan 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skellefteå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Friiberghs Herrgård, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0230</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friiberghs Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friiberghs Herrgård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kulla Mysinge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖRSUNDSBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Plus Grand Hotel Elektra, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0353</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Plus Grand Hotell Elektra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eriksgatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ludvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ystad Saltsjöbad, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0354</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ystad Saltsjöbad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ystad Saltsjöbad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjöbadsvägen 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ystad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Fridhem, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Fridhem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Fridhem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Getå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Strand Hotel, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0387</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Strand Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgatan 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gimo Herrgård, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0402</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gimo Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gimo Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GIMO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bomans Hotell, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0409</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bomans Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bomans Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ö:a Hamnplan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TROSA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Riviera Strand, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0414</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Riviera Strand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Riviera Strand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rivieravägen 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Båstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ronneby Brunn Hotell, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0432</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby Brunn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby Brunn Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Marholmen Hotell och Konferens AB, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0492</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marholmen Hotell och Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marholmen Hotell och Konferens AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marholmen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Winery Hotel, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0509</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Winery Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Winery Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosenborgsgatan 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Arlandastad, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0527</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Arlandastad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pionjärvägen 81</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlandastad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Miss Clara, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0585</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Miss Clara by Nobis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TanumStrand SPA &amp; Resort, Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0602</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>TanumStrand Spa &amp; Resort</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TanumStrand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grebbestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brasserie Draken, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0774</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Draken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Olof Palmes plats 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Uppsala, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0793</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Uppsala</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swede Hollow, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0831</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasaplan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Linköping City, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0848</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Linköping City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hantverkaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Bilan, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0719</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Bilan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlbergsgatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eat by Carlia, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0844</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Carlia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Drottninggatan 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uddevalla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grand Italian, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0765</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel &amp; Congress Live, Malmö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dag Hammarskjölds torg 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trotters, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0735</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Bodensia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Boden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Grand Helsingborg, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0762</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Grand Helsingborg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brasserie X, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0770</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Winn, Haninge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudsjöterassen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haninge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NÒR Östersund, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0803</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Grand Östersund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästgatan 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Restaurang Niesti, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0816</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Copperhill Mountain Lodge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åre Björnen 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Social Amaranten, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0769</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Amaranten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsholmsgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Box Restaurant, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0754</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel The Box</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aspögatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Odin, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0790</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Odin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsgatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Friheten Bistro &amp; Bar, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0829</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Wisby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fredensborgs Herrgård, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0420</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredensborgs Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredensborgs Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredensborg 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vimmerby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Triangeln, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0153</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Triangeln</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Triangeln 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Mölndal, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Mölndal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barnhemsgatan 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arken Hotel &amp; Art Garden Spa, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arken Hotel &amp; Art Garden Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Hotel Group Arken Hotel &amp; Art Garden Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordatlanten 100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Sundsvall City, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Sundsvall City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trädgårdsgatan 31-33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Långholmen Hotell &amp; Restaurang, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långholmen Hotell och Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic CH, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic CH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nygatan 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Gävle Väst, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Gävle Väst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Johanneslötsvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Järva Krog, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Järva Krog</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 8061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Södertälje, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Södertälje</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Verkstadsvägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södertälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Täby, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Täby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Näsbyvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Täby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Umeå Syd, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Umeå Syd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yrkesvägen 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stora Brännbo Konferens och Hotell, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stora Brännbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stora Brännbo Konferens och Hotell AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 65</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell Kristina, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Kristina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Kristina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rektor Cullbergs väg 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SIGTUNA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Karlskrona, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0254</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Karlskrona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppsgossegatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Värnamo, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0273</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Värnamo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 247</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värnamo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Klara, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0293</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Klara</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slöjdgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sankt Jörgen Park Resort</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0297</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sankt Jörgen Park Resort</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sankt Jörgen Park Resort AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 8944</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Opalen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0337</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Opalen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engelbrektsgatan 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hooks Herrgård, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0393</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hooks Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hooks Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hooks Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Långbers, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0398</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Långbers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Långbers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vår Herres Gattu 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tällberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Swania, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0181</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Swania</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 288</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trollhättan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vår Gård Saltsjöbaden, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0423</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vår Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vår Gård Saltsjöbaden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SALTSJÖBADEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic GO Upplandsgatan, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0464</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic GO Upplandsgatan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Upplandsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ulfsunda Slott, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0478</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulfsunda Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulfsunda Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Margretelundsvägen 125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brasserie Absint, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0836</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Winn, Gävle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Slottsgatan 9, Box 1417</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vox Restaurant, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0757</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vox hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lantmätargränd 2C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Solna, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0730</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Solna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Evenemangsgatan 48</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Terrace, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0765</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel &amp; Congress Live, Malmö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dag Hammarskjölds torg 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Kung Oscar, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0764</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Kung Oscar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottninggatan 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trollhättan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kök &amp; Bar 93, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0787</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Vänersborg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nabbensberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vänersborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Social Södertälje, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0804</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Park Södertälje</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjötorget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södertälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Globe, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0792</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Globe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arenaslingan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Wellington, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0807</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Wellington</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Social Eriksberg, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0721</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maskingatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aronsborgs Konferenshotell AB , Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0761</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aronsborgs Konferenshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aronsborgs Konferenshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bålsta</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Xpress Stockholm Central, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0763</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Xpress Stockholm Central</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsbron 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nine, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0798</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sense Luleå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppsbrogatan 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luleå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Linköping Väst, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Linköping Väst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rydsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Starby Hotell Konferens &amp; Spa, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starby Hotell Konferens &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starby Hotell, Konferens &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Malmö City, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Malmö City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kaptensgatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Östersund Syd, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0195</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Östersund Syd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krondikesvägen 97</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Hotel Gustaf Fröding, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0078</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Hotell Gustaf Fröding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Höjdgatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Linköping City, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Linköping City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 411</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Star Lund, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0072</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Star Lund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 11026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bergendal Meetings, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bergendal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bergendal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsnoravägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Grand Hotel, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Grand Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksgatan 21-23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Alvik Stockholm, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Alvik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustavslundsvägen 153</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Hallandia, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Hallandia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rådhusgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Halmstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigtuna Stads Hotell, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1909 Sigtuna Stadshotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1909 Sigtuna Stadshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stora Nygatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Arvika, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0239</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Arvika</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torggatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Västerås, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Västerås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pilgatan 33</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Högberga Gård, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0298</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Högberga Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Högberga Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grindstigen 5-6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidingö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Körunda Golf &amp; Konferenshotell, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0299</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Körunda </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Körunda Golf och Konferenshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Körunda 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSMO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Skansen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0315</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Skansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Skansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BÅSTAD</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blommenhof Hotell, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0316</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blommenhof Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blommenhof Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blommenhovsvägen 41</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nyköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Albert Kök Hotell &amp; Konferens, Hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0329</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albert</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albert Kök Hotell och Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strömsberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trollhättan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skarpö utbildning &amp; konferens, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0338</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Systembolaget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skarpö utbildning &amp; konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kursgårdsvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaxholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Happy Tammsvik, Villa Mälargården, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0342</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Happy Tammsvik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Happy Tammsvik, Villa Mälargården</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ådövägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krägga Herrgård, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0351</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krägga Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krägga Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>BÅLSTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Örnsköldsvik, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Örnsköldsvik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hästmarksvägen 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örnsköldsvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell Mossbylund, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Mossbylund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Mossbylund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossbystrand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abbekås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nobis Hotel, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0408</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobis Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Häringe Slott, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0440</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häringe Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Häringe Slott - Hotell och Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>VÄSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Christian IV, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0759</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Christian IV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Boulevarden 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kristianstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NOFO Hotel &amp; Wine bar, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0222</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NoFo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOFO Hotel &amp; Wine Bar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tjärhovsgatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Kiruna, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0520</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Kiruna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadshustorget 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiruna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel &amp; Ristorante Bellora, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0606</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Bellora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsportsavenyn 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Varbergs Kusthotell, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0611</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varbergs Kusthotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotellet vid lilla Apelviken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nils Kreugers Väg 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OGBG, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0778</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Göteborg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppsbroplatsen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel City, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0780</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottninggatan 63-65</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Social Royal Corner, Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0724</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Royal Corner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liedbergsgatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drott Bar, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0802</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Drott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Norda, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0813</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Post</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottningtorget 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Kista, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0749</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Kista</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isafjordsgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kista</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Avalon Restaurang och Bar, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0847</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avalon Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungstorget 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Eskilstuna, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0776</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Eskilstuna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamngatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eskilstuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Social The Mill, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0775</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel The Mill</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amiralsgatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Örebro, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0811</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Örebro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hestraviken, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hestraviken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hestraviken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HESTRA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Växjö, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0191</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Växjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hejaregatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell- och Restaurang AB Grand i Lund, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grand i Lund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grand Hotel Lund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Anglais, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Anglais</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5178</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nynäs Havsbad Hotell &amp; Konferens, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0240</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sodexo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sodexo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalvägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Billingen, Skövde, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Billingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trädgårdsgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Crown Göteborg, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0064</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Crown</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polhemsplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigtunastiftelsen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtunastiftelsen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtunastiftelsen Hotell och konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigtuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Stortorget, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0253</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Stortorget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stortorget 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Norrköping Nord, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0237</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Norrköping Nord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järngatan 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Arlanda Hotellby, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlanda Hotellby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristagatan 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlandastad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stenungsbaden Yacht Club, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0296</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenungsbaden Yacht Club</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södra Stenungsön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STENUNGSUND</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Segevång, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0305</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Segevång</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Segesvängen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Runö Möten &amp; Events, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0333</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runö Möten &amp; Events </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Runö Möten &amp; Events</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Näsvägen 100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkersberga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiviks Hotell Konferens &amp; Spa, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0371</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiviks Hotell Konferens &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiviks Hotell Konferens &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moriabacken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kivik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Haymarket by Scandic, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0462</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haymarket by Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hötorget 13-15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Bergmästaren, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0760</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Bergmästaren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bergskolegränd 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åkeshofs Slott, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0498</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkeshof Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkeshofs Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkeshofs Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Göteborg Central, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0523</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Göteborg Central</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikingsgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Landvetter, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0534</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Landvetter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flygfraktsvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Härryda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lundsbrunn Resort &amp; Spa, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0541</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lundsbrunn Resort &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lundsbrunn Resort Fastighet AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brunnsvägen 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lundsbrunn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hjortviken Country Club, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0603</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortviken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortviken Country Club</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hindås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Tapetfabriken, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0758</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Tapetfabriken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marcusplatsen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nacka</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Grand Sundsvall, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0795</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Grand Sundsvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybrogatan 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Temperance, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0720</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Temperance</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engelbrektsgatan 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Victoria, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0722</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Victoria</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>F. E. Elmgrens gata 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lykke, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Light</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasaplan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>q.bar, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0808</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Sundsvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esplanaden 29</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Post, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0723</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Post</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stora Torget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskarshamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NÒR Södermalm, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0781</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Stockholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringvägen 98</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brasserie Waterfront, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0791</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Waterfront</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adolf Edelsvärds gata 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NÒR Umeå, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0835</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Umeå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Strandgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Bolinder Munktell, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0845</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Bolinder Munktell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Munktellstorget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eskilstuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Borgen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0752</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Borgen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klostergatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dining Room, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0800</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>At Six</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brunkebergstorg 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blanche &amp; Hierta, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0800</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>At Six</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brunkebergstorg 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Majoren, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0788</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Majoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trädgårdsgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro H, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0826</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Statt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hudiksvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Europa, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Europa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 11444</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hindåsgården Konferens &amp; Spa, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0183</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hindåsgården Konferens &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hindåsgården Konferens och Spa AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ivar Bergers väg 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hindås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic S:t Jörgen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0193</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic S:t Jörgen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 4160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Klarälven Karlstad, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Klarälven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandbäcksgatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Plaza Borås, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Plaza Borås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allégatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Bollnäs, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0079</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Bollnäs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 343</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bollnäs</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Borlänge, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Borlänge</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stationsgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Plaza Umeå, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Plaza Umeå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bommersvik, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0204</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bommersvik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bommersvik AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bommersvik 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JÄRNA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Högbo Brukshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0304</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Högbo Brukshotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Högbo Brukshotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandviken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vårdnäs Stiftsgård, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0335</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vårdnäs Stiftsgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vårdnäs Stiftsgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vårdnäs Stiftsgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brokind</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hôtel Eggers, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0352</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hôtel Eggers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Hotel Group Hôtel Eggers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 11175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel J, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0372</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel J</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOX 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FågelbroHus, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0382</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FågelbroHus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FågelbroHus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fågelbrovägen 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Aske, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0424</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Aske</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Aske</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aske Allé 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell Havanna, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0428</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Havanna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Havanna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krabbes väg 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Hotel River C, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0431</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Hotel River C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tage Erlandersgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flädie Mat &amp; Vingård, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0446</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flädie Mat &amp; Vingård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flädie Mat &amp; Vingård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flädie Mejeriväg 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjärred</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Continental du Sud, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0505</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Continental du Sud</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Continental du Sud</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamngatan 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ystad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blique by Nobis, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0574</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blique by Nobis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävlegatan 18</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Arlanda Airport, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0743</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Arlanda Airport</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tornvägen 19A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm, Arlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Etage, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0819</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Etage</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storagatan 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pub 1803, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0844</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Carlia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Drottninggatan 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uddevalla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Social View, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0744</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel View</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hyllie Stationstorg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö/Hyllie</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Quality Hotel Bodensia, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0735</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Bodensia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Boden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Magasinet, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0734</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Magasinet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamngatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trelleborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Packhuset, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0767</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Packhuset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppsbrogatan 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kalmar</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Restaurang Maritimus, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0797</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strömstad SPA &amp; Resort</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebalvägen 229</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strömstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0799</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Strawberry Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Råsta Strandväg 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Selma Spa, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0832</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Selma Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsbergsvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunne</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Concordia, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Concordia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Concordia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålbrogatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Balingsholm Herrgård, Restaurang</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3055 0038</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Conference facility with accommodation</x:v>
+        <x:v>Hotel restaurant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotels and other accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balingsholm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balingsholm Herrgård</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balingsnäsvägen 27</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HUDDINGE</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Hotell S:t Clemens Visby, Konferens</x:v>
-[...23 lines deleted...]
-        <x:v>Smedjegatan 3</x:v>
+        <x:v>Engsholms Slott, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engsholm Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Engsholms Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängsholm 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mörkö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vidbynäs Gård och Konferens, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0185</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vidbynäs Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vidbynäs Gård och Konferens AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykvarn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Grand Central, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0077</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Grand Central</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 70</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Winn, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0075</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Winn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Strandgatan 9-11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Örebro Väst, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0251</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Örebro Väst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västhagagatan 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Infra City, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Infra City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kanalvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Upplands Väsby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Kungens Kurva, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Kungens Kurva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekgårdsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huddinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PM &amp; Vänner, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0208</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PM &amp; Vänner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PM &amp; Vänner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrgatan 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Backadal, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Backadal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bäckebolsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings-Backa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Sundsvall Nord, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0224</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Sundsvall Nord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värdshusbacken 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Gällivare, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Gällivare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klockljungsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gällivare</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stiftsgården Åkersberg, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stiftelsegården Åkersberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stiftsgården Åkersberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÖÖR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Uppsala Nord, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0276</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Uppsala Nord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamla Uppsalag 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Malmen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0289</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Malmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Götgatan 49-51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Talk, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0294</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Talk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mässvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lejondals Slott, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0301</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lejondals Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lejondals Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bjertorp Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0347</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjertorp Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjertorp Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fyrunga</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KVÄNUM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Solhem Hotel, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0365</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Solhem Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solhemsgatan 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Visby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scandic Crown Göteborg, Konferens</x:v>
-[...8 lines deleted...]
-        <x:v>Conference facility with accommodation</x:v>
+        <x:v>Scandic Strömmen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0235</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotels and other accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Scandic Crown</x:v>
-[...2 lines deleted...]
-        <x:v>Polhemsplatsen 3</x:v>
+        <x:v>Scandic Strömmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slottsgatan 99</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Margretetorps Gästgivaregård, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0378</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Margretetorps Gästgivaregård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Margretetorps Gästgivaregård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Käglevägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjärnarp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seglarhotellet i Sandhamn, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0436</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandhamn Seglarhotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandhamn Seglarhotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stallmästaregården, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0391</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stallmästaregården</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stallmästaregården</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Skärholmen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0461</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Skärholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oxholmsgränd 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skärholmen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Västerås, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0777</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Västerås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigurdsgatan 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hesselby Slott, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0476</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hesselby Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hesselby Slott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maltesholmsvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vällingby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Riddersviks Herrgård, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0539</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riddersviks Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riddersviks Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riddersviks Allé 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hässelby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Billingehus Hotel &amp; Möte, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0573</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Billingehus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Hotel Group Billingehus Hotell &amp; Möte</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alphyddevägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Braheskolan Wisingsö Hotell &amp; Konferens, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0604</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Braheskolan Wisingsö Hotell &amp; Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrbovägen 90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visingsö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maryhill Estate, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0605</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maryhill Estate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ålabodsvägen 193</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glumslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ellery Beach House, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0609</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ellery Beach House AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elfviks Udde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidingö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Wallin, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0717</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Wallin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70374</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Social Prisma, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0756</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Prisma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekedalsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Plaza, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0736</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Plaza</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Torgsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Drott, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0802</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Drott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Smedjan Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Smedjan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smedsgatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandviken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VRÅ, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0813</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Post</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottningtorget 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Göteborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scandic Infra City, Konferens</x:v>
-[...8 lines deleted...]
-        <x:v>Conference facility with accommodation</x:v>
+        <x:v>Home Hotel Norre Park, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0814</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Norre Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra vägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Halmstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fratelli Bar &amp; Deli, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0833</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Fratelli</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottninggatan 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vicino, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0833</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Fratelli</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottninggatan 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grands Veranda, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0718</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Grand Falun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trotzgatan 9-11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Social Bar &amp; Bistro, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0729, 3055 0841</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Karlatornet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cassiopejagatan 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Social Borås, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0772</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Grand Borås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hallbergsplatsen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hobo Bar, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0796</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobo Stockholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brunkebergstorg 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AMA Restaurant, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0745</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sea U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rooftop Bar, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0745</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sea U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kungsgatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NÒR Sundsvall, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0773</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sundsvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skepparegatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Social Mölndal, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0779</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel The Weaver</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborgsvägen 91</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Helsingborg Nord, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotels and other accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Scandic Infra City</x:v>
-[...2 lines deleted...]
-        <x:v>Kanalvägen 10</x:v>
+        <x:v>Scandic Helsingborg Nord</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 22269</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic No. 25, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic No. 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Burggrevegatan 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Karlstad City, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Karlstad City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottninggatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Plus Hotel Noble House, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0144</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Plus Hotel Noble House</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gustav Adolf Torg 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Kramer, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0194</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Kramer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stortorget 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Victoria Tower, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0111</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Victoria Tower</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arne Beurlings torg 3A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kista</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skåvsjöholm Konferens &amp; Möten, Restaurang </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skåvsjöholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skåvsjöholm AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skåvsjöholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkersberga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Camp Ripan, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0033</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camp Ripan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camp Ripan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Campingvägen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiruna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Star Sollentuna, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Star Sollentuna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bohusgården Hotell &amp; Konferens, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0209</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bohusgården Hotell &amp; Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bohusgården Hotell &amp; Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordens Väg 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UDDEVALLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Hotel Rubinen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0227</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Rubinen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 530 97</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villa Källhagen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0396</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Källhagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Villa Källhagen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Djurgårdsbrunnsvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Skeppsholmen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0404</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Skeppsholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Skeppsholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Rusthållargården, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Rusthållargården</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel Rusthållargården</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stora vägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arild</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Plus Park Airport Hotel, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0427</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western Plus Park Airport Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 55</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm-Arlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Holiday Club Sport &amp; Spa Hotels, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holiday Club Sport &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holiday Club Sport &amp; Spa Hotels AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 68</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Carlscrona, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0753</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Carlscrona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppsbrokajen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Downtown Camper by Scandic, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0499</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Downtown Camper by Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brunkebergstorg 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Oceanhamnen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0521</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Oceanhamnen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bröderna Pihls gränd 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Södra Kajen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0588</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Södra Kajen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södra kajen 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Cardinal, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0751</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Cardinal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bäckgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kava Eatery, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0828</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frösö Park Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cronstadsväg 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frösön</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Malmö, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0742</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Malmö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carlsgatan 10 C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarion Hotel Post, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0813</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Post</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drottningtorget 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Social Ekoxen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0727</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Ekoxen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klostergatan 68</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Kitchen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0766</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Panorama</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eklandagatan 51-53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Social Uppsala, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0768</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Gillet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragarbrunnsgatan 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Southside, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0837</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotell Hernö Gin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dala 152</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Härnösand</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NÒR Jönköping, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0733</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Match</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Sundsvall, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0812</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Sundsvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvall</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Hotel Umeå City, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0817</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort Hotel Umeå City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 47 B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Fregatten, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0810</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Fregatten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamnplan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Slottsparken, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0741</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Slottsparken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fei, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0785</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel The Pier</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pumpgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Upplands Väsby, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0182</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Upplands Väsby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotellvägen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Upplands Väsby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scandic Segevång, Konferens</x:v>
-[...8 lines deleted...]
-        <x:v>Conference facility with accommodation</x:v>
+        <x:v>Scandic Sjöfartshotellet, Stockholm, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotels and other accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Scandic Segevång</x:v>
-[...10 lines deleted...]
-        <x:v>Albert Kök Hotell &amp; Konferens, Konferens</x:v>
+        <x:v>Scandic Sjöfartshotellet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 15056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Järva Krog, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Järva Krog</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 8061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Park, Stockholm, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5255</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Luleå, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0229</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Hotell Luleå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Banvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luleå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Falkenberg Strandbad, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0231</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falkenberg Strandbad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falkenberg Strandbad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havsbadsallén 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falkenberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Djurönäset, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0274</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Djurönäset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Djurönäset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Djurhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aspenäs Herrgård, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0275</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aspenäs Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aspenäs Herrgård AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aspenäs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lerum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vadstena Klosterhotel, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0302</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena Klosterhotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena Klosterhotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 193</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VADSTENA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såstaholm Hotell &amp; Konferens AB, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såstaholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såstaholm Hotell &amp; Konferens AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såstaholm Allé 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Täby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Albert Kök Hotell &amp; Konferens, Restaurang</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3055 0329</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Conference facility with accommodation</x:v>
+        <x:v>Hotel restaurant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotels and other accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Albert</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Albert Kök Hotell och Konferens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Strömsberg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Trollhättan</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Skarpö utbildning &amp; konferens, Konferens</x:v>
-[...119 lines deleted...]
-        <x:v>Box 1616</x:v>
+        <x:v>Brösarps Gästgifveri &amp; SPA, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0331</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brösarps Gästgifveri &amp; SPA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brösarps Gästgifveri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albovägen 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRÖSARP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagabergs Folkhögskola, Konferens &amp; Vandrarhem, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagaberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagabergs Folkhögskola, Konferens &amp; Vandrarhem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 191 61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södertälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Färna Herrgård &amp; Spa, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0349</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Färna Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Färna Herrgård &amp; Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Färna Herrgård 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skinnskatteberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smådalarö Gård, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0383</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smådalarö Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smådalarö Gård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smådalarö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DALARÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krusenberg Herrgård, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0384</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krusenberg Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krusenberg Herrgård</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Krusenberg 436</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UPPSALA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Welcome Hotel i Barkarby, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Welcome Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Welcome Hotel Barkarby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notarievägen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Lugnet Falun, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Lugnet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärdsjögatan 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Social Arlanda XPO, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0794</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Arlanda XPO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cederströmsslinga</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlandastad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Continental, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0468</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Continental</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasagatan 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vår Gård Saltsjöbaden, Konferens</x:v>
-[...104 lines deleted...]
-        <x:v>Conference facility with accommodation</x:v>
+        <x:v>Scandic Kista, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0472</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotels and other accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Scandic Lugnet</x:v>
-[...51 lines deleted...]
-        <x:v>Conference facility with accommodation</x:v>
+        <x:v>Scandic Kista</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Färögatan 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kista</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Steam Hotel, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0482</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Steam Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Steam Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ångkraftsvägen 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bosön, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0495</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bosön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bosön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bosön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidingö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Laholmen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0510</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Laholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laholmen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strömstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Örebro Central, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0519</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandic Örebro Central</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östra Bangatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jacy’z Hotel &amp; Resort, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0608</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotels and other accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Maryhill Estate</x:v>
-[...34 lines deleted...]
-        <x:v>Kungsportsavenyn 6</x:v>
+        <x:v>Jacy'Z Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drakegatan 54</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Göteborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scandic Kiruna, Konferens</x:v>
-[...8 lines deleted...]
-        <x:v>Conference facility with accommodation</x:v>
+        <x:v>Heurlins, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0774</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Draken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Olof Palmes plats 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Living Room Draken, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0774</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Draken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Olof Palmes plats 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Uman, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0820</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Uman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storgatan 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Bristol, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0838</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Bristol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kyrkogatan 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flying Pub, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0771</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Galaxen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jussi Björlingsväg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Social Sign, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0809</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Sign</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östra Järnvägsgatan 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Kompaniet, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0755</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Kompaniet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Folkungavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nyköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Socal Bar &amp; Bistro, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0799</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quality Hotel Strawberry Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Råsta Strandväg 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Tapto, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0747</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Tapto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungfrugatan 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Home Hotel Mektagonen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0783</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Home Hotel Mektagonen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falkenberggatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Social Arlanda, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0786</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strawberry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clarion Hotel Arlanda Airport</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tornvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm, Arlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sånga-Säby Hotell &amp; Konferens, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>055 Hotels and other accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sånga</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sånga-Säby Hotell &amp; Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sånga-Säbyvägen 187</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVARTSJÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandic Stora Hotellet, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3055 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hotel restaurant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>055 Hotels and other accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandic</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Scandic Kiruna</x:v>
-[...670 lines deleted...]
-      <x:c t="str">
         <x:v>Scandic Stora Hotellet</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brunnsgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nyköping</x:v>
-      </x:c>
-[...27774 lines deleted...]
-        <x:v>Stockholm, Arlanda</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>