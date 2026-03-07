--- v0 (2026-01-10)
+++ v1 (2026-03-07)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R949b7099f9a7481f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ef7fe85dc7a449d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R88ebe0224b964326"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Rbea2e536c58f4453"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R88ebe0224b964326" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbea2e536c58f4453" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -68,29786 +68,30842 @@
       </x:c>
       <x:c t="str">
         <x:v>Breast pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hjärtats</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Curatex GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wahlstedt</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>ICA Amningskupor Vit, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0072, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Breast pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Momkind Disposable Nursing Pads, 30pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Breast pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Momkind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Momkind ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rentemestervej 64, 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Ainu Eko-Pumpulipuikot, 200 kpl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0072, 5023 0028</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Breast pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ainu</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Curatex GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wahlstedt</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA Amningskupor Vit, 50 st</x:v>
+        <x:v>Änglamark, Amningsindlägg, 50 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Breast pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shanghai Foliage Industry Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 2288, Baishi Road, Baihe Town</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shanghai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apoteket Amningskupor, 50 st.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0072, 5023 0028</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Breast pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>apoteket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen Amningskopur, 50 styken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0072, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Breast pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA, Disposable Nursing Pads, 50 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Breast pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Shanghai Foliage Industry Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 2288, Baishi Road, Baihe Town</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shanghai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CMC Amningskupor, 40 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0054, 3023 0047</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Breast pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>CMC Consumer Medical Care GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eichendorfstrasse 12-14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sontheim / Brenz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotek Hjärtet, Disposable Nursing Pads, 50 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Breast pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjärtats</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shanghai Foliage Industry Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 2288, Baishi Road, Baihe Town</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shanghai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark nursing pads, 50 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0072, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Breast pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Curatex GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wahlstedt</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Momkind Disposable Nursing Pads, 30pcs</x:v>
-[...2 lines deleted...]
-        <x:v>5023 0115</x:v>
+        <x:v>Minstingen, Disposable Nursing Pads, 50 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0107</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Breast pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Momkind</x:v>
-[...22 lines deleted...]
-        <x:v>Breast pads</x:v>
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shanghai Foliage Industry Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NO. 2288, Baishi Road, Baihe Town</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shanghai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Saklart Bomullspinnar 200st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0065</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lemoine France SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZI Le C.I.R.I.A.M.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caligny</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotera bomullsrondeller, organic cotton pads, 80 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apotea</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TOPZ PREMIUM make-up sticks, 100 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Topz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apoteas ovala bomullsrondeller, organic oval pads, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apotea</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TOPZ PREMIUM organic cotton sticks, ekologiska bomullspinnar, 160 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Topz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic SWAN 80 Cotton Round Pads (ICA Bsc Bomullspads 80-p)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SEPTONA SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>THESI LYSIA INOFITA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INOFITA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åhléns Ekologiske bomullspinnar, 200 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0065</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lemoine France SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZI Le C.I.R.I.A.M.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caligny</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LINDEX Cotton pads, organic, 80 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swisspers Cotton Pads round 57 mm, 100 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swisspers Premium Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flawa Consumer GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Badstrasse 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flawil</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark VATPINDE - EKOLOGISK BOMULD -  Make up cotton buds, 90 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0065</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Shanghai Foliage Industry Co., Ltd</x:v>
-[...10 lines deleted...]
-        <x:v>Apoteket Amningskupor, 50 st.</x:v>
+        <x:v>Lemoine France SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZI Le C.I.R.I.A.M.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caligny</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TOPZ PREMIUM COTTON STICKS, 300 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Topz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incite code d.o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vojvodiću 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveta Nedelja</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A NEW DAY square make up pads 50 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swisspers Cotton Pads oval 90x70 mm, 50 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swisspers Premium Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flawa Consumer GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Badstrasse 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flawil</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic SWAN 100pcs Cotton Balls  (ICA Bsc Bomullsbollar 100-p)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SEPTONA SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>THESI LYSIA INOFITA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INOFITA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA, EKOLOGISKT CERTIFIERADE BOMULLSPINNAR, 200 st (cotton buds)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SEPTONA SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>THESI LYSIA INOFITA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INOFITA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gunry Cotton Pads 100%Pure Organic 70 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA, EKOLOGISKT CERTIFIERADE BOMULLSRONDELLER, 80 st (cotton pads)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SEPTONA SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>THESI LYSIA INOFITA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INOFITA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic SWAN 200pcs Cotton buds in a PP box (ICA Bsc Bomullspinnar 200 p)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SEPTONA SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>THESI LYSIA INOFITA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INOFITA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swisspers Cotton Pads square 75x75 mm, 50 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swisspers Premium Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flawa Consumer GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Badstrasse 43</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flawil</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LINDEX Cosmetic sticks, 100 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TOPZ Original organic cotton pads, Summer Edition, 80 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Topz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FAVORIT EKOLOGISK BOMULL, 100 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>İPEK Organik cotton buds rec. box organic, 200 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VIDE VILDA baby barn ekologiska bomullspinnar 60st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIDE VILDA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MEVOLUTION OURGANIC PADS, 100% ORGANIC COTTON, 80 PCS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mevolution</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lemoine Holland B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaassenseweg 6g.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AT Emst</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BILTEMA Bomullspinne, paper rod (cotton buds), 200 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA, EKOLOGISKT CERTIFIERADE BOMULL, 100 g (cotton pleat)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SEPTONA SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>THESI LYSIA INOFITA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INOFITA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mevolution Organic Cotton Pads, 80 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0058</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mevolution</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Precot Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plot No. 14P-16, 26-28P, SEZ Textiles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karnataka</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>APOTEAS bomullsrondeller, ekologiska, 80 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apotea</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ÄNGLAMARK BOMULLSPADS, EKOLOGISK BOMULL, 60 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lemoine Holland B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaassenseweg 6g.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AT Emst</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rema 1000 Organic Circle Vatrondeller, 40 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0058</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Organic Circle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Precot Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plot No. 14P-16, 26-28P, SEZ Textiles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karnataka</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Topz Original Cotton Pads / Bomullspads, 80 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0047, 3023 0047</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Topz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CMC Consumer Medical Care GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eichendorfstrasse 12-14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sontheim / Brenz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Topz Original 100% organic cotton sticks, summer edition, 160 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CMC Cotton Sticks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0054, 3023 0047</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>CMC Consumer Medical Care GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eichendorfstrasse 12-14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sontheim / Brenz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Topz Premium Organic Cotton Pads, 80 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0047, 3023 0047</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Topz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CMC Consumer Medical Care GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eichendorfstrasse 12-14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sontheim / Brenz</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>İPEK Organic cotton buds rectangular carton box &amp; lid, 300 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark VATPINDE - EKOLOGISK BOMULD, 200 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0065</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lemoine France SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZI Le C.I.R.I.A.M.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caligny</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Åhléns Ekologiske bomullspinnar, 90 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0065</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åhléns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lemoine France SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZI Le C.I.R.I.A.M.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caligny</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TOPZ Original Ekologisk bomull, 50 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Topz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NK COTTON PADS 80 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MEDS BOMULLSRONDELLER (round pad), 80 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KICKS ORGANIC COSMETIC COTTON PADS, 100% Organic Cotton, 80 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KICKS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lemoine Holland B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaassenseweg 6g.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AT Emst</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic SWAN 200g Cotton Pleat (ICA Bsc Veckad bomull 200g)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SEPTONA SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>THESI LYSIA INOFITA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INOFITA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TOPZ PREMIUM square shaped make-up pads, 50 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Topz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IPEK Organic cotton buds rectangular carton box &amp; lid, 200 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gunry Cotton Sticks Pure Organic 200 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apoteas bomullspinnar, organic refill cotton buds, 300 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apotea</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark VATPINDE - EKOLOGISK BOMULD -  Baby safety buds, 60 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0065</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lemoine France SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZI Le C.I.R.I.A.M.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caligny</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>A NEW DAY make up sticks 100 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop 365 Minirisk - Baby Sikkerhedsvatpinde, 60 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0065</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop 365 Minirisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lemoine France SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZI Le C.I.R.I.A.M.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caligny</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MEDS Bomullsrondeller stora ovala, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark baby cotton sticks, 64 stk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0072, 5023 0028</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Breast pads</x:v>
-[...8 lines deleted...]
-        <x:v>apoteket</x:v>
+        <x:v>Cotton wool and cotton buds for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Curatex GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wahlstedt</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Minstingen Amningskopur, 50 styken</x:v>
+        <x:v>İPEK Organic cotton buds rectangular carton box&amp;lid, 60 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MEDS Bomullsrondeller, 80 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ainu Vauvan Eko-Pumpulipuikot, 72 kpl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0072, 5023 0028</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Breast pads</x:v>
+        <x:v>Cotton wool and cotton buds for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ainu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MEDS Bomullspinnar, 300 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton wool and cotton buds for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Biolam Lakan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cellcomfort Eco Skyddslakan </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>9554070 Easitex barriäröverdrag armbord Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASAP Luna Føde Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Asap Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASAP-Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bataljonvegen 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Barrierelaken, stretch/formsydd, 108x240 cm (50 stk.)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0085</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polar Biomedicals</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polar BioMedicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 503</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BODØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cellclean Torkduk Basic 721-serien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASAP Leana 100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Asap Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASAP-Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bataljonvegen 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>95580115 Easitex barriärlakan Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Biolam Påslakan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASAP Føde Drytop Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Asap Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASAP-Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bataljonvegen 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASAP Gemini 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Asap Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASAP-Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bataljonvegen 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASAP Luna Føde Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Asap Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASAP-Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bataljonvegen 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>955155235 Easitex barriärlakan Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Plus 60 x 90, 200 pcs (203972)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cellcombi Slide 394-serien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASAP Gemini 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Asap Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASAP-Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bataljonvegen 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cellcombi Slide Extra Strong 396-serien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASAP Drytop Extra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Asap Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASAP-Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bataljonvegen 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>955155255 Easitex barriärlakan Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Biolam Plus Örngott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASAP Luna Føde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Asap Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASAP-Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bataljonvegen 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cellsoft Skyddsduk </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Biolam Plus Påslakan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Biolam Örngott</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Plus 60 x 60, 200 pcs (203934)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Plus 60 x 90, 120 pcs (207017)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Plus 80 x 90, 120 pcs (204016)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASAP Jona White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Asap Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASAP-Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bataljonvegen 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cellsoft Skyddsduk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Super 60 x 90, 200 pcs (203996)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>9555060 Easitex barriärörngott Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>95180115 Easitex engångslakan Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>9558085 Easitex barriärduk Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cellcombi Skyddslakan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Plus 80 x 170, 28 pcs (205518)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Benholder trekk, stretch m barriere (400 stk.)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0085</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polar Biomedicals</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polar BioMedicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 503</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BODØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>95580155 Easitex barriärlakan Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Biolam Plus Lakan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fødelaken, stretch/formsydd, 105x100 cm (30 stk.)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0085</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polar Biomedicals</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polar BioMedicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 503</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BODØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASAP Akuttlaken Jona 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Asap Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASAP-Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bataljonvegen 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Super 60 x 60, 200 pcs (203958)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>9553070 Easitex barriäröverdrag armbord Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fødelaken, stretch/formsydd, 149x115 cm (28 stk.)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0085</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polar Biomedicals</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polar BioMedicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 503</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BODØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Plus 40x60, 300 pcs (203910)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>9554080 Easitex barriärduk Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASAP Føde Drytop Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Asap Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASAP-Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bataljonvegen 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Super 60 x 90, 72 pcs (205617)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASAP Drytop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Asap Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASAP-Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bataljonvegen 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>95580130 Easitex barriärlakan Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Helmi Baby Mats, 5 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helmi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASAP Jona 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2023 0046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Asap Norway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASAP-Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bataljonvegen 30</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SKIEN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>95180235 Easitex engångslakan Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Plus 80 x 170, 120 pcs (204030)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>95580235 Easitex barriärlakan Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cellcombi Slide Eco 393-serien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>95580255 Easitex barriärlakan Stark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants Size 6 (XXL) (Tall, 38 stk)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, Mini, 28 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Giggles Mini 3-6 kg, 28 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Giggles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jfl Retail A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 9, 2 sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringkøbing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero SleepTight S9, 10 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Newborn 1, 2-5 kg, 25 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 5, 10-15 kg, Big Pack 48 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Blöjor, Size 6 (Babydiaper, XL), 40st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu, Maxi 22 stk (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Muumi Baby Pants 7, 16-26 kg, 34 psc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado Byxblöjor, storlek 4 (8-14 kg), 80 stycken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MegaSoft (China) Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No.1 Xinqiang Road, Machinery Printing Base, Gaoxin District, Hongshan Town, Shishi City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quanzhou City</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch Hybrid Diaper (INSERT) L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Giggles Maxi 7-16 kg, 50 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Giggles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jfl Retail A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 9, 2 sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringkøbing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen Blöjor, size 4 (babydiaper, Maxi)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Minstingen</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, XL, 40 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature, size 5, 12-18 kg, 22 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Swim Pants, str. M, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Humble Co Baby Babblarna, Size 6 (Babypants, XL), 36 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Humble Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Giggles Extra Large 15-30 kg, 40 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Giggles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jfl Retail A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 9, 2 sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringkøbing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BP Coop Byxbloejor, Size 4, 46 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BP Coop Byxbloejor, Size 6, 38 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Blöjor, Size 7 (Babydiaper, XXXL), 30st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Comfort 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0032, 3023 0053, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen Blöjor, size 3 (babydiaper, Midi)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 4, 7-14 kg, Big Pack 63 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Muumi Baby Pants 5, 10-15 kg, 38 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BP Coop Byxbloejor, Size 5, 44 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 5, 10-16 kg, Big Pack, 60 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 5 (XL), Tall, 44 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers size 7 (3XL), 40 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BD Coop Bloejor, size 2, 28pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 3, 5-8 kg, 48 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu, XL Trialpack 2 stk (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 6, 12-24 kg, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants Size 6 (XXL) (18 stk)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Giggles Pants Junior 10-18 kg, 30 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Giggles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jfl Retail A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 9, 2 sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringkøbing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ezydry Baby Diaper, XL, 30 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ezydry Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Maxier Hygienic Products Co., Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building B workshop, Keda East Road, Shishan Keji Industrial Park A Zone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foshan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 5, 10-16 kg, 40 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 6, 12-24 kg, 34 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB Mini 42 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, Junior+ 40 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 3 (M), 28stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Love &amp; Care Mini str. 2, 28 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Love&amp;Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Love &amp; Care XL str. 6, 38 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Love&amp;Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 3, 5-8 kg, 36 psc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BP Coop Byxbloejor, Size 7, 34 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 4, 7-14 kg, 42 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Newborn 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Swimp Medium (S1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Humble Co Baby Babblarna, Size 3 (Babydiaper, MIDI), 34 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Humble Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen Blöjor, size 5 (babydiaper, JR)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tena Slip Junior, 32 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB Maxi 50 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BD Coop Bloejor, size 5, 44pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, XL Trialpack 2 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants Size 4 (L) (Tall, 40 stk)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB 24 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 4 (L), 24stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, Maxi, 50 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature, size 3, 4-8 kg, 28 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Giggles Newborn 2-4 kg, 28 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Giggles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jfl Retail A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 9, 2 sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringkøbing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero SleepTight S10, 9 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, Byx-Blöjer, size 5, 42 st (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Love &amp; Care Junior str. 5, 44 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Love&amp;Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 4, 7-11 kg, 32 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BD Coop Bloejor, size 6, 40pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 3, 5-8 kg, Big Pack 69 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Muumi Baby Pants 4, 7-11 kg, 40 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Comfort 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Swim Pants, str. S, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ezydry Baby Diaper, S, 30 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ezydry Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Maxier Hygienic Products Co., Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building B workshop, Keda East Road, Shishan Keji Industrial Park A Zone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foshan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ezydry Baby Diaper, XXL, 30 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ezydry Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Maxier Hygienic Products Co., Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building B workshop, Keda East Road, Shishan Keji Industrial Park A Zone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foshan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Muumi Baby Pants 6, 12-20 kg, Big Pack, 52 psc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Dreamy Night Pants M (4-7 years), 10 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ezydry Baby Diaper, XXXXL, 30 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ezydry Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Maxier Hygienic Products Co., Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building B workshop, Keda East Road, Shishan Keji Industrial Park A Zone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foshan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Blöjor, Size 3 (Babydiaper, MIDI), 56st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature, size 1, 2-4 kg, 22 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Up&amp;Go size 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, Byx-Blöjer, size 6, 38 st (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Sleep Tight size 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Swimp Small (S0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Comfort 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0032, 3023 0053, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Up&amp;Go size 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen ByxbBlöjor, Size 6 (Babypants, XL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Blöjor, Size 4 (Babydiaper, Maxi), 50st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Blöjor, Size 5 (Babydiaper, JR), 44st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA ByxBlöjor, Size 4 (Babypants, Maxi)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 5, 10-16 kg, 36 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature, size 4, 7-14 kg, 24 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 6, 13-20 kg, Big Pack 44 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, Junior 44 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, XL 30 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 6, 13-20 kg, 26 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Extra mjuk Öppen blöja, Size 1 (Babydiaper, NB), 26 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu, Junior Trialpack 2 stk (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, Byx-Blöjer, size 7, 34 st (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Newborn 2, 3-6 kg, 56 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado Byxblöjor, storlek 5 (12-18 kg), 74 stycken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MegaSoft (China) Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No.1 Xinqiang Road, Machinery Printing Base, Gaoxin District, Hongshan Town, Shishi City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quanzhou City</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Up&amp;Go size 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen ByxbBlöjor, Size 4 (Babypants, Maxi)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Comfort 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0032, 3023 0053, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature, size 6, 16+ kg, 20 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu, Maxi Trialpack 2 stk (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Up&amp;Go size 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch Hybrid Diaper (INSERT) M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Muumi Baby pants 6, 12-20 kg, 36 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado Byxblöjor, storlek 6 (16-26 kg), 68 stycken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MegaSoft (China) Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No.1 Xinqiang Road, Machinery Printing Base, Gaoxin District, Hongshan Town, Shishi City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quanzhou City</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Humble Co Baby Babblarna, Size 1 (Babydiaper, NB), 44 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Humble Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 6 (XXL), Tall, 40 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA ByxBlöjor, Size 7 (Babypants, XXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 7, 16-25 kg, Big Pack 40 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants, size 4, 7-14 kg, 20 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ezy dry Baby Diaper, L, 30 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ezydry Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Maxier Hygienic Products Co., Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building B workshop, Keda East Road, Shishan Keji Industrial Park A Zone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foshan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Newborn 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, Byx-Blöjer, size 4, 46 st (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants, size 6, 18+ kg, 18 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 6, 12-24 kg, Big Pack 51 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen Blöjor New Born, size 2 (Babydiaper, Mini)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 1 (XS), 22stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Up&amp;Go size 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ezydry Baby Diaper, NB, 30 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ezydry Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Maxier Hygienic Products Co., Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building B workshop, Keda East Road, Shishan Keji Industrial Park A Zone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foshan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, Junior Trialpack 2 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 6 (XXL), 20stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants Size 5 (XL) (19 stk)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Dreamy Night Pants L (8-15 years), 10 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Humble Co Baby Babblarna, Size 4 (Babypants, Maxi), 40 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Humble Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BD Coop Bloejor, size 3, 56pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Blöjor, Size 2 (Babydiaper, MINI), 36st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB Midi 56 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants Size 4 (L) (20 stk)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 3, 5-8 kg, 42 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 5, 10-15 kg, 28 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu, XL 18 stk (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Up&amp;Go size 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 4 (L), Tall, 48 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Extra mjuk Öppen blöja, Size 3 (Babydiaper, MIDI), 40 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants size 8 (4XL), 16 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB Midi trialpack 2 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Comfort 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0032, 3023 0053, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB Trialpack 3 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu, Junior 20 stk (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch 0</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, Midi, 56 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Muumi Baby Pants 5, 10-15 kg, Big Pack 54 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants, size 5, 12-18 kg, 19 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants Size 5 (XL) (Tall, 38 stk)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 7, 16-25 kg, 24 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Extra mjuk Öppen blöja, Size 2 (Babydiaper, MINI), 44 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Giggles Midi 5-9 kg, 56 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Giggles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jfl Retail A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 9, 2 sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringkøbing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ezydry Baby Diaper, M, 30 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ezydry Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Maxier Hygienic Products Co., Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building B workshop, Keda East Road, Shishan Keji Industrial Park A Zone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foshan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ezydry Baby Diaper, XXXL, 30 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ezydry Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Maxier Hygienic Products Co., Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building B workshop, Keda East Road, Shishan Keji Industrial Park A Zone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foshan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB Mini Trialpack 3 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 2 (S), 30stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Newborn 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA ByxBlöjor, Size 6 (Babypants, XL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Humble Co Baby Babblarna, Size 2 (Babydiaper, MINI), 31 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Humble Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Humble Co Baby Babblarna, Size 5 (Babypants, JR), 38 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Humble Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen ByxbBlöjor, Size 5 (Babypants, JR)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, Junior, 44 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Love &amp; Care Maxi str. 4, 50 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Love&amp;Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Love &amp; Care Midi str. 3, 56 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Love&amp;Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 4, 7-14 kg, 38 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Newborn 2, 3-6 kg, 52 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 4, 7-11 kg, Big Pack 54 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BD Coop Bloejor, size 4, 50pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA ByxBlöjor, Size 5 (Babypants, JR)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB Maxi Trialpack 2 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Comfort 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0053, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature, size 2, 3-6 kg, 30 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 3 (M), Tall, 52 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB Maxi+ 46 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Comfort 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 5 (XL), 22stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch Hybrid Diaper (INSERT) S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Giggles Junior 10-18 kg, 44 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Giggles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jfl Retail A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 9, 2 sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringkøbing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Giggles Pants Extra Large 16-26 kg, 28 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Giggles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jfl Retail A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 9, 2 sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringkøbing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Easitex tvättlapp extra mjuk (893032)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0084, 3023 0084</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Disposable wash cloths nonwoven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Easitex 322126 tvättlapp airlaid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0092, 3023 0084</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Disposable wash cloths nonwoven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Tvättlapp Super soft 20x26 cm (246742)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Disposable wash cloths nonwoven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungadalsgatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Tvättlapp Super soft 20x26 cm (246743)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Disposable wash cloths nonwoven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungadalsgatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>322502R Easitex tvättlapp airlaid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0092, 3023 0084</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Disposable wash cloths nonwoven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EasiTex Extra mjuk (862830)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0084, 3023 0084</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Disposable wash cloths nonwoven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EasiTex Extra mjuk (863860)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0084, 3023 0084</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Disposable wash cloths nonwoven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>321501R Easitex tvättlapp airlaid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0092, 3023 0084</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Disposable wash cloths nonwoven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EasiTex Extra mjuk (863138)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0084, 3023 0084</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Disposable wash cloths nonwoven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EasiTex Extra mjuk (863030)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0084, 3023 0084</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Disposable wash cloths nonwoven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado Tvättlapp ALT 20x17 cm (71057)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Disposable wash cloths nonwoven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungadalsgatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Tvättlapp Super soft 20x26 cm (246744)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Disposable wash cloths nonwoven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungadalsgatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EasiTex Extra mjuk (863133)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0092, 3023 0084</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Disposable wash cloths nonwoven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EasiTex Extra mjuk (863132)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0084, 3023 0084</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Disposable wash cloths nonwoven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EasiTex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunnar Engstrand AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kommendörsgatan 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babyrén Skumtvättlappar, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foam wash cloths</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svensk Emballageteknik AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åkervägen 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lupilu Skumtvâttlappar, 100 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foam wash cloths</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carpenter ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Michael Drewsens Vej 9-11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Højbjerg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L4, 18 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants S2, 16 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants M3, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Light Premium Maxi 4A, 8 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10XL, 60 PCS (213810)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0118</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Super XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Maxi Small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Light 60x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Protective Mats 60x90 cm, 10 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Man Premium - Formula 2, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Man</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Regular Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0053, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing S1, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing M2, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants XS2 Junior, 18 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 1 Premium, 30 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 10 Large, 56 pcs (201435)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Bed Normal 60x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Micro 0, 224 pcs (2205273)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip M-L4 Flexi Fit, 21 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Ultima Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing S1, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Extra Plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 10 Large, 56 pcs (208434)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Extra Plus 3+, 96 pcs (208175)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants M0, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Super 4, 138 pcs (207673)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10 Large, 44 pcs (208007)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 6, 152 pcs (204795)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing S2, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip Junior XS2, 32 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Super XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 8 Medium, 112 pcs (203699)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 7, 112 pcs (203811)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10+L Ultima, 60 pcs (214459)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip M-L2 Flexi Fit, 25 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9XL, 60 pcs (213575)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0118</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Normal 2, 180 pcs (208243)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Lady Normal (sw)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Normal 2, 96 pcs (207246)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 9, 112 pcs (201312)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 10 Medium, 56 pcs (208410)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing M1, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Light Premium 4, 30 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Light Premium 2, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Bed Normal 60x90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Normal M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Plus M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 5, 210 pcs (205242)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 9 Medium, 112 pcs (203323)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Let Mini, 32 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip Special L4, 12 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9L, 112 pcs (213735)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Bed PlusWing SZone, 180x80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 5, 152 pcs (204771)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 XL, 72 pcs (211861)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 10 XL, 56 pcs (209417)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends For Men Level 3, 168 pcs (205952)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Let Normal, 34 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Extra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Plus L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants PlusClassic XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Normal 2, 96 pcs (207567)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 10, 84 pcs (205532)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 9, 112 pcs (203859)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends F6, 160 pcs (205198)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Men Active Fit Level 3 (bag)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Men Active Fit Level 3 (carton)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 4 Premium, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Plus XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus Classic Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0053, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pant Discreet Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova Slip M-L2, 24 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants L3 Premium, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10M, 104 pcs (213773)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Plus XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Ultima XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Stretch Night Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Ultra Light 60x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Super S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Maxi XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 5, 36 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing XL2, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 5, 210 pcs (205228)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing M3, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Ultra Mini Plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Abri-Soft Classic 75x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Super M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Maxi M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Lady Mini</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 1A Premium, 28 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Hybrid Inserts Night Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants S1, 16 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 11, 84 pcs (206171)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Man Premium - Formula 0, 14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Man</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 3 Extra, 90 pcs (212691)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Stretch Night Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Men Active Fit Level 1 (bag)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing S2, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Light Premium 1A, 16 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Ultima</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova San 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Men Protective Underwear Maxi L/XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Hybrid Inserts Night Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10+M Ultima, 88 pcs (216057)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing XL1, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Light Premium 1, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 8S, 84 pcs (213612)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0118</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10 XL, 80 pcs (206942)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Maxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing M4, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Super S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Night Super M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Normal L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Maxi L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San Special, 28 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 Medium, 72 pcs (211809)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Super L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Light 90x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Adjustable 10 Medium, 84 pcs (206454)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Extra S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L3, 20 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 9 Small, 104 pcs (206744)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Superdry 60x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Superdry 80x180 cm, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Plus Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Special Care 60x60, 152 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Classic 60x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 Medium, 64 pcs (207406)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip M1, 26 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10+M Ultima, 72 pcs (214435)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Super Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 11, 21 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Extra Plus 3+, 120 pcs (205112)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 9 XL, 88 pcs (206928)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Men 2 Protective Shield, 90 pcs (212790)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova San 10, 18 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 7L, 90 pcs (214398)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants M1, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip M4, 21 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Lady Night Pad 6, 120 pcs (211939)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Bed Plus SecureZone, 60x75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 3 Premium, 28 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 3A Premium, 28 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 2 Normal, 120 pcs (212684)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10+L, 66 pcs (214299)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Maxi Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Maxi XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip M3, 23 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 4, 210 pcs (203750)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 8 Large, 112 pcs (201336)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Men Active Fit Level 1 (carton)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants Light Large, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Hybrid Inserts Day Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Superdry 40x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Ultra Light 90x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Plus Small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Bed Plus SecureZone, 60x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Normal Night</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Lady Normal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip M0, 27 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip M2, 24 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 6, 140 pcs (203798)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Bed Plus SecureZone, 60x90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 Large, 112 pcs (206843)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Light Ultra Mini 0, 24 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0089, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip Special M4, 14 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Stretch Day Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10+L Ultima, 66 pcs (216071)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Ultra Mini</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Night Super L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0053, 3023 0069, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10L, 78 pcs (213797)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus XXS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova Form S2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Lady Extra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L2, 22 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L-XL1 Flexi Fit, 26 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Superdry 75x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Maxi Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Ultima S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 6, 34 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 6, 140 pcs (201251)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 9 Medium , 112 pcs (201510)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus Classic Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Ultima XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Discrete 4, 210 pcs (202395)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Discreet L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Stretch Day Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Ultra Light 60x40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft  4 Maxi, 96 pcs (204894)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Man Premium - Special, 23 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Man</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova Slip M-L4, 21 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova San 7, 24 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants L1 Premium, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Classic 90x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Basic 60x40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Normal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Normal Small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Normal Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Super L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Bed Super SecureZone, 60x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants PlusClassic S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 7, 30 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 Small, 72 pcs (211762)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10 Medium, 88 pcs (206829)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 10 Medium, 112 pcs (201411)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 10 Medium, 104 pcs (207697)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 10 Large, 52 pcs (207666)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Let Anatomic, 30 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova Slip S2, 21 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Hybrid Inserts Day Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus XS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Plus S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing XL3, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 Medium, 88 pcs (211786)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing L2, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 4 Maxi, 120 pcs (212677)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 10, 25 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 8 Medium , 112 pcs (200735)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing M4, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants Light Medium, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Basic 90x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing S3, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing M3, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing L2, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Adjustable 10 Large, 84 pcs (206652)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Plus Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova Slip L-XL4, 18 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 8XL, 60 pcs (213599)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0118</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Excellent 90x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Basic 60x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Ultima Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Bed Plus SecureZone, 60x40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 8L, 120 pcs (213650)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Super Small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Super XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Maxi L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova San 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Normal XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Extra XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Lady Mini Plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L-XL3 Flexi Fit, 20 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing XL1, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Extra 3, 80 pcs (207581)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Mini 1, 240 pcs (205327)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086, 3023 0095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 Small, 112 pcs (206720)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10 Small, 88 pcs (206768)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants Premium, XXL1, 20 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0093, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Maxi XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Plus XS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 12 Premium, 16 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Regular XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10L, 72 pcs (214411)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 8M, 120 pcs (213636)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9+L, 78 pcs (214251)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons Discreet Underwear 3 Medium, 60 pcs (212769)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10S, 84 pcs (213759)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0118</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Maxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing L1, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 7, 136 pcs (204818)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 9 Medium, 104 pcs (206805)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Regular Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0053, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons Discreet Underwear 3 Large, 60 pcs (212776)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L-XL4 Flexi Fit, 18 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 Large, 72 pcs (211847)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Light Premium 3, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus Small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Maxi Small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Mini Extra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 11/XXL, 16 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L0, 26 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L-XL2 Flexi Fit, 22 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 Large, 64 pcs (207468)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 XL, 64 pcs (211885)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 9 Large, 112 pcs (201398)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Men Active Fit Level 2 (bag)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Man Premium - Formula 1, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Man</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deoplus Insert, 280 pcs (200094)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 9XS, 128 pcs (208199)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Mini Magic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Maxi M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing S3, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10+M, 88 pcs (214275)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Ultima L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Lady Super (BTXB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 9, 28 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip S2, 28 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 8 Large, 112 pcs (203712)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Plus Comp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing XL2, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pant Discreet Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova Slip L-XL2, 22 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 XXS, 90 pcs (213544)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Ultra Pads Mini</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Extra Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Ultima M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova San 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Lady Super</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants M2, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants XL3, 16 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L2, 10 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing M1, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing L3, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 Small, 64 pcs (207338)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 Large, 88 pcs (211823)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing L3, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Light Premium 3A, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Men 3 Protective Shield, 60 pcs (212813)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants L0 Premium, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Light 40x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Normal Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Normal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing L4, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 9 Large, 104 pcs (206867)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Super XS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Super Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Super M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Maxi S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Mini Plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Mini Long 1, 192 pcs (204863)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Extra 3, 180 pcs (208267)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing L1, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing L4, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Classic 60x40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10+XL Ultima, 54 pcs (214473)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9XS, 128 pcs (213674)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Maxi Night</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L1, 10 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 5 Maxi Plus, 96 pcs (206706)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 8, 112 pcs (203835)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Men Active Fit Level 2 (carton)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants L2 Premium, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Ultra Pads Normal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants XL2, 16 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L1, 26 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip XL4, 12 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 8, 22 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Men Protective Underwear Maxi S/M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip M-L1 Flexi Fit, 27 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip XS2 Premium, 32 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 3+ Extra Plus, 90 pcs (212714)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 4, 126 pcs (205761)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 7, 112 pcs (201275)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 XL, 56 pcs (204351)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 Medium, 112 pcs (206782)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Bed Plus SecureZone, 90x80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing M2, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 2 Premium, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 7/XXL, 26 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9M, 112 pcs (213711)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10+XL Ultima, 60 PCS (214312)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0118</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Regular Small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova San 6, 28 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Superdry 90x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6XS, 72 pcs (217009)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 7 M, 120 pcs (214374)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Super</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip M-L3 Flexi Fit, 23 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Extra Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 10, 84 pcs (205556)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 Small, 88 pcs (211748)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants XL1, 16 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 4, 210 pcs (203507)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maternity Pads Premium, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9S, 84 pcs (213698)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0118</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 8, 112 pcs (201299)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Ultra Mini 0, 224 pcs (2205075)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 XL, 104 pcs (206904)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip XL2, 21 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Extra 3, 80 pcs (207260)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Superdry 80x90, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duchesse Diskret Maxi Night, 96 pcs (216545)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Bed Super SecureZone, 60x90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Mini Super</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Extra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip S4, 25 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends soft 4 Super, 180 pcs (208281)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 9 Large, 112 pcs (201398)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing XL3, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends For Men Level 4, 168 pcs (205976)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apron Abena Classic 37x78cm w/tape (1000031117)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other personal care product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungadalsgatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Changing Mats 60x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other personal care product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apron Abena Classic with tissue 37x78 cm (1000031116)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other personal care product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungadalsgatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pad Extra soft disposable 60x90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other personal care product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIN-S Soft wipe (71626)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other personal care product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finess</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungadalsgatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cellcomb Tvättlappar </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other personal care product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TOPZ orginal organic cotton, 80 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other personal care product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Topz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bib Abena Classic with neck-tie 37x70 cm (1000031119)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other personal care product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungadalsgatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Dry wash cloth 20x17,5 cm (246015)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other personal care product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungadalsgatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vendor Handtowel Cassettes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other personal care product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vendor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vendor B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persephonestraat 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tilburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cellcomb Eco Skyddsförkläde 600001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other personal care product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cellcomb AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åmålsvägen 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Säffle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pad Extra soft disposable 60x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other personal care product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TOPZ Original premium organic cotton, 80 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other personal care product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Topz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbaros Mah. Ardıç Sok. Varyap Meridian</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ataşehir, Istanbul</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bib Abena Classic with tape 37x78 cm (1000031118)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other personal care product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ljungadalsgatan 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Ultra Light Liner, 28 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security Maxi Goodnight+ (10432)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Daily Fresh, Regular, 60 Liners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security 14 Maxi+ with wings (9316)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection ULTRA+, DUO PACK 2x14 (8790)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse goodnight, ULTRA LARGE+, (9556)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anyday Ultra Pads Normal Without Wings, 20 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apotea</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Natural Panty Liners - Tanga</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Normal Wings, Duo 2x12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Hjärtat vårt hållbara val Bindor med vingar Normal/Dag, 14 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0028, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Hjärtat</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Curatex GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wahlstedt</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA, Disposable Nursing Pads, 50 pcs.</x:v>
-[...8 lines deleted...]
-        <x:v>Breast pads</x:v>
+        <x:v>Libresse Comfort &amp; Security 14 Maxi+ with wings (931611)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronosept Förlossningsbinda, 20 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronan Bindor Natt Tunna med vingar, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apoteksgruppen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DeoDoc Daypads Normal 12 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DeoDoc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Ultra Pads Regular With Wings, 14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anyday Ultra Pads Normal With Wings, 20 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apotea</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies extra protection long, BIG PACK, (9748)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies fresh &amp; protect PL, REGULAR, (5910)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Bio Ultra Light Liner, 24 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse comfort &amp; security MAXI+, (9316)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Bio Normal Wings, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anyday Pantyliner Normal, 60 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apotea</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Trosskydd Large, 52 st (Pantyliner)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0105, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Super Ultra Thin with Wings, 12 st/stk/kpl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse goodnight, ULTRA+ X-LARGE, (5590)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security Maxi Goodnight+, (8039)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies fresh &amp; protect, PL, EXTRA LONG, JUMBO PACK (9759)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Bio Normal Liner, 26 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Dailies Extra Protection, Extra Long</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Normal Pantyliners, 24 st/stk/kpl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse comfort &amp; security MAXI+ (9316)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection ULTRA, DUO PACK (8781)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caroli Maxi Binden rmal, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0028, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caroli</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caroli Pantyliners rmal, 45 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0028, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caroli</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies fresch &amp; protect PL, REGULAR, (8214)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Dailies Style, PL, Micro, ECONOMY, (4887)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security 18 Maxi (4915)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra+, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security 18 Maxi (491511)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies style, So Slim, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Ultra Thin String Wings, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse goodnight, ULTRA LARGE+, (8098)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Bindor Ultra Normal utan vingar 16 st (Ultra Towel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Shanghai Foliage Industry Co., Ltd</x:v>
-[...19 lines deleted...]
-        <x:v>Breast pads</x:v>
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lidl Siempre PADS NORMAL, 20 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siempre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies S. r. l.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via delle Azalee 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buccinasco (Mi)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Siempre, ULTRA PADS, LONG, 28 Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0077, 5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siempre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies S. r. l.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via delle Azalee 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buccinasco (Mi)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DeoDoc Nattbinda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DeoDoc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra Long, 14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Normal, 14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection ULTRA+, ECONOMY (8880)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies extra protection LONG (8516)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security 14 Maxi+ with wings (9314)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anynight Ultra Pads Night With Wings, 20 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apotea</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection, &amp; Freshness PL, LONG (6803)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse PureSensitive, Ultra+, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Ultra Pads Long With Wings, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Ultratunna Trosskydd Silvercare, 24 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Dailies Style, PL, Micro, (9634)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra, 48 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies V-Protection &amp; Freshness, PL, REGULAR, JUMBO PACK (9744)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Cotton Normal Liner, 26 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Trosskydd Normal 32 st (Pantyliner)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Bio Normal Liner, 14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Anatomiska Trosskydd Silvercare, 30 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Plant Based Normal Liner, 24 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Panty Liners Normal, 18 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Ultra Extra Pads Long With Wings, 8 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Ultrathin Day Pads with Wings GingerOrganic, individually wrapped, 10 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security 20 Maxi Goodnight+ with wings (8038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Soft Liner, 42 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Siempre, ULTRA PADS, NORMAL, 40 Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0077, 5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siempre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies S. r. l.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via delle Azalee 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buccinasco (Mi)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies style, So Slim, 60 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Bio Normal Wings, 2x12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caroli Maxi Binden Super, 14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0028, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caroli</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Panty Liners Long, 16 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Ultra Extra Pads Super With Wings, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Maternity Pads GingerOrganic, 10 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Bio Long Wings, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra Long+, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Cotton Panty Liners Ultra Thin, 22 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-protection, Ultra, 44 pcs (10416)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies V-Protection &amp; Freshness, PL, REGULAR, BIG PACK, (8672)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse comfort &amp; security MAXI (4915)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Bindor Normal med vingar 28 st (Ultra Towel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Bio Night Wings, 9 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anyday Pantyliner Large, 32 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0105, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apotea</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Dailies Style, STRING, (4690)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse goodnight, ULTRA+ X-LARGE, (5610)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security 10 Maxi+ with wings (881706)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic Binda Ultra Super Plus med vingar 12 st (Ultra Towel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Long Liner, 24 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Siempre, ULTRA PADS, NIGHT, 20 Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0077, 5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siempre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies S. r. l.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via delle Azalee 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buccinasco (Mi)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Soft Liner, Duo 2x42 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Ultratunna Dagbindor med Vingar Silvercare, 10 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Trosskydd Large, 28 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0105, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra Long+, 8 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Hjärtat vårt hållbara val Bindor med vingar Natt/Plus, 12 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0028, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Hjärtat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Trosskydd Normal 60 st (Pantyliner)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Normal, Duo 2x14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse comfort &amp; security MAXI+, (9314)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DeoDoc 100% Organic Cotton Liners, Trosskydd i 100% Ekologisk Bomull 22 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DeoDoc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Long Wings, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Daily Fresh, Long, 52 Liners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection Ultra long+, BIG PACK, (10430)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse goodnight, ULTRA LARGE+, (4676)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection Ultra, Duo Pack, (10429)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Hjärtat vårt hållbara val Trosskydd normal, 32 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0028, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Hjärtat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies extra protection PL, REGULAR, (8605)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security Maxi Goodnight+, (8042)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies fresh &amp; protect, PL, LONG, BIG PACK, (9613)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Bindor Ultra Normal med vingar 14 st (Ultra Towel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Night Wings, 9 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Cotton Normal, 14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronan Bindor Maxi, 15 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apoteksgruppen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Dailies Classic protection, Regular, 50 Liners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra Long+, 36 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security 14 Maxi+ with wings (931411)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Plant Based Night Wings, 9 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Ultra Pads Super Plus, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Ultra Extra Pads Normal With Wings, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse goodnight, ULTRA LARGE, (9557)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronan Bindor Normal med vingar, 24 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apoteksgruppen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Daily Fresh, Extra Long, 20 Liners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra, 16 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection ULTRA LONG+, DUO PACK (8884)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Ultrathin Night Pads with Wings GingerOrganic, individually wrapped, 10 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies fresch &amp; protect, PL,  REGULAR (5830)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies style, So Slim, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection ULTRA LONG+, DUO PACK (5254)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Cotton Normal Wings, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Night Wings, Big Pack 28 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Natural Panty Liners - Curved</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Adaptable Flex Trosskydd Silvercare, 24 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse goodnight, ULTRA LARGE+, (5685)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse PureSensitive, ULTRA NIGHT+, (8368)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies fresh &amp; protect PL, REGULAR, (5875)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse comfort &amp; security MAXI, (4915)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lidl Siempre PADS NIGHT Extra long, 14 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siempre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies S. r. l.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via delle Azalee 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buccinasco (Mi)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronan Apotek Trosskydd Extra Långa utan vingar 35 pack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronans Apotek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Bindor Ultra Super Long 12 st (Ultra Towel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caroli Pantyliners Classic, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0028, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caroli</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Natural Panty Liners - Mini (Breathable)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Cotton Night Wings, 9 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security 9 Maxi Long+ with wings (861306)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra Long, 28 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Night Ultra Thin with Wings, 10 st/stk/kpl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Ultra Pads Super With Wings, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse comfort &amp; security MAXI+ (9314)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Hjärtat vårt hållbara val Trosskydd large, 28 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0028, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Hjärtat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra+, 14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic Binda Ultra Natt med vingar 10 st (Ultra Towel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DeoDoc 100% Organic Cotton Liners, Trosskydd i 100% Ekologisk Bomull 24 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DeoDoc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection Ultra+, Duo Pack, (10428)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>CMC Consumer Medical Care GmbH</x:v>
-[...19 lines deleted...]
-        <x:v>Breast pads</x:v>
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Plant Based Normal Wings, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse, V-Protection, ULTRA (10948)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Normal Wings, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset normal Liner, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Dailies V-Protection &amp; Freshness, Extra Long 38 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection Ultra+, Mega Pack, (10427)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Dailies PureSensitive REGULAR, (8369)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Ultrathin Flex Adjustable Pantyliners GingerOrganic, 30 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Ultratunn Nattbindor med Vingar Silvercare, 10 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DeoDoc Mama Care Organic Cotton Maternity pads. Förlossningsbinda i Ekologisk bomull, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DeoDoc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Normal Ultra Thin with Wings, 14 st/stk/kpl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Ultrathin Pantyliners GingerOrganic, individually wrapped, 24 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse PureSensitive, Ultra+, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection ULTRA+, DUO PACK 2x10 (5686)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Bindor Ultra natt 10 st (Ultra Towel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic Binda Ultra Normal Plus med vingar 14 st (Ultra Towel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Discreet M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sauna seat cover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork Bastupapper, rulle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sauna seat cover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hypap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäenpäänkatu 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Valkeakoski</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>N99146 Tork Bastusittskydd V1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sauna seat cover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hypap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäenpäänkatu 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Valkeakoski</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Axfood, Intuition Tampong Super, 64 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Intuition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Införingshylsa Tampong Silvercare, Normal 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Axfood, Intuition Tampong Normal, 64 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Intuition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotek Hjärtat Tamponger Mini, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hjärtats</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Shanghai Foliage Industry Co., Ltd</x:v>
-[...115 lines deleted...]
-        <x:v>Cotton wool and cotton buds</x:v>
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygienical tampons without applicator Super Plus 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bella Spółka z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Szosa Lubicka 157a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toruń</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Införingshyla Tampong Silvercare, Super 14 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Tampons GingerOrganic, Mini 18 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotea Tampon Normal, 100 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Apotea</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
-[...19 lines deleted...]
-        <x:v>Cotton wool and cotton buds</x:v>
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotekt Hjärtat Tamponger Super Plus, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjärtats</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Intuition, Regular, 32 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Intuition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tamponger Vårt Hållbara Val Super, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Cardboard Applicator Tampons GingerOrganic, Mini 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotek Hjärtat Tamponger Normal, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjärtats</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygienical tampons without applicator Super 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bella Spółka z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Szosa Lubicka 157a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toruń</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rainbow Tampong Mini, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rainbow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotek Hjärtat Tamponger Normal, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjärtats</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rainbow Tampong Super, 32 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rainbow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygienical tampons without applicator Super 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bella Spółka z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Szosa Lubicka 157a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toruń</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygienical tampons without applicator Mini 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bella Spółka z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Szosa Lubicka 157a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toruń</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotek Hjärtat Tamponger Plus, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjärtats</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Organic Cotton Tampon Normal, 16 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Tamponger Super Plus, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic cotton tampons SUPER with bio-based applicator tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Digital Tamponger Silvercare, Normal 18 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Tamponger Mini, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apoliva Tampong Extra Plus, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apoliva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Tamponger Normal, 32 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apoliva Tampong Plus, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apoliva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Tamponger Normal, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Tamponger Super, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apoliva Tampong Normal, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apoliva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gunry Tampons Super, 32 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotea Tampon Super, 100 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Apotea</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
-[...243 lines deleted...]
-        <x:v>Cotton wool and cotton buds</x:v>
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotea Tampon Mini, 16 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apotea</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Digital Tampons GingerOrganic, Super 15 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic cotton tampons NORMAL with bio-based applicator tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
-[...51 lines deleted...]
-        <x:v>Cotton wool and cotton buds</x:v>
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tamponger Normal, 56 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Digital  Tamponger Silvercare, Super Plus 15 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Digital Tampons GingerOrganic, Normal 18 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Intuition, Super, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Intuition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Organic Cotton Tampon Super, 16 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotea Tampon Super, 16 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apotea</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Cardboard Applicator Tampons GingerOrganic, Super 14 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tamponger Super Plus, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gunry Tampons Normal, 32 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tamponger Super, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull InföringshylsaTampongSilvercare, Super Plus 14 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tamponger Vårt Hållbara Val Normal, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Digital Tamponger Silvercare, Super 18 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygienical tampons without applicator Mini 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bella Spółka z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Szosa Lubicka 157a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toruń</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tamponger Mini, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygienical tampons without applicator Normal 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bella Spółka z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Szosa Lubicka 157a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toruń</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Organic Cotton Tampon Mini, 16 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rainbow Tampong Normal, 32 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rainbow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gunry Tampons Mini, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Tamponger Normal, 80 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Cardboard Applicator Tampons GingerOrganic, Normal 14 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tamponger Normal, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygienical tampons without applicator Normal 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bella Spółka z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Szosa Lubicka 157a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toruń</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Intuition, Super+, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Intuition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotek Hjärtat Tamponger Mini, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjärtats</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apoliva Tampong Mini, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apoliva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Intuition, Regular, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Intuition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotea Tampon Mini, 50 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apotea</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Tamponger Super, 64 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Tamponger Super, 32 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic cotton tampons LIGHT with bio-based applicator tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Ipek Idrofil Pamuk San. Ve Tic. AS</x:v>
-[...115 lines deleted...]
-        <x:v>Cotton wool and cotton buds</x:v>
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotea Tampon Normal, 16 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apotea</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Axfood, Intuition Mini x 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Axfood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tamponger Normal, 32 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>SEPTONA SA</x:v>
-[...3422 lines deleted...]
-      <x:c t="str">
         <x:v>Ontex BV (Aalst Office)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Genthof 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Buggenhout</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Giggles Mini 3-6 kg, 28 stk</x:v>
-[...23362 lines deleted...]
-        <x:v>5023 0068</x:v>
+        <x:v>Apotek Hjärtat Tamponger Plus, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampons</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Suztain</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>Hjärtats</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tosama d.o.o</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vir, Saranoviceva Cesta 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Domzale</x:v>
-      </x:c>
-[...1982 lines deleted...]
-        <x:v>Buggenhout</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>