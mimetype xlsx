--- v0 (2026-01-13)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78961e5768314b0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe18040e3706416b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Ra7c82023ba2a4d1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R62728fee88764cce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra7c82023ba2a4d1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R62728fee88764cce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -1156,50 +1156,210 @@
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Arbor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Arbor AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Arborveien 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HATTFJELLDAL</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Solid Väggskiva 12mm P4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A17160)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A13120)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arbor Eco 22 mm slissegulv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arborveien 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HATTFJELLDAL</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arbor Eco standard fals 1220 x 2390</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arborveien 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HATTFJELLDAL</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Green-line: Spaandex K-Gulv P6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5010 0015</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novopan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronospan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fabriksvej 2</x:v>
@@ -1248,210 +1408,50 @@
         <x:v>5010 0015</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novopan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronospan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fabriksvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ryomgård</x:v>
-      </x:c>
-[...158 lines deleted...]
-        <x:v>HATTFJELLDAL</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>LK Heatfloor 22, Spårskiva P6 c/c 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0025</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>LK</x:v>
       </x:c>
       <x:c t="str">