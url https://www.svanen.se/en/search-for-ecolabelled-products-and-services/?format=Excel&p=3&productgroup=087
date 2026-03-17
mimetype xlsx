--- v0 (2026-01-06)
+++ v1 (2026-03-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ba085b7fee64979" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R367f9d415e8f47cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R260186830c7348be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Rde91dd85c1cd401b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R260186830c7348be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rde91dd85c1cd401b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -68,1171 +68,1171 @@
       </x:c>
       <x:c t="str">
         <x:v>Barbecue charcoal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Solid fuels and firelighting products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfskand Sp. z o.o</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ul. Fabryczna 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfino</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Charcoal TM Grilly, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2087 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grilly</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALC Perechin Timber and Chemical Plant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>25, Uzhans'ka st., Perechin,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Perechin, Zakarpatska region</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>OKQ8 Grillkol, 2,5 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3087 0004, 3087 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Barbecue charcoal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Solid fuels and firelighting products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OKQ8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfskand Sp. z o.o</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ul. Fabryczna 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfino</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Charcoal TM Grilly, 2,5 kg</x:v>
+        <x:v>Favorit Grillkol, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0004, 3087 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Favorit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfskand Sp. z o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ul. Fabryczna 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfino</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gryfskand Charcoal 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0004, 3087 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfskand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfskand Sp. z o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ul. Fabryczna 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfino</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Charcoal TM Grilly, 10 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2087 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Barbecue charcoal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Solid fuels and firelighting products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grilly</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ALC Perechin Timber and Chemical Plant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>25, Uzhans'ka st., Perechin,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Perechin, Zakarpatska region</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Favorit Grillkol, 2,5 kg</x:v>
+        <x:v>Favorit Grillkol, 5 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3087 0004, 3087 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Barbecue charcoal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Solid fuels and firelighting products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Favorit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfskand Sp. z o.o</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ul. Fabryczna 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfino</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Charcoal TM Grilly, 10 kg</x:v>
+        <x:v>Granngården Grillkol, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0004, 3087 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfskand Sp. z o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ul. Fabryczna 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfino</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Charcoal TM Grilly, 1,5 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2087 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Barbecue charcoal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Solid fuels and firelighting products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grilly</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ALC Perechin Timber and Chemical Plant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>25, Uzhans'ka st., Perechin,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Perechin, Zakarpatska region</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Gryfskand Charcoal 2,5 kg</x:v>
-[...2 lines deleted...]
-        <x:v>3087 0004, 3087 0004</x:v>
+        <x:v>ICA Grillkol, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0004, 3087 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfskand Sp. z o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ul. Fabryczna 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfino</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Charcoal TM Grilly, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2087 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grilly</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALC Perechin Timber and Chemical Plant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>25, Uzhans'ka st., Perechin,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Perechin, Zakarpatska region</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lidl Grillkol, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0004, 3087 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfskand Sp. z o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ul. Fabryczna 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfino</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Grillkol, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0013, 3087 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Barbecue charcoal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Solid fuels and firelighting products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfskand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfskand Sp. z o.o</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ul. Fabryczna 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfino</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Granngården Grillkol, 10 kg</x:v>
-[...2 lines deleted...]
-        <x:v>3087 0004, 3087 0004</x:v>
+        <x:v>Rusta BBQ Charcoal, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0004, 3087 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfskand Sp. z o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ul. Fabryczna 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfino</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krögarkol 3,5 kg Kol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2087 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Barbecue charcoal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Solid fuels and firelighting products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Gryfskand Sp. z o.o</x:v>
-[...19 lines deleted...]
-        <x:v>Barbecue charcoal</x:v>
+        <x:v>ALC Perechin Timber and Chemical Plant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>25, Uzhans'ka st., Perechin,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Perechin, Zakarpatska region</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Martinsen Grillbriketter, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2087 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal briquettes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Martinsen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALC Perechin Timber and Chemical Plant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>25, Uzhans'ka st., Perechin,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Perechin, Zakarpatska region</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Favorit Grillbriketter, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0004, 3087 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal briquettes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Solid fuels and firelighting products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Favorit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfskand Sp. z o.o</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ul. Fabryczna 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfino</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA Grillkol, 2,5 kg</x:v>
-[...8 lines deleted...]
-        <x:v>Barbecue charcoal</x:v>
+        <x:v>Änglamark Grillbriketter, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0004, 3087 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal briquettes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfskand Sp. z o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ul. Fabryczna 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfino</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granngården Grillbriketter, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0004, 3087 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal briquettes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfskand Sp. z o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ul. Fabryczna 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfino</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta BBQ Briquettes, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0004, 3087 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal briquettes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfskand Sp. z o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ul. Fabryczna 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfino</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Grillbriketter, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0004, 3087 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal briquettes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Solid fuels and firelighting products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfskand Sp. z o.o</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ul. Fabryczna 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfino</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Charcoal TM Grilly, 1,5 kg</x:v>
+        <x:v>ICA Grillbriketter, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0013, 3087 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal briquettes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfskand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfskand Sp. z o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ul. Fabryczna 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfino</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lidl Grillbriketter, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0004, 3087 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal briquettes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfskand Sp. z o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ul. Fabryczna 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfino</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Briquettes TM Grilly, 1,5 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2087 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Barbecue charcoal</x:v>
+        <x:v>Barbecue charcoal briquettes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Solid fuels and firelighting products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grilly</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ALC Perechin Timber and Chemical Plant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>25, Uzhans'ka st., Perechin,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Perechin, Zakarpatska region</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lidl Grillkol, 2,5 kg</x:v>
-[...31 lines deleted...]
-        <x:v>Charcoal TM Grilly, 5 kg</x:v>
+        <x:v>Krögarbriketten 3,5 kg Briketten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2087 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Barbecue charcoal</x:v>
+        <x:v>Barbecue charcoal briquettes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALC Perechin Timber and Chemical Plant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>25, Uzhans'ka st., Perechin,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Perechin, Zakarpatska region</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Briquettes TM Grilly, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2087 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal briquettes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Solid fuels and firelighting products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grilly</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ALC Perechin Timber and Chemical Plant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>25, Uzhans'ka st., Perechin,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Perechin, Zakarpatska region</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA Grillkol, 2,5 kg</x:v>
-[...8 lines deleted...]
-        <x:v>Barbecue charcoal</x:v>
+        <x:v>Martinsen Grillbriketter, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2087 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal briquettes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Martinsen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALC Perechin Timber and Chemical Plant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>25, Uzhans'ka st., Perechin,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Perechin, Zakarpatska region</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OKQ8 Grillbriketter, 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0004, 3087 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal briquettes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OKQ8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfskand Sp. z o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ul. Fabryczna 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfino</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gryfskand Briquettes 2,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0004, 3087 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal briquettes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Solid fuels and firelighting products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfskand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfskand Sp. z o.o</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ul. Fabryczna 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gryfino</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rusta BBQ Charcoal, 2,5 kg</x:v>
-[...31 lines deleted...]
-        <x:v>Krögarkol 3,5 kg Kol</x:v>
+        <x:v>Favorit Grillbriketter, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0004, 3087 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal briquettes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Favorit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfskand Sp. z o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ul. Fabryczna 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gryfino</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Briquettes TM Grilly, 10 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2087 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Barbecue charcoal</x:v>
+        <x:v>Barbecue charcoal briquettes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grilly</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALC Perechin Timber and Chemical Plant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>25, Uzhans'ka st., Perechin,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Perechin, Zakarpatska region</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Briquettes TM Grilly, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2087 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barbecue charcoal briquettes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grilly</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ALC Perechin Timber and Chemical Plant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>25, Uzhans'ka st., Perechin,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Perechin, Zakarpatska region</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fire up firelighters, 100 pcs (6 in carton)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5087 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Firelighters</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>087 Solid fuels and firelighting products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fire-Up</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swedish Match Industries AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Drottningvägen 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tidaholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Björkved 25 liter nätsäck (EE202104)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0009, 3087 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Firewood</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Solid fuels and firelighting products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>ALC Perechin Timber and Chemical Plant</x:v>
-[...115 lines deleted...]
-        <x:v>Barbecue charcoal briquettes</x:v>
+        <x:v>Firewood Northern Europe OÜ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Väike-Paala tänav 1, 507</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallinn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Björkved 40 liter nätsäck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0009, 3087 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Firewood</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Solid fuels and firelighting products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Gryfskand Sp. z o.o</x:v>
-[...211 lines deleted...]
-        <x:v>Barbecue charcoal briquettes</x:v>
+        <x:v>Firewood Northern Europe OÜ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Väike-Paala tänav 1, 507</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallinn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Björkved, 1 m3 pall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3087 0009, 3087 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Firewood</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Solid fuels and firelighting products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>ALC Perechin Timber and Chemical Plant</x:v>
-[...254 lines deleted...]
-      <x:c t="str">
         <x:v>Firewood Northern Europe OÜ</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Väike-Paala tänav 1, 507</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tallinn</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Björkved 40 liter nätsäck</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Björkved 35 liter kartong</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Björkved, 1 m3 pall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3087 0009, 3087 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Firewood</x:v>
       </x:c>
       <x:c t="str">
         <x:v>087 Solid fuels and firelighting products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Firewood Northern Europe OÜ</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Väike-Paala tänav 1, 507</x:v>
       </x:c>