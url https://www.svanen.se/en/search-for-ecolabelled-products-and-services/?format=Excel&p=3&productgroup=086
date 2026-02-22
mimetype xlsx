--- v0 (2025-12-16)
+++ v1 (2026-02-22)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dd51c1d6f7b48da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafb93204af394a7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R8de2f3b424fa41a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R312124248ee94094"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8de2f3b424fa41a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R312124248ee94094" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -2244,50 +2244,178 @@
       </x:c>
       <x:c t="str">
         <x:v>Durable wood</x:v>
       </x:c>
       <x:c t="str">
         <x:v>086 Durable/resistant wood for outdoor use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OrganoWood</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Organowood</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linjalvägen 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Täby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kebony Clear Radiata 19x120 mm dobbelfals kledning 90 grader glatt 3,0 meters lengde</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Durable wood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Durable/resistant wood for outdoor use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kebony Clear Radiata 38x140 mm bryggedekk R 3,175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2086 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Durable wood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Durable/resistant wood for outdoor use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kebony Belgium NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ketenislaan, Haven 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kallo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kärävä Thermowood-D mänty/pine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4086 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Durable wood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Durable/resistant wood for outdoor use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärävä Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jasperintie 297</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pine Thermo-D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4086 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Durable wood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>086 Durable/resistant wood for outdoor use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SWM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SWM-Wood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pursialankatu 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mikkeli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Accoya® Radiata Pine, grade A1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3086 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Durable wood</x:v>
       </x:c>
       <x:c t="str">
         <x:v>086 Durable/resistant wood for outdoor use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Accoya</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Accsys Technologies PLC</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postbus 2147</x:v>
@@ -2432,158 +2560,30 @@
         <x:v>2086 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Durable wood</x:v>
       </x:c>
       <x:c t="str">
         <x:v>086 Durable/resistant wood for outdoor use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kebony</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kebony Belgium NV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ketenislaan, Haven 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kallo</x:v>
-      </x:c>
-[...126 lines deleted...]
-        <x:v>Mikkeli</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>