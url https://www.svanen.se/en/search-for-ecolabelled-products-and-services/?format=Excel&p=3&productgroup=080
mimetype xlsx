--- v0 (2026-02-07)
+++ v1 (2026-03-30)
@@ -1,85 +1,1589 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fe6a202a4f9479b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65604acd9e834d54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rf3d1cd2bc3f84a24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R227f3e521d2b4340"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf3d1cd2bc3f84a24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R227f3e521d2b4340" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 20 l (161083)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Washtek MD-20, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tyfon 10,1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Puri-Line Maskinopvask, 20 l (1000026424)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Capasal Idumatic CF Soft Swan, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Capasal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Maskinopvask uden klor til Alu, 11,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>W9 Maskindisk, 6 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro Maskindisk Extra, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenPro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flydende Maskinopvaskemiddel uden klor off. (Stadsing), 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Maskindiskmedel för hårt vatten 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 19+ Maskindisk Steg A, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0013, 3080 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RV Maskinopvask uden klor, 6 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 20 l (160030)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 10 l (161082)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Topmatic Clean 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygiengruppen Maskindiskmedel WB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jasteko Maxiblock Green Maskindisk, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jasteko</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Topmatic Clean 250 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kroghjälpen MD-20, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordisk Glass, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Clean Solutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RV Maskinopvask uden klor, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libra 05 800 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD 10+ Green, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tornado, 12,4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pollux 08 flytande 800 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Diskgruppen Maskindisk, 10 l (102030)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskgruppen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskgruppen Syd AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Syrengången 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vellinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solid Clean H 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Passad, 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Powder 743, 8 kg (41871)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Maskinopvask uden klor, 11,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro Maskindisk Standard, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenPro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Maskindiskmedel för mjukt till medelhårt vatten 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskindisk, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 1000 l (1000013860)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 918S Maskindisk Steg B, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0013, 3080 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swan Dishwasher Without Chlorine (Triple Trading), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Triple Trading</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 907S, 3 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0121, 3080 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskindisk, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 600 l (1999918602)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Monsun, 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Green, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Alu 742, 20 l (12541)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro Maskindisk Extra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenPro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Citro No. 1, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Wash Box, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Washtek Maxiblock Alu, 5kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Alu Green, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Kiilto Pro MD Alu Green, 20 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4080 0002, 4080 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kiilto Pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KiiltoClean Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PL 250</x:v>
@@ -100,9134 +1604,7950 @@
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>REKAL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rekal Svenska AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GNESTA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>GreenPro Maskindisk Standard, 5 l</x:v>
+        <x:v>Pollux 08 flytande 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3080 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hurricane Grov, 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 5 l (160046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Rinse 780, 5 l (22105)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flydende Maskinopvaskemiddel uden klor off. (Stadsing), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Block Extra, 4,95 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygiengruppen maskindiskmedel MD-20 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygiengruppen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solid Clean M 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pollux 08 flytande 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flydende Maskinopvaskemiddel uden klor off. (Stadsing), 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 200 l (161084)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskindisk Fast Antikalk, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Afspaendingsmiddel off (Stadsing), 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Clean Green 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Block S, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Block Alu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solid Clean S 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strovels Flytande Maskindiskmedel, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strovels by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Topmatic Clean 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PRO maskindisk, 12,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskinopvask uden klor, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD 10+ Green, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Maskinopvask uden klor til Alu, 230 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>R-Ett Dione, 4 kg kapsel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tyfon Plus 10,2 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rent Torkmedel, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskindisk Fast Aluminium, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Twister 5,6 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Topmatic Clean 12 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Maskindiskmedel för mjukt till medelhårt vatten 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Green, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Dishwash (Nordic Cleaner), 6 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Keystone Solid Diswasher Detergent, 4,5kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Keystone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Levante, 6,1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro Maskindisk Advance, 3,8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>GreenPro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rekal Svenska AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GNESTA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Libra 05 800 l</x:v>
+        <x:v>CleanoCare Maskindiskmedel för medelhårt vatten 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Powder 743, 3,2 kg (41868)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Maskindiskmedel för aluminium 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Maskinopvask uden klor, 230 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskindisk, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Alu Green, 1000L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Keystone Dishwasher Detergent, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Keystone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hercules, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3080 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>REKAL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rekal Svenska AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GNESTA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bistro Rinse 780, 5 l (22105)</x:v>
+        <x:v>Solid Clean H Pro, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD 10+ Green, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teampac Maskindisk, 12,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teampac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flydende Maskinopvaskemiddel uden klor off. (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pac Maskindiskmedel Classic Granulerat, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Alu 742, 10 l (41843)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5080 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ABENA Puri-Line Maskinopvask, 5 l (160046)</x:v>
+        <x:v>Green Dishwash (Nordic Cleaner), 12 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Basic Maskindisk, 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jasteko Maskindisk MD-20 Green, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jasteko</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 912S, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0013, 3080 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Maskindiskmedel för hårt vatten 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hercules, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Respekt Maskinopvask, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Maskindiskmedel för hårt vatten 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Alu Green Box, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smartpower Power Clean 2,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carepa Big Block Extra, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carepa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Diskgruppen Maskindisk, 5 l (102004)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskgruppen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskgruppen Syd AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Syrengången 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vellinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>R-Ett Alumi, 3,8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Storm, 12 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskindisk til blødt vand, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smartpower Ultra Clean 2,9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mistral Maskindisk, 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tyfon 5,0 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Neutral Rinse-Aid Box, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carepa Big Block Extra Alu, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carepa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pac Maskindiskmedel Standard Flytande, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Puri-Line Maskinopvask, 10 l (1000026423)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5080 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kiilto Pro MD 10+ Green, 20 l</x:v>
+        <x:v>Capasal Idumatic CF Soft Swan, 12,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Capasal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Block S, 4,95 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Keystone Dishwasher Rinse Aid, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Keystone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swan Dishwasher Detergent Without Chlorine (Triple Trading), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Triple Trading</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Keystone Dishwasher Detergent, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Keystone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskinopvask uden klor, 12,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>W9 Maskindisk, 12 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flydende Maskinopvaskemiddel uden klor off. (Stadsing), 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskindisk, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 5 l (1000013859)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Washtek Maxiblock GL, 5kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Storm, 6 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 10 l (160032)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordisk Wash, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Clean Solutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teampac Rent Maskindisk, 12,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teampac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>R-Ett Titan, 4 kg, kapsel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Green, 800 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4080 0002, 4080 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kiilto Pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KiiltoClean Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PL 250</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampere</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kiilto Pro MD Alu Green, 200 l</x:v>
+        <x:v>Solid Protect 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swan Dishwasher Detergent Without Chlorine (Triple Trading), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Triple Trading</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD 10+ Green, 800 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4080 0002, 4080 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kiilto Pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KiiltoClean Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PL 250</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampere</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bistro Powder 743, 8 kg (41871)</x:v>
+        <x:v>Libra 05 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jasteko Maskindisk MD-20 Green, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jasteko</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Rinse 780, 1 l (22104)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5080 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bistro Powder 743, 3,2 kg (41868)</x:v>
+        <x:v>ABENA Puri-Line Maskindisk, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD 10+ Green, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hercules, 800 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Pro IQ Dish Wash D, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0114</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østre Fælledvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nørresundby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libra 05 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kroghjälp Maskindiskmedel Solid Professionell, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Maskinopvask, 10 l (1999911733)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5080 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Green, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Topmatic Clean 800 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Citro No. 1, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pollux 08 flytande 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro Maskindisk Standard, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GreenPro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>R-Ett Atlas, 3,8 kg, kapsel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Maskinopvask uden klor, 23 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hercules, 3,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libra 05 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maskindisk Fast Original, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD 10+ Green Box 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygiengruppen Famous Maskindiskmedel GL 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygiengruppen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Rinse 780, 10 l (22108)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Novadan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>GreenPro Maskindisk Extra, 5 l</x:v>
+        <x:v>Eco Power 4.5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MaxiBlock Aluminium, 5kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Maskindiskmedel för mjukt vatten 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Maskinopvask uden klor til Alu, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Maskinopvask uden klor til Alu, 23 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RV Maskinopvask uden klor, 12 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro Maskindisk Classic, 4 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3080 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GreenPro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rekal Svenska AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GNESTA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Brilliant Maskinopvask uden klor, 11,5 kg</x:v>
+        <x:v>Citro No. 1, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5080 0094</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jysk Kemi Service A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gl Struervej 50</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holstebro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>RV Maskinopvask uden klor, 25 kg</x:v>
+        <x:v>Levante, 12,1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jasteko Maxiblock Pro Maskindisk, 5kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jasteko</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carepa Briljant, 12,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carepa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solid Power XL 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rent Maskindisk, 12,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Clean Green 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Respekt Maskinopvask, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5080 0015, 5080 0015</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>RV</x:v>
+        <x:v>Respekt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Velfyld ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adelers Allé 155</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårevejle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>RV Maskinopvask uden klor, 6 kg</x:v>
+        <x:v>TOPCLIN Machine Detergent 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Topclin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bistro Powder 743, 1,5 kg (41867)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hercules, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Keystone Dishwasher Rinse Aid, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Keystone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORWA Maskindisk, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2080 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenex AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriveien 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Innova 100, 5L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Products used to clean instruments in healthcare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Innova 100, 200L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Products used to clean instruments in healthcare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pac Torkmedel Standard, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Afspaendingsmiddel off (Stadsing), 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spolglans (Tvättgiganten), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättgiganten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Leo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro Torkmedel Standard, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aquila, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Bright, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Afspænding, 10 l (1000013666)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Afspaendingsmiddel off (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Respekt Afspænding, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5080 0015, 5080 0015</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Dishwasher detergents for professional use</x:v>
-[...8 lines deleted...]
-        <x:v>RV</x:v>
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Velfyld ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adelers Allé 155</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårevejle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Hurricane Grov, 4,5 kg</x:v>
+        <x:v>Kroghjälpen TO-15 Neutral, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Lemon Rinse-Aid 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Restia Rinse-Aid, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Torkmedel Universal Miljö, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Afspænding, 20 l (1000013724)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygiengruppen TO-15 Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygiengruppen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strovels Torkmedel, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strovels by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Afspænding, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PRO torkmedel, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordisk Rinse Acidic, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Clean Solutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teampack Rent Torkmedel, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teampac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Rinse Aid Quick &amp; Plastic Dishwash (Stadsing), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Spolglans, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Respekt Afspænding, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carepa Kristall Antikalk, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carepa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Afspænding, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sirius, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sirius, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro MD Block Rinse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0014, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Diskgruppen Torkmedel, 10 l (171530)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskgruppen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskgruppen Syd AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Syrengången 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vellinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Afspændingsmiddel, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Washtek TO-15 Neutral, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Rinse (Nordic Cleaner), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ACTIVA Spolglans, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TOPCLIN Machine Rinse, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Afspænding (Nowas), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swan Rinsing (Triple Trading), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Triple Trading</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>R5 Torkmedel, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Torkmedel för hårt vatten 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3080 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Dishwasher detergents for professional use</x:v>
-[...8 lines deleted...]
-        <x:v>Diskteknik</x:v>
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älgarås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Pollux 08 flytande 200 l</x:v>
+        <x:v>ABENA Puri-Line Spolglans, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apex Rinse S 1,1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Afspænding, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Spolglans, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Rinse Aid Quick &amp; Plastic Dishwash (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spolglans (Tvättex), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carepa Kristall Neutralt, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carepa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jasteko TO-15 Neutral, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jasteko</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Diskgruppen Torkmedel, 5 l (171535)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskgruppen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskgruppen Syd AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Syrengången 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vellinge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Leo, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3080 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Dishwasher detergents for professional use</x:v>
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordisk Rinse Neutral, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Clean Solutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Restia Rinse-Aid, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teampac Torkmedel, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teampac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Lemon Rinse-Aid Box, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Restia Rinse-Aid, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arena Spolglans Miljö (Arena Kemi), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Respekt Afspænding, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Pro IQ Dish Rinse Aid D, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0114</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østre Fælledvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nørresundby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MEIKO ACTIVE R-US 2000 ECO 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEIKO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Rinse (Nordic Cleaner), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Restia Rinse-Aid, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aquila, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Afspænding (Nowas), 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>R5 Torkmedel, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Bright, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toprinse Neutral, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aquila, 3,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smartpower Rinse S 1,1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Estell Rinse Aid (Estell), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Neutral Rinse-Aid 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Leo, 3,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jasteko TO-15 Neutral, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jasteko</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Washtek TO-15 Lemon, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Torkmedel (Sunda), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Torkmedel för mjukt till medelhårt vatten 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Spolglans, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 921S, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0013, 3080 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aquila, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Afspænding, 200 l (1000013667)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Spolglans , 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0015, 5080 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Afspænding, 5 l (1000013665)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Torkmedel för mjukt till medelhårt vatten 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brilliant Afspænding, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jysk Kemi Service A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gl Struervej 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Torkmedel för hårt vatten 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygiengruppen Famous Torkmedel RB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro Torkmedel Extra, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Afspænding, 1000 l (1000013668)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Neutral Rinse-Aid 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Basic Torkmedel, 10,1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sirius, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sirius, 3,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Afspaendingsmiddel off (Stadsing), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Afspænding (Palevo), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Palevo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GreenPro Torkmedel Standard, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Leo, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Afspænding, 1 l (1000013664)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arena Spolglans Miljö (Arena Kemi), 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORWA Torkmedel, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2080 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenex AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industriveien 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Torkmedel Universal Miljö, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lawinex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ängelholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Bright, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toprinse Clean, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 921S, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0013, 3080 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Afspændingsmiddel, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hydra 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soaking agents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>REKAL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rekal Svenska AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GNESTA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>CleanoCare Maskindiskmedel för medelhårt vatten 4,5 kg</x:v>
+        <x:v>Hydra 3,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soaking agents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Washtek Blötlägg Maxi P 302, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soaking agents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Estell Maskindisk Flytande För Storkök (Tensia(Estelle)), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soaking agents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hydra 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soaking agents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Active Dip, 2,7 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soaking agents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Blötläggningsmedel 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3080 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Dishwasher detergents for professional use</x:v>
+        <x:v>Soaking agents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>CleanoCare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älgarås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>CleanoCare Maskindiskmedel för hårt vatten 10 l</x:v>
+        <x:v>Kiilto Pro Soaking Eco 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soaking agents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Blötläggningsmedel 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3080 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Dishwasher detergents for professional use</x:v>
+        <x:v>Soaking agents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>CleanoCare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älgarås</x:v>
-      </x:c>
-[...8574 lines deleted...]
-        <x:v>Tampere</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Twister, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3080 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soaking agents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diskteknik</x:v>
       </x:c>
       <x:c t="str">