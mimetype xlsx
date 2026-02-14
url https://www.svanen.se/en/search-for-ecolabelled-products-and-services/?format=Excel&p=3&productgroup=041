--- v0 (2025-12-24)
+++ v1 (2026-02-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18567893a8e443e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdae33421af3949b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R50a5be08fdac47f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R047aa6a3400548e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R50a5be08fdac47f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R047aa6a3400548e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -548,50 +548,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Printing company</x:v>
       </x:c>
       <x:c t="str">
         <x:v>041 Printing companies and printed matter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Parajett AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 63</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Landskrona</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Infoservice i Kalmar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 1035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Printing company</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Printing companies and printed matter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Infoservice i Kalmar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TORSÅSGATAN 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kalmar</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Paperipiste Oy, Parola Finland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4041 0030</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Printing company</x:v>
       </x:c>
       <x:c t="str">
         <x:v>041 Printing companies and printed matter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Paperipiste</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Paperipiste Oy, Parola</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teollisuustie 4</x:v>
@@ -1572,430 +1604,430 @@
       </x:c>
       <x:c t="str">
         <x:v>Printing company</x:v>
       </x:c>
       <x:c t="str">
         <x:v>041 Printing companies and printed matter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bok &amp; Tryck</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bok &amp; Tryck</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lasarettvägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bollnäs</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Pressgrannar AB, Linköping</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Printing company</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Printing companies and printed matter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pressgrannar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pressgrannar AB, Linköping</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Welins Örebro AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0236</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Printing company</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Printing companies and printed matter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Welins Örebro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Welins Örebro AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOX 176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖREBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandstens Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0253</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Printing company</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Printing companies and printed matter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandstens Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandstens Tryckeri AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Distansgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Frölunda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allduplo Offsettryck AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0497</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Printing company</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Printing companies and printed matter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allduplo Offsettryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allduplo Offsettryck AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bergsgatan 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tryckeri Gota Media AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0621</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Printing company</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Printing companies and printed matter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gota Media</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås Tidning Tryckeri</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödegärdsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Media-Tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0903</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Printing company</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Printing companies and printed matter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lunds universitet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Media-Tryck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Narayana Press, Kalvsømadevej 75, Odder</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5041 0562</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Printing company</x:v>
       </x:c>
       <x:c t="str">
         <x:v>041 Printing companies and printed matter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Narayana Press</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Narayana Press</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kalvsømadevej 75</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odder</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>AS Aktaprint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4041 0962</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Printing company</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Printing companies and printed matter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aktaprint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Aktaprint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kukermiidi 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallinn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graf &amp; Bild i Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 0974</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Printing company</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Printing companies and printed matter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graf &amp; Bild</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graf &amp; Bild Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tallmätargatan 1C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Veiters Korporacija</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3041 1005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Printing company</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Printing companies and printed matter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veiters Korporacija</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anšlava Eglīša iela 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Evers-Druck GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5041 1027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Printing company</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>041 Printing companies and printed matter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Evers-Druck</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Evers-Druck GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ernst-Günter-Albers-Straße</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meldorf</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Scandinavian Print Group Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3041 0065</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Printing company</x:v>
       </x:c>
       <x:c t="str">
         <x:v>041 Printing companies and printed matter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scandinavian Print Group Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 2037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skarpnäck</x:v>
-      </x:c>
-[...318 lines deleted...]
-        <x:v>Riga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Format Werk GMbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3041 0112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Printing company</x:v>
       </x:c>
       <x:c t="str">
         <x:v>041 Printing companies and printed matter</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Format Werk </x:v>
       </x:c>
       <x:c t="str">